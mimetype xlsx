--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -12,92 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SCOLSH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ULMLV</t>
   </si>
   <si>
     <t>Ulmus laevis</t>
   </si>
   <si>
     <t>ULMMI</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>1CRAG</t>
   </si>
   <si>
     <t>Caragana</t>
   </si>
   <si>
     <t>ELGAN</t>
   </si>
   <si>
     <t>Elaeagnus angustifolia</t>
+  </si>
+  <si>
+    <t>* Jashenko R, DeLoach CJ, Ilina V (2025) Two of the Most Promising Potential Agents from Kazakhstan for the Biocontrol of Russian Olive (Elaeagnus angustifolia) in the USA with an Annotated List of Its Pest Insects from Central Asia. Forests 16(4), 614. https://doi.org/10.3390/f16040614</t>
   </si>
   <si>
     <t>1PRNG</t>
   </si>
   <si>
     <t>Prunus</t>
   </si>
   <si>
     <t>1PYUG</t>
   </si>
   <si>
     <t>Pyrus</t>
   </si>
   <si>
     <t>1SAXG</t>
   </si>
   <si>
     <t>Salix</t>
   </si>
   <si>
     <t>ULMAM</t>
   </si>
   <si>
     <t>Ulmus americana</t>
   </si>
@@ -454,51 +457,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -517,133 +520,135 @@
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>