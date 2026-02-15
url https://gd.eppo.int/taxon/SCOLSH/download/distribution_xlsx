--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -371,51 +371,51 @@
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>