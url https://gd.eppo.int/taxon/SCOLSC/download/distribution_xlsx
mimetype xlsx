--- v0 (2025-10-08)
+++ v1 (2026-03-07)
@@ -212,51 +212,51 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
@@ -922,51 +922,51 @@
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>41</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>45</v>
       </c>