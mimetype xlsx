--- v0 (2025-10-04)
+++ v1 (2026-01-18)
@@ -488,54 +488,54 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>