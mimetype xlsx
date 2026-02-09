--- v1 (2026-01-18)
+++ v2 (2026-02-09)
@@ -476,51 +476,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>