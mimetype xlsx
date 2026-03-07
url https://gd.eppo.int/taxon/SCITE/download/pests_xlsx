--- v0 (2025-10-08)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SCITE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VINSST</t>
   </si>
   <si>
     <t>Ceroplastes stellifer</t>
   </si>
   <si>
     <t>PLTPPA</t>
   </si>
   <si>
@@ -113,50 +113,60 @@
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce’s disease bacteria. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- Adults and nymphs were observed on this plant.
 * Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
   <si>
     <t>ONCMNI</t>
   </si>
   <si>
     <t>Oncometopia nigricans</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce's disease bacterium. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- as spring-summer host for adults and nymphs.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Schinus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu270</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Bhattarai GP, Diaz R, Manrique V, Turechek WW, Buss L, Stange B, Overholt WA (2017) Diversity and impact of herbivorous insects on Brazilian peppertree in Florida prior to release of exotic biological control agents. Biocontrol ScienceTechnology 27(6) 703-722.
 * Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.</t>
   </si>
   <si>
     <t>XYLBFE</t>
   </si>
   <si>
     <t>Xyleborus ferrugineus</t>
@@ -494,61 +504,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -685,65 +695,79 @@
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">