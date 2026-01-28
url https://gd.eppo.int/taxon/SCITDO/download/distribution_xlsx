--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -767,66 +767,66 @@
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
+    <t>Transient</t>
+  </si>
+  <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
-  </si>
-[...1 lines deleted...]
-    <t>Transient</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
@@ -3406,83 +3406,83 @@
       <c r="B117" t="s">
         <v>246</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>247</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>240</v>
       </c>
       <c r="B118" t="s">
         <v>249</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>250</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>41</v>
+        <v>251</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>240</v>
       </c>
       <c r="B119" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>240</v>
       </c>
       <c r="B121" t="s">
         <v>257</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>258</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
         <v>240</v>
       </c>
       <c r="B122" t="s">
         <v>259</v>
       </c>
@@ -3506,51 +3506,51 @@
         <v>261</v>
       </c>
       <c r="D123" t="s">
         <v>260</v>
       </c>
       <c r="E123" t="s">
         <v>262</v>
       </c>
       <c r="F123" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>240</v>
       </c>
       <c r="B124" t="s">
         <v>263</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>264</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>240</v>
       </c>
       <c r="B125" t="s">
         <v>265</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
         <v>266</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>240</v>
       </c>
       <c r="B126" t="s">
         <v>265</v>
       </c>