--- v1 (2026-01-28)
+++ v2 (2026-02-20)
@@ -752,90 +752,90 @@
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
+    <t>Transient</t>
+  </si>
+  <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
-    <t>Transient</t>
-[...1 lines deleted...]
-  <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
@@ -3374,115 +3374,115 @@
       <c r="B115" t="s">
         <v>241</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>242</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>240</v>
       </c>
       <c r="B116" t="s">
         <v>244</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>245</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>41</v>
+        <v>246</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>240</v>
       </c>
       <c r="B117" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>240</v>
       </c>
       <c r="B118" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>240</v>
       </c>
       <c r="B119" t="s">
         <v>252</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>253</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>255</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>256</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>240</v>
       </c>
       <c r="B121" t="s">
         <v>257</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>258</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
         <v>240</v>
       </c>
       <c r="B122" t="s">
         <v>259</v>
       </c>
@@ -3574,71 +3574,71 @@
       <c r="B127" t="s">
         <v>269</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
         <v>270</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
         <v>240</v>
       </c>
       <c r="B128" t="s">
         <v>271</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>272</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>240</v>
       </c>
       <c r="B129" t="s">
         <v>271</v>
       </c>
       <c r="C129" t="s">
         <v>273</v>
       </c>
       <c r="D129" t="s">
         <v>272</v>
       </c>
       <c r="E129" t="s">
         <v>274</v>
       </c>
       <c r="F129" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>275</v>
       </c>
       <c r="B130" t="s">
         <v>276</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>277</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>275</v>
       </c>
       <c r="B131" t="s">
         <v>276</v>
       </c>