--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assam thrips, chilli thrips, flower thrips, strawberry thrips, yellow tea thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId550268e095beb57f3" w:history="1">
+            <w:hyperlink r:id="rId738068fc82d0a5791" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId572968e095beb585f" w:history="1">
+            <w:hyperlink r:id="rId834168fc82d0a58ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7238472" name="name240168e095beb5942" descr="15312.jpg"/>
+                  <wp:docPr id="70975049" name="name848268fc82d0a5a5f" descr="15312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId399568e095beb5941" cstate="print"/>
+                          <a:blip r:embed="rId863068fc82d0a5a5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId882368e095beb5a4a" w:history="1">
+            <w:hyperlink r:id="rId548368fc82d0a5c56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6374,63 +6374,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a cryptic species complex containing morphologically indistinguishable species (see Notes on taxonomy and nomenclature).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6000068" name="name269768e095beb8d23" descr="SCITDO_distribution_map.jpg"/>
+            <wp:docPr id="72464887" name="name347168fc82d0a9223" descr="SCITDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId712368e095beb8d1f" cstate="print"/>
+                    <a:blip r:embed="rId308268fc82d0a9220" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10353,51 +10353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996868e095beba8e7" w:history="1">
+      <w:hyperlink r:id="rId689868fc82d0aae08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10434,51 +10434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705468e095beba994" w:history="1">
+      <w:hyperlink r:id="rId453768fc82d0aaeaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10718,51 +10718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hodges G, Edwards GB &amp; Dixon W (2005) Chilli thrips, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hood (Thysanoptera: Thripidae), a new pest thrips for Florida. Pest alert FDACS-P-01660. Florida Department of Agriculture and Consumer Service, Department of Primary Industries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413568e095bebab67" w:history="1">
+      <w:hyperlink r:id="rId623968fc82d0ab24e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13679,51 +13679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733468e095bebbe29" w:history="1">
+      <w:hyperlink r:id="rId760968fc82d0acb29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13798,63 +13798,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91615703" name="name735868e095bebbf44" descr="eu_funding_250.png"/>
+            <wp:docPr id="66983841" name="name297368fc82d0ace6b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId531768e095bebbf43" cstate="print"/>
+                    <a:blip r:embed="rId626168fc82d0ace67" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13952,137 +13952,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79216517">
+  <w:abstractNum w:abstractNumId="47162619">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40852893">
+    <w:lvl w:ilvl="0" w:tplc="24837764">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40852893" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24837764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79216516">
+  <w:abstractNum w:abstractNumId="47162618">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50740138">
+    <w:lvl w:ilvl="0" w:tplc="19971441">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14834,55 +14834,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79216516">
-    <w:abstractNumId w:val="79216516"/>
+  <w:num w:numId="47162618">
+    <w:abstractNumId w:val="47162618"/>
   </w:num>
-  <w:num w:numId="79216517">
-    <w:abstractNumId w:val="79216517"/>
+  <w:num w:numId="47162619">
+    <w:abstractNumId w:val="47162619"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26432,51 +26432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId286933562" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId593008141" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId550268e095beb57f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId572968e095beb585f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId882368e095beb5a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId996868e095beba8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId705468e095beba994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId413568e095bebab67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId733468e095bebbe29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId399568e095beb5941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId399568e095beb5941.jpg"/><Relationship Id="rId712368e095beb8d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId712368e095beb8d1f.jpg"/><Relationship Id="rId531768e095bebbf43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId531768e095bebbf43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779486570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672600049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId738068fc82d0a5791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId834168fc82d0a58ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId548368fc82d0a5c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId689868fc82d0aae08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId453768fc82d0aaeaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId623968fc82d0ab24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId760968fc82d0acb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId863068fc82d0a5a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863068fc82d0a5a5c.jpg"/><Relationship Id="rId308268fc82d0a9220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308268fc82d0a9220.jpg"/><Relationship Id="rId626168fc82d0ace67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId626168fc82d0ace67.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>