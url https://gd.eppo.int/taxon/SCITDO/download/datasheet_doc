--- v1 (2025-10-25)
+++ v2 (2025-11-18)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assam thrips, chilli thrips, flower thrips, strawberry thrips, yellow tea thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId738068fc82d0a5791" w:history="1">
+            <w:hyperlink r:id="rId3154691cd94624470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId834168fc82d0a58ce" w:history="1">
+            <w:hyperlink r:id="rId2519691cd946244df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70975049" name="name848268fc82d0a5a5f" descr="15312.jpg"/>
+                  <wp:docPr id="31158511" name="name2204691cd94624ce2" descr="15312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId863068fc82d0a5a5c" cstate="print"/>
+                          <a:blip r:embed="rId3547691cd94624ce0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId548368fc82d0a5c56" w:history="1">
+            <w:hyperlink r:id="rId7682691cd94624e40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6374,63 +6374,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a cryptic species complex containing morphologically indistinguishable species (see Notes on taxonomy and nomenclature).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72464887" name="name347168fc82d0a9223" descr="SCITDO_distribution_map.jpg"/>
+            <wp:docPr id="60913939" name="name6611691cd946288a6" descr="SCITDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId308268fc82d0a9220" cstate="print"/>
+                    <a:blip r:embed="rId5331691cd946288a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10353,51 +10353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689868fc82d0aae08" w:history="1">
+      <w:hyperlink r:id="rId9726691cd9462a420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10434,51 +10434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453768fc82d0aaeaf" w:history="1">
+      <w:hyperlink r:id="rId6801691cd9462a4aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10718,51 +10718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hodges G, Edwards GB &amp; Dixon W (2005) Chilli thrips, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hood (Thysanoptera: Thripidae), a new pest thrips for Florida. Pest alert FDACS-P-01660. Florida Department of Agriculture and Consumer Service, Department of Primary Industries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623968fc82d0ab24e" w:history="1">
+      <w:hyperlink r:id="rId9991691cd9462a670" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13679,51 +13679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760968fc82d0acb29" w:history="1">
+      <w:hyperlink r:id="rId3711691cd9462b9a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13798,63 +13798,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66983841" name="name297368fc82d0ace6b" descr="eu_funding_250.png"/>
+            <wp:docPr id="26449226" name="name3202691cd9462bcc7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId626168fc82d0ace67" cstate="print"/>
+                    <a:blip r:embed="rId5864691cd9462bcc6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13952,137 +13952,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47162619">
+  <w:abstractNum w:abstractNumId="23987732">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24837764">
+    <w:lvl w:ilvl="0" w:tplc="61823797">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24837764" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61823797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47162618">
+  <w:abstractNum w:abstractNumId="23987731">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19971441">
+    <w:lvl w:ilvl="0" w:tplc="99175781">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14834,55 +14834,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47162618">
-    <w:abstractNumId w:val="47162618"/>
+  <w:num w:numId="23987731">
+    <w:abstractNumId w:val="23987731"/>
   </w:num>
-  <w:num w:numId="47162619">
-    <w:abstractNumId w:val="47162619"/>
+  <w:num w:numId="23987732">
+    <w:abstractNumId w:val="23987732"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26432,51 +26432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779486570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672600049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId738068fc82d0a5791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId834168fc82d0a58ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId548368fc82d0a5c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId689868fc82d0aae08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId453768fc82d0aaeaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId623968fc82d0ab24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId760968fc82d0acb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId863068fc82d0a5a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863068fc82d0a5a5c.jpg"/><Relationship Id="rId308268fc82d0a9220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308268fc82d0a9220.jpg"/><Relationship Id="rId626168fc82d0ace67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId626168fc82d0ace67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId911740743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId151481590" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3154691cd94624470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId2519691cd946244df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId7682691cd94624e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId9726691cd9462a420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId6801691cd9462a4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9991691cd9462a670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId3711691cd9462b9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3547691cd94624ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3547691cd94624ce0.jpg"/><Relationship Id="rId5331691cd946288a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5331691cd946288a2.jpg"/><Relationship Id="rId5864691cd9462bcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5864691cd9462bcc6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>