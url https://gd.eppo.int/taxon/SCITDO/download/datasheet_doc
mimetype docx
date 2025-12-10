--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assam thrips, chilli thrips, flower thrips, strawberry thrips, yellow tea thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3154691cd94624470" w:history="1">
+            <w:hyperlink r:id="rId58166939f1ab147c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2519691cd946244df" w:history="1">
+            <w:hyperlink r:id="rId81976939f1ab14840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31158511" name="name2204691cd94624ce2" descr="15312.jpg"/>
+                  <wp:docPr id="36461283" name="name18116939f1ab1492a" descr="15312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3547691cd94624ce0" cstate="print"/>
+                          <a:blip r:embed="rId10806939f1ab14928" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7682691cd94624e40" w:history="1">
+            <w:hyperlink r:id="rId93136939f1ab14a6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6374,63 +6374,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a cryptic species complex containing morphologically indistinguishable species (see Notes on taxonomy and nomenclature).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60913939" name="name6611691cd946288a6" descr="SCITDO_distribution_map.jpg"/>
+            <wp:docPr id="659270" name="name80866939f1ab17c82" descr="SCITDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5331691cd946288a2" cstate="print"/>
+                    <a:blip r:embed="rId68186939f1ab17c7f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10353,51 +10353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9726691cd9462a420" w:history="1">
+      <w:hyperlink r:id="rId14586939f1ab19874" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10434,51 +10434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6801691cd9462a4aa" w:history="1">
+      <w:hyperlink r:id="rId50976939f1ab198fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10718,51 +10718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hodges G, Edwards GB &amp; Dixon W (2005) Chilli thrips, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hood (Thysanoptera: Thripidae), a new pest thrips for Florida. Pest alert FDACS-P-01660. Florida Department of Agriculture and Consumer Service, Department of Primary Industries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9991691cd9462a670" w:history="1">
+      <w:hyperlink r:id="rId91146939f1ab19adc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13679,51 +13679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3711691cd9462b9a5" w:history="1">
+      <w:hyperlink r:id="rId85506939f1ab1af65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13798,63 +13798,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26449226" name="name3202691cd9462bcc7" descr="eu_funding_250.png"/>
+            <wp:docPr id="19876417" name="name81806939f1ab1b08c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5864691cd9462bcc6" cstate="print"/>
+                    <a:blip r:embed="rId97326939f1ab1b08b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13952,137 +13952,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23987732">
+  <w:abstractNum w:abstractNumId="27110464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61823797">
+    <w:lvl w:ilvl="0" w:tplc="52960139">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61823797" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52960139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23987731">
+  <w:abstractNum w:abstractNumId="27110463">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99175781">
+    <w:lvl w:ilvl="0" w:tplc="86980771">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14834,55 +14834,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23987731">
-    <w:abstractNumId w:val="23987731"/>
+  <w:num w:numId="27110463">
+    <w:abstractNumId w:val="27110463"/>
   </w:num>
-  <w:num w:numId="23987732">
-    <w:abstractNumId w:val="23987732"/>
+  <w:num w:numId="27110464">
+    <w:abstractNumId w:val="27110464"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26432,51 +26432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId911740743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId151481590" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3154691cd94624470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId2519691cd946244df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId7682691cd94624e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId9726691cd9462a420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId6801691cd9462a4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9991691cd9462a670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId3711691cd9462b9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3547691cd94624ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3547691cd94624ce0.jpg"/><Relationship Id="rId5331691cd946288a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5331691cd946288a2.jpg"/><Relationship Id="rId5864691cd9462bcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5864691cd9462bcc6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697118938" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717967705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58166939f1ab147c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId81976939f1ab14840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId93136939f1ab14a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId14586939f1ab19874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId50976939f1ab198fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId91146939f1ab19adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId85506939f1ab1af65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10806939f1ab14928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10806939f1ab14928.jpg"/><Relationship Id="rId68186939f1ab17c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68186939f1ab17c7f.jpg"/><Relationship Id="rId97326939f1ab1b08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97326939f1ab1b08b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>