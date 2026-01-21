--- v3 (2025-12-10)
+++ v4 (2026-01-21)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assam thrips, chilli thrips, flower thrips, strawberry thrips, yellow tea thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58166939f1ab147c6" w:history="1">
+            <w:hyperlink r:id="rId761169709f740ab2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81976939f1ab14840" w:history="1">
+            <w:hyperlink r:id="rId663069709f740ab96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36461283" name="name18116939f1ab1492a" descr="15312.jpg"/>
+                  <wp:docPr id="47235269" name="name545969709f740acc2" descr="15312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10806939f1ab14928" cstate="print"/>
+                          <a:blip r:embed="rId607769709f740acc1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId93136939f1ab14a6f" w:history="1">
+            <w:hyperlink r:id="rId462969709f740adf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1778,50 +1778,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus spinosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ambrosia psilostachya</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Anacardium occidentale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Antirrhinum majus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1978,50 +1998,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berberis bealei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Bidens alba</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Bougainvillea spectabilis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bremeria pervillei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3358,50 +3398,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eucalyptus deglupta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Euphorbia heterophylla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Euphorbia hypericifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia pulcherrima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4118,50 +4178,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lantana camara</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Laurus nobilis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lawsonia inermis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lebronnecia kokioides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4258,90 +4338,130 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ligustrum sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Liquidambar styraciflua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Litchi chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ludwigia hyssopifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ludwigia peruviana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lysimachia ruhmeriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malpighia glabra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5078,50 +5198,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pouteria campechiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Prunus caroliniana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Psidium guajava</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Punica granatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5138,50 +5278,90 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pyrus communis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Quercus nigra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quercus virginiana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Quisqualis indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramosmania rodriguesii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6199,50 +6379,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vigna radiata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viola x wittrockiana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vitis rotundifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6374,105 +6574,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a cryptic species complex containing morphologically indistinguishable species (see Notes on taxonomy and nomenclature).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="659270" name="name80866939f1ab17c82" descr="SCITDO_distribution_map.jpg"/>
+            <wp:docPr id="27927380" name="name632569709f740e454" descr="SCITDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68186939f1ab17c7f" cstate="print"/>
+                    <a:blip r:embed="rId436469709f740e450" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Israel, Netherlands, Portugal (mainland), Spain (mainland, Islas Canárias), Türkiye</w:t>
+        <w:t xml:space="preserve"> Germany, Israel, Netherlands, Portugal (mainland), Spain (mainland, Islas Canárias), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cote d'Ivoire, Egypt, Ghana, Kenya, Tanzania, United Republic of, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10353,51 +10553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14586939f1ab19874" w:history="1">
+      <w:hyperlink r:id="rId632169709f7410109" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10434,51 +10634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50976939f1ab198fe" w:history="1">
+      <w:hyperlink r:id="rId633069709f741019d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10718,51 +10918,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hodges G, Edwards GB &amp; Dixon W (2005) Chilli thrips, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hood (Thysanoptera: Thripidae), a new pest thrips for Florida. Pest alert FDACS-P-01660. Florida Department of Agriculture and Consumer Service, Department of Primary Industries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91146939f1ab19adc" w:history="1">
+      <w:hyperlink r:id="rId889169709f741036a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13657,73 +13857,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85506939f1ab1af65" w:history="1">
+      <w:hyperlink r:id="rId991769709f741161c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13798,63 +13998,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19876417" name="name81806939f1ab1b08c" descr="eu_funding_250.png"/>
+            <wp:docPr id="58544476" name="name396069709f7411796" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId97326939f1ab1b08b" cstate="print"/>
+                    <a:blip r:embed="rId835269709f7411794" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13952,137 +14152,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27110464">
+  <w:abstractNum w:abstractNumId="21604541">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52960139">
+    <w:lvl w:ilvl="0" w:tplc="63582704">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52960139" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63582704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27110463">
+  <w:abstractNum w:abstractNumId="21604540">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86980771">
+    <w:lvl w:ilvl="0" w:tplc="68964006">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14834,55 +15034,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27110463">
-    <w:abstractNumId w:val="27110463"/>
+  <w:num w:numId="21604540">
+    <w:abstractNumId w:val="21604540"/>
   </w:num>
-  <w:num w:numId="27110464">
-    <w:abstractNumId w:val="27110464"/>
+  <w:num w:numId="21604541">
+    <w:abstractNumId w:val="21604541"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26432,51 +26632,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697118938" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717967705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58166939f1ab147c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId81976939f1ab14840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId93136939f1ab14a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId14586939f1ab19874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId50976939f1ab198fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId91146939f1ab19adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId85506939f1ab1af65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10806939f1ab14928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10806939f1ab14928.jpg"/><Relationship Id="rId68186939f1ab17c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68186939f1ab17c7f.jpg"/><Relationship Id="rId97326939f1ab1b08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97326939f1ab1b08b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId703201368" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId127635927" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId761169709f740ab2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId663069709f740ab96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId462969709f740adf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId632169709f7410109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId633069709f741019d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId889169709f741036a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId991769709f741161c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId607769709f740acc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId607769709f740acc1.jpg"/><Relationship Id="rId436469709f740e450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436469709f740e450.jpg"/><Relationship Id="rId835269709f7411794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId835269709f7411794.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>