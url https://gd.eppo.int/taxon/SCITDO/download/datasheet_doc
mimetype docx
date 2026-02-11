--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assam thrips, chilli thrips, flower thrips, strawberry thrips, yellow tea thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId761169709f740ab2b" w:history="1">
+            <w:hyperlink r:id="rId2565698c4fb6e7d59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId663069709f740ab96" w:history="1">
+            <w:hyperlink r:id="rId9628698c4fb6e7dc5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47235269" name="name545969709f740acc2" descr="15312.jpg"/>
+                  <wp:docPr id="29803696" name="name9393698c4fb6e85d7" descr="15312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId607769709f740acc1" cstate="print"/>
+                          <a:blip r:embed="rId2247698c4fb6e85d5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId462969709f740adf1" w:history="1">
+            <w:hyperlink r:id="rId8128698c4fb6e86f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1918,50 +1918,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Azadirachta indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Baccharis genistelloides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Barringtonia racemosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begonia sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2318,50 +2338,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carica papaya</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Caryopteris x clandonensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Catunaregam spinosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceiba pentandra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3398,50 +3438,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eucalyptus deglupta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Euonymus japonicus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Euphorbia heterophylla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia hypericifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3478,50 +3538,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eustoma russellianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Fatsia japonica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ficus elastica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ficus exasperata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4438,50 +4518,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lysimachia ruhmeriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Magnolia grandiflora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Malpighia glabra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5058,70 +5158,110 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllanthus urinaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pieris japonica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pittosporum senacia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pittosporum tenuifolium</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pittosporum tobira</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plerandra elegantissima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5158,50 +5298,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plumeria rubra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Podocarpus macrophyllus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Polyscias ornifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pouteria campechiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5398,50 +5558,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhaphiolepis umbellata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Rhododendron japonicum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rhododendron sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Richardia brasiliensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5698,50 +5878,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sesbania herbacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Skimmia japonica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Solanum lycopersicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum melongena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6358,50 +6558,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viburnum suspensum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Viburnum tinus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vigna radiata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viola x wittrockiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6419,50 +6639,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis rotundifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zanthoxylum sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zinnia elegans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6574,105 +6814,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a cryptic species complex containing morphologically indistinguishable species (see Notes on taxonomy and nomenclature).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27927380" name="name632569709f740e454" descr="SCITDO_distribution_map.jpg"/>
+            <wp:docPr id="46679834" name="name7087698c4fb6ebc53" descr="SCITDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId436469709f740e450" cstate="print"/>
+                    <a:blip r:embed="rId9487698c4fb6ebc51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Germany, Israel, Netherlands, Portugal (mainland), Spain (mainland, Islas Canárias), Türkiye</w:t>
+        <w:t xml:space="preserve"> Belgium, Germany, Israel, Netherlands, Portugal (mainland), Spain (mainland, Islas Canárias), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cote d'Ivoire, Egypt, Ghana, Kenya, Tanzania, United Republic of, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10553,51 +10793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632169709f7410109" w:history="1">
+      <w:hyperlink r:id="rId9803698c4fb6ed741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10634,51 +10874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633069709f741019d" w:history="1">
+      <w:hyperlink r:id="rId6471698c4fb6ed7cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10918,51 +11158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hodges G, Edwards GB &amp; Dixon W (2005) Chilli thrips, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hood (Thysanoptera: Thripidae), a new pest thrips for Florida. Pest alert FDACS-P-01660. Florida Department of Agriculture and Consumer Service, Department of Primary Industries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889169709f741036a" w:history="1">
+      <w:hyperlink r:id="rId8535698c4fb6ed992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13879,51 +14119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991769709f741161c" w:history="1">
+      <w:hyperlink r:id="rId5154698c4fb6eec42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13998,63 +14238,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58544476" name="name396069709f7411796" descr="eu_funding_250.png"/>
+            <wp:docPr id="70844237" name="name9078698c4fb6eede0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId835269709f7411794" cstate="print"/>
+                    <a:blip r:embed="rId4073698c4fb6eeddf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -14152,137 +14392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21604541">
+  <w:abstractNum w:abstractNumId="59017800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63582704">
+    <w:lvl w:ilvl="0" w:tplc="61033542">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63582704" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61033542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21604540">
+  <w:abstractNum w:abstractNumId="59017799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68964006">
+    <w:lvl w:ilvl="0" w:tplc="38387200">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15034,55 +15274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21604540">
-    <w:abstractNumId w:val="21604540"/>
+  <w:num w:numId="59017799">
+    <w:abstractNumId w:val="59017799"/>
   </w:num>
-  <w:num w:numId="21604541">
-    <w:abstractNumId w:val="21604541"/>
+  <w:num w:numId="59017800">
+    <w:abstractNumId w:val="59017800"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26632,51 +26872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId703201368" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId127635927" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId761169709f740ab2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId663069709f740ab96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId462969709f740adf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId632169709f7410109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId633069709f741019d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId889169709f741036a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId991769709f741161c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId607769709f740acc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId607769709f740acc1.jpg"/><Relationship Id="rId436469709f740e450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436469709f740e450.jpg"/><Relationship Id="rId835269709f7411794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId835269709f7411794.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665730297" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId461683359" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2565698c4fb6e7d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId9628698c4fb6e7dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId8128698c4fb6e86f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId9803698c4fb6ed741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId6471698c4fb6ed7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8535698c4fb6ed992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId5154698c4fb6eec42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2247698c4fb6e85d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2247698c4fb6e85d5.jpg"/><Relationship Id="rId9487698c4fb6ebc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9487698c4fb6ebc51.jpg"/><Relationship Id="rId4073698c4fb6eeddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4073698c4fb6eeddf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>