--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assam thrips, chilli thrips, flower thrips, strawberry thrips, yellow tea thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2565698c4fb6e7d59" w:history="1">
+            <w:hyperlink r:id="rId198269a6d8caad5ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9628698c4fb6e7dc5" w:history="1">
+            <w:hyperlink r:id="rId475269a6d8caad659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29803696" name="name9393698c4fb6e85d7" descr="15312.jpg"/>
+                  <wp:docPr id="72372591" name="name875269a6d8caadc26" descr="15312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2247698c4fb6e85d5" cstate="print"/>
+                          <a:blip r:embed="rId436769a6d8caadc24" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8128698c4fb6e86f3" w:history="1">
+            <w:hyperlink r:id="rId648269a6d8caadd84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6814,63 +6814,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a cryptic species complex containing morphologically indistinguishable species (see Notes on taxonomy and nomenclature).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46679834" name="name7087698c4fb6ebc53" descr="SCITDO_distribution_map.jpg"/>
+            <wp:docPr id="82772926" name="name949769a6d8cab13d2" descr="SCITDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9487698c4fb6ebc51" cstate="print"/>
+                    <a:blip r:embed="rId637269a6d8cab13ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10793,51 +10793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9803698c4fb6ed741" w:history="1">
+      <w:hyperlink r:id="rId801169a6d8cab313f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10874,51 +10874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6471698c4fb6ed7cd" w:history="1">
+      <w:hyperlink r:id="rId846769a6d8cab31ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11158,51 +11158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hodges G, Edwards GB &amp; Dixon W (2005) Chilli thrips, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hood (Thysanoptera: Thripidae), a new pest thrips for Florida. Pest alert FDACS-P-01660. Florida Department of Agriculture and Consumer Service, Department of Primary Industries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8535698c4fb6ed992" w:history="1">
+      <w:hyperlink r:id="rId912269a6d8cab33ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14119,51 +14119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5154698c4fb6eec42" w:history="1">
+      <w:hyperlink r:id="rId880569a6d8cab4749" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14238,63 +14238,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70844237" name="name9078698c4fb6eede0" descr="eu_funding_250.png"/>
+            <wp:docPr id="20276005" name="name796469a6d8cab48c4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4073698c4fb6eeddf" cstate="print"/>
+                    <a:blip r:embed="rId282369a6d8cab48c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -14392,137 +14392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59017800">
+  <w:abstractNum w:abstractNumId="47478228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61033542">
+    <w:lvl w:ilvl="0" w:tplc="13597574">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61033542" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13597574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59017799">
+  <w:abstractNum w:abstractNumId="47478227">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38387200">
+    <w:lvl w:ilvl="0" w:tplc="93236322">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15274,55 +15274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59017799">
-    <w:abstractNumId w:val="59017799"/>
+  <w:num w:numId="47478227">
+    <w:abstractNumId w:val="47478227"/>
   </w:num>
-  <w:num w:numId="59017800">
-    <w:abstractNumId w:val="59017800"/>
+  <w:num w:numId="47478228">
+    <w:abstractNumId w:val="47478228"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26872,51 +26872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665730297" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId461683359" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2565698c4fb6e7d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId9628698c4fb6e7dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId8128698c4fb6e86f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId9803698c4fb6ed741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId6471698c4fb6ed7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8535698c4fb6ed992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId5154698c4fb6eec42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2247698c4fb6e85d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2247698c4fb6e85d5.jpg"/><Relationship Id="rId9487698c4fb6ebc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9487698c4fb6ebc51.jpg"/><Relationship Id="rId4073698c4fb6eeddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4073698c4fb6eeddf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265136740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685177679" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId198269a6d8caad5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId475269a6d8caad659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId648269a6d8caadd84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId801169a6d8cab313f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId846769a6d8cab31ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId912269a6d8cab33ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId880569a6d8cab4749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId436769a6d8caadc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436769a6d8caadc24.jpg"/><Relationship Id="rId637269a6d8cab13ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637269a6d8cab13ce.jpg"/><Relationship Id="rId282369a6d8cab48c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282369a6d8cab48c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>