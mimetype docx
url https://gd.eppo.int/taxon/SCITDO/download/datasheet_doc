--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assam thrips, chilli thrips, flower thrips, strawberry thrips, yellow tea thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198269a6d8caad5ed" w:history="1">
+            <w:hyperlink r:id="rId307669c1c69197733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475269a6d8caad659" w:history="1">
+            <w:hyperlink r:id="rId947469c1c6919779e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72372591" name="name875269a6d8caadc26" descr="15312.jpg"/>
+                  <wp:docPr id="56475863" name="name539469c1c69197d0b" descr="15312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId436769a6d8caadc24" cstate="print"/>
+                          <a:blip r:embed="rId951369c1c69197d09" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId648269a6d8caadd84" w:history="1">
+            <w:hyperlink r:id="rId206869c1c69197e44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6814,105 +6814,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a cryptic species complex containing morphologically indistinguishable species (see Notes on taxonomy and nomenclature).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82772926" name="name949769a6d8cab13d2" descr="SCITDO_distribution_map.jpg"/>
+            <wp:docPr id="71949410" name="name588269c1c6919b15e" descr="SCITDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId637269a6d8cab13ce" cstate="print"/>
+                    <a:blip r:embed="rId120969c1c6919b15a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Germany, Israel, Netherlands, Portugal (mainland), Spain (mainland, Islas Canárias), Türkiye</w:t>
+        <w:t xml:space="preserve"> Belgium, Germany, Greece (Kriti), Israel, Netherlands, Portugal (mainland), Spain (mainland, Islas Canárias), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cote d'Ivoire, Egypt, Ghana, Kenya, Tanzania, United Republic of, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10793,51 +10793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801169a6d8cab313f" w:history="1">
+      <w:hyperlink r:id="rId452969c1c6919ccd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10874,51 +10874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846769a6d8cab31ea" w:history="1">
+      <w:hyperlink r:id="rId546869c1c6919cd61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11158,51 +11158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hodges G, Edwards GB &amp; Dixon W (2005) Chilli thrips, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hood (Thysanoptera: Thripidae), a new pest thrips for Florida. Pest alert FDACS-P-01660. Florida Department of Agriculture and Consumer Service, Department of Primary Industries. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912269a6d8cab33ba" w:history="1">
+      <w:hyperlink r:id="rId747069c1c6919cf32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14119,51 +14119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880569a6d8cab4749" w:history="1">
+      <w:hyperlink r:id="rId116669c1c6919e194" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14238,63 +14238,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20276005" name="name796469a6d8cab48c4" descr="eu_funding_250.png"/>
+            <wp:docPr id="93485133" name="name566869c1c6919e55c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId282369a6d8cab48c2" cstate="print"/>
+                    <a:blip r:embed="rId205469c1c6919e55a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -14392,137 +14392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47478228">
+  <w:abstractNum w:abstractNumId="38660646">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13597574">
+    <w:lvl w:ilvl="0" w:tplc="68046229">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13597574" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68046229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47478227">
+  <w:abstractNum w:abstractNumId="38660645">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93236322">
+    <w:lvl w:ilvl="0" w:tplc="77142344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15274,55 +15274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47478227">
-    <w:abstractNumId w:val="47478227"/>
+  <w:num w:numId="38660645">
+    <w:abstractNumId w:val="38660645"/>
   </w:num>
-  <w:num w:numId="47478228">
-    <w:abstractNumId w:val="47478228"/>
+  <w:num w:numId="38660646">
+    <w:abstractNumId w:val="38660646"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26872,51 +26872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265136740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685177679" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId198269a6d8caad5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId475269a6d8caad659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId648269a6d8caadd84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId801169a6d8cab313f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId846769a6d8cab31ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId912269a6d8cab33ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId880569a6d8cab4749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId436769a6d8caadc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436769a6d8caadc24.jpg"/><Relationship Id="rId637269a6d8cab13ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637269a6d8cab13ce.jpg"/><Relationship Id="rId282369a6d8cab48c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282369a6d8cab48c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId609768284" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182843899" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId307669c1c69197733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/" TargetMode="External"/><Relationship Id="rId947469c1c6919779e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/categorization" TargetMode="External"/><Relationship Id="rId206869c1c69197e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITDO/photos" TargetMode="External"/><Relationship Id="rId452969c1c6919ccd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.maps.arcgis.com/apps/MapJournal/index.html?appid=d7daac97ff284b13a5b00a687be75d5e" TargetMode="External"/><Relationship Id="rId546869c1c6919cd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId747069c1c6919cf32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/Agriculture-Industry/Pests-and-Diseases/Plant-Pests-and-Diseases/Pest-Alerts" TargetMode="External"/><Relationship Id="rId116669c1c6919e194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId951369c1c69197d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId951369c1c69197d09.jpg"/><Relationship Id="rId120969c1c6919b15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId120969c1c6919b15a.jpg"/><Relationship Id="rId205469c1c6919e55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId205469c1c6919e55a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>