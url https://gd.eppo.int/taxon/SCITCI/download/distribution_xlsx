--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SCITCI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
@@ -141,50 +141,53 @@
     <t>jk</t>
   </si>
   <si>
     <t>Maharashtra</t>
   </si>
   <si>
     <t>mh</t>
   </si>
   <si>
     <t>Punjab</t>
   </si>
   <si>
     <t>pj</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
+  </si>
+  <si>
+    <t>Present, widespread</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HR</t>
   </si>
@@ -871,163 +874,163 @@
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>26</v>
       </c>
       <c r="B17" t="s">
         <v>41</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>26</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">