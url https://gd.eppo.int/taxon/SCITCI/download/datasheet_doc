--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> California citrus thrips, citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId605868e0ea4b9d960" w:history="1">
+            <w:hyperlink r:id="rId671868fc4ca69f3f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId800768e0ea4b9d9cb" w:history="1">
+            <w:hyperlink r:id="rId885868fc4ca69f45f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47273281" name="name470468e0ea4b9daa5" descr="14332.jpg"/>
+                  <wp:docPr id="36074181" name="name917968fc4ca69f530" descr="14332.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14332.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId151868e0ea4b9daa4" cstate="print"/>
+                          <a:blip r:embed="rId846868fc4ca69f52f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId138168e0ea4b9dbbe" w:history="1">
+            <w:hyperlink r:id="rId632768fc4ca69f658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1427,63 +1427,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found in warm climates that are ranging from tropical to arid conditions. It is known to be found in North America in the USA and Mexico. There are some uncertainties on the distribution outside of North America. In 2022, it was first found in the EPPO region in Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77286057" name="name381268e0ea4b9f266" descr="SCITCI_distribution_map.jpg"/>
+            <wp:docPr id="73015328" name="name161368fc4ca6a093b" descr="SCITCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId940368e0ea4b9f263" cstate="print"/>
+                    <a:blip r:embed="rId425868fc4ca6a0938" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3144,51 +3144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28-32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Final group pest risk analysis for thrips and orthotospoviruses on fresh fruit, vegetable, cut-flower and foliage imports. Department of Agriculture and Water resources. 208 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId795868e0ea4b9ff7d" w:history="1">
+      <w:hyperlink r:id="rId146768fc4ca6a16b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3341,51 +3341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5189, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880968e0ea4ba00c8" w:history="1">
+      <w:hyperlink r:id="rId455068fc4ca6a1801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3442,101 +3442,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) EN‐1564, 21 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702168e0ea4ba0169" w:history="1">
+      <w:hyperlink r:id="rId461868fc4ca6a18d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199568e0ea4ba01bc" w:history="1">
+      <w:hyperlink r:id="rId414568fc4ca6a1941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SCITAU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3582,51 +3582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148668e0ea4ba025b" w:history="1">
+      <w:hyperlink r:id="rId100768fc4ca6a19d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,51 +3719,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 52-56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grafton-Cardwell EE, Morse JG, Haviland DR &amp; Faber BA (2020) Citrus Pest Management Guidelines: Citrus thrips. UCIPM guidelines. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934768e0ea4ba033f" w:history="1">
+      <w:hyperlink r:id="rId930168fc4ca6a1ab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4108,51 +4108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769768e0ea4ba05b2" w:history="1">
+      <w:hyperlink r:id="rId348868fc4ca6a1d51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4218,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375868e0ea4ba066c" w:history="1">
+      <w:hyperlink r:id="rId321168fc4ca6a1e10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4337,63 +4337,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90950802" name="name148568e0ea4ba07a6" descr="eu_funding_250.png"/>
+            <wp:docPr id="13330301" name="name304968fc4ca6a1f3e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId508868e0ea4ba07a5" cstate="print"/>
+                    <a:blip r:embed="rId552668fc4ca6a1f3c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11934802">
+  <w:abstractNum w:abstractNumId="36156752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34515084">
+    <w:lvl w:ilvl="0" w:tplc="57735476">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34515084" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57735476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11934801">
+  <w:abstractNum w:abstractNumId="36156751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94226701">
+    <w:lvl w:ilvl="0" w:tplc="80257691">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11934801">
-    <w:abstractNumId w:val="11934801"/>
+  <w:num w:numId="36156751">
+    <w:abstractNumId w:val="36156751"/>
   </w:num>
-  <w:num w:numId="11934802">
-    <w:abstractNumId w:val="11934802"/>
+  <w:num w:numId="36156752">
+    <w:abstractNumId w:val="36156752"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345064389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId184879822" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId605868e0ea4b9d960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId800768e0ea4b9d9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId138168e0ea4b9dbbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId795868e0ea4b9ff7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId880968e0ea4ba00c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId702168e0ea4ba0169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId199568e0ea4ba01bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId148668e0ea4ba025b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId934768e0ea4ba033f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId769768e0ea4ba05b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId375868e0ea4ba066c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId151868e0ea4b9daa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151868e0ea4b9daa4.jpg"/><Relationship Id="rId940368e0ea4b9f263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId940368e0ea4b9f263.jpg"/><Relationship Id="rId508868e0ea4ba07a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId508868e0ea4ba07a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677179275" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439937278" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId671868fc4ca69f3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId885868fc4ca69f45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId632768fc4ca69f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId146768fc4ca6a16b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId455068fc4ca6a1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId461868fc4ca6a18d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId414568fc4ca6a1941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId100768fc4ca6a19d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId930168fc4ca6a1ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId348868fc4ca6a1d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId321168fc4ca6a1e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId846868fc4ca69f52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846868fc4ca69f52f.jpg"/><Relationship Id="rId425868fc4ca6a0938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId425868fc4ca6a0938.jpg"/><Relationship Id="rId552668fc4ca6a1f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552668fc4ca6a1f3c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>