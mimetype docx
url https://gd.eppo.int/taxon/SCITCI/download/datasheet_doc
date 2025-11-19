--- v1 (2025-10-25)
+++ v2 (2025-11-19)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> California citrus thrips, citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId671868fc4ca69f3f7" w:history="1">
+            <w:hyperlink r:id="rId7100691d3e6b8fd20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId885868fc4ca69f45f" w:history="1">
+            <w:hyperlink r:id="rId4699691d3e6b8fd89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36074181" name="name917968fc4ca69f530" descr="14332.jpg"/>
+                  <wp:docPr id="80852955" name="name6667691d3e6b8fe40" descr="14332.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14332.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId846868fc4ca69f52f" cstate="print"/>
+                          <a:blip r:embed="rId3998691d3e6b8fe3f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId632768fc4ca69f658" w:history="1">
+            <w:hyperlink r:id="rId8701691d3e6b8ff2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1427,63 +1427,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found in warm climates that are ranging from tropical to arid conditions. It is known to be found in North America in the USA and Mexico. There are some uncertainties on the distribution outside of North America. In 2022, it was first found in the EPPO region in Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73015328" name="name161368fc4ca6a093b" descr="SCITCI_distribution_map.jpg"/>
+            <wp:docPr id="38351963" name="name7607691d3e6b91155" descr="SCITCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId425868fc4ca6a0938" cstate="print"/>
+                    <a:blip r:embed="rId4194691d3e6b91152" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3144,51 +3144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28-32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Final group pest risk analysis for thrips and orthotospoviruses on fresh fruit, vegetable, cut-flower and foliage imports. Department of Agriculture and Water resources. 208 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146768fc4ca6a16b8" w:history="1">
+      <w:hyperlink r:id="rId1301691d3e6b91dfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3341,51 +3341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5189, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455068fc4ca6a1801" w:history="1">
+      <w:hyperlink r:id="rId5797691d3e6b91f51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3442,101 +3442,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) EN‐1564, 21 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461868fc4ca6a18d8" w:history="1">
+      <w:hyperlink r:id="rId9132691d3e6b91ff5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414568fc4ca6a1941" w:history="1">
+      <w:hyperlink r:id="rId8805691d3e6b92046" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SCITAU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3582,51 +3582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100768fc4ca6a19d5" w:history="1">
+      <w:hyperlink r:id="rId8095691d3e6b920d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,51 +3719,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 52-56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grafton-Cardwell EE, Morse JG, Haviland DR &amp; Faber BA (2020) Citrus Pest Management Guidelines: Citrus thrips. UCIPM guidelines. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930168fc4ca6a1ab8" w:history="1">
+      <w:hyperlink r:id="rId4727691d3e6b921b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4108,51 +4108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348868fc4ca6a1d51" w:history="1">
+      <w:hyperlink r:id="rId8561691d3e6b92423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4218,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321168fc4ca6a1e10" w:history="1">
+      <w:hyperlink r:id="rId8673691d3e6b924d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4337,63 +4337,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13330301" name="name304968fc4ca6a1f3e" descr="eu_funding_250.png"/>
+            <wp:docPr id="71977986" name="name8794691d3e6b925d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId552668fc4ca6a1f3c" cstate="print"/>
+                    <a:blip r:embed="rId7710691d3e6b925d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36156752">
+  <w:abstractNum w:abstractNumId="81920890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57735476">
+    <w:lvl w:ilvl="0" w:tplc="27929694">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57735476" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27929694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36156751">
+  <w:abstractNum w:abstractNumId="81920889">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80257691">
+    <w:lvl w:ilvl="0" w:tplc="38444026">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36156751">
-    <w:abstractNumId w:val="36156751"/>
+  <w:num w:numId="81920889">
+    <w:abstractNumId w:val="81920889"/>
   </w:num>
-  <w:num w:numId="36156752">
-    <w:abstractNumId w:val="36156752"/>
+  <w:num w:numId="81920890">
+    <w:abstractNumId w:val="81920890"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677179275" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439937278" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId671868fc4ca69f3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId885868fc4ca69f45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId632768fc4ca69f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId146768fc4ca6a16b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId455068fc4ca6a1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId461868fc4ca6a18d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId414568fc4ca6a1941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId100768fc4ca6a19d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId930168fc4ca6a1ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId348868fc4ca6a1d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId321168fc4ca6a1e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId846868fc4ca69f52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846868fc4ca69f52f.jpg"/><Relationship Id="rId425868fc4ca6a0938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId425868fc4ca6a0938.jpg"/><Relationship Id="rId552668fc4ca6a1f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552668fc4ca6a1f3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId995969331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916853161" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7100691d3e6b8fd20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId4699691d3e6b8fd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId8701691d3e6b8ff2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId1301691d3e6b91dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId5797691d3e6b91f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId9132691d3e6b91ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId8805691d3e6b92046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId8095691d3e6b920d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4727691d3e6b921b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId8561691d3e6b92423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId8673691d3e6b924d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3998691d3e6b8fe3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3998691d3e6b8fe3f.jpg"/><Relationship Id="rId4194691d3e6b91152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4194691d3e6b91152.jpg"/><Relationship Id="rId7710691d3e6b925d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7710691d3e6b925d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>