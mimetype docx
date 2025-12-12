--- v2 (2025-11-19)
+++ v3 (2025-12-12)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> California citrus thrips, citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7100691d3e6b8fd20" w:history="1">
+            <w:hyperlink r:id="rId6489693c86eeeb551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4699691d3e6b8fd89" w:history="1">
+            <w:hyperlink r:id="rId1417693c86eeeb5c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80852955" name="name6667691d3e6b8fe40" descr="14332.jpg"/>
+                  <wp:docPr id="31802139" name="name7452693c86eeeb67f" descr="14332.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14332.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3998691d3e6b8fe3f" cstate="print"/>
+                          <a:blip r:embed="rId6899693c86eeeb67e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8701691d3e6b8ff2e" w:history="1">
+            <w:hyperlink r:id="rId9996693c86eeeb745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1427,63 +1427,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found in warm climates that are ranging from tropical to arid conditions. It is known to be found in North America in the USA and Mexico. There are some uncertainties on the distribution outside of North America. In 2022, it was first found in the EPPO region in Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38351963" name="name7607691d3e6b91155" descr="SCITCI_distribution_map.jpg"/>
+            <wp:docPr id="43455591" name="name4775693c86eeecef2" descr="SCITCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4194691d3e6b91152" cstate="print"/>
+                    <a:blip r:embed="rId9382693c86eeeceee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3144,51 +3144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28-32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Final group pest risk analysis for thrips and orthotospoviruses on fresh fruit, vegetable, cut-flower and foliage imports. Department of Agriculture and Water resources. 208 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1301691d3e6b91dfd" w:history="1">
+      <w:hyperlink r:id="rId5644693c86eeedc92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3341,51 +3341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5189, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5797691d3e6b91f51" w:history="1">
+      <w:hyperlink r:id="rId7742693c86eeeddf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3442,101 +3442,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) EN‐1564, 21 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9132691d3e6b91ff5" w:history="1">
+      <w:hyperlink r:id="rId3024693c86eeede9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8805691d3e6b92046" w:history="1">
+      <w:hyperlink r:id="rId1790693c86eeedef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SCITAU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3582,51 +3582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8095691d3e6b920d5" w:history="1">
+      <w:hyperlink r:id="rId7723693c86eeedf82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,51 +3719,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 52-56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grafton-Cardwell EE, Morse JG, Haviland DR &amp; Faber BA (2020) Citrus Pest Management Guidelines: Citrus thrips. UCIPM guidelines. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4727691d3e6b921b3" w:history="1">
+      <w:hyperlink r:id="rId4335693c86eeee060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4108,51 +4108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8561691d3e6b92423" w:history="1">
+      <w:hyperlink r:id="rId5469693c86eeee301" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4218,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8673691d3e6b924d6" w:history="1">
+      <w:hyperlink r:id="rId6211693c86eeee3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4337,63 +4337,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71977986" name="name8794691d3e6b925d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="14431155" name="name3129693c86eeee4ff" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7710691d3e6b925d3" cstate="print"/>
+                    <a:blip r:embed="rId9887693c86eeee4fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81920890">
+  <w:abstractNum w:abstractNumId="62798548">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27929694">
+    <w:lvl w:ilvl="0" w:tplc="20481922">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27929694" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20481922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81920889">
+  <w:abstractNum w:abstractNumId="62798547">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38444026">
+    <w:lvl w:ilvl="0" w:tplc="83651701">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81920889">
-    <w:abstractNumId w:val="81920889"/>
+  <w:num w:numId="62798547">
+    <w:abstractNumId w:val="62798547"/>
   </w:num>
-  <w:num w:numId="81920890">
-    <w:abstractNumId w:val="81920890"/>
+  <w:num w:numId="62798548">
+    <w:abstractNumId w:val="62798548"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId995969331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916853161" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7100691d3e6b8fd20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId4699691d3e6b8fd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId8701691d3e6b8ff2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId1301691d3e6b91dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId5797691d3e6b91f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId9132691d3e6b91ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId8805691d3e6b92046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId8095691d3e6b920d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4727691d3e6b921b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId8561691d3e6b92423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId8673691d3e6b924d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3998691d3e6b8fe3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3998691d3e6b8fe3f.jpg"/><Relationship Id="rId4194691d3e6b91152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4194691d3e6b91152.jpg"/><Relationship Id="rId7710691d3e6b925d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7710691d3e6b925d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545883087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId675924926" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6489693c86eeeb551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId1417693c86eeeb5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId9996693c86eeeb745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId5644693c86eeedc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId7742693c86eeeddf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId3024693c86eeede9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId1790693c86eeedef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId7723693c86eeedf82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4335693c86eeee060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId5469693c86eeee301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId6211693c86eeee3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6899693c86eeeb67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6899693c86eeeb67e.jpg"/><Relationship Id="rId9382693c86eeeceee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9382693c86eeeceee.jpg"/><Relationship Id="rId9887693c86eeee4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9887693c86eeee4fd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>