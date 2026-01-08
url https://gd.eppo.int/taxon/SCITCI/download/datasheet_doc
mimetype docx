--- v3 (2025-12-12)
+++ v4 (2026-01-08)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> California citrus thrips, citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6489693c86eeeb551" w:history="1">
+            <w:hyperlink r:id="rId1005696004e6e9f91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1417693c86eeeb5c9" w:history="1">
+            <w:hyperlink r:id="rId8845696004e6ea004" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31802139" name="name7452693c86eeeb67f" descr="14332.jpg"/>
+                  <wp:docPr id="48098271" name="name7795696004e6ea0f1" descr="14332.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14332.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6899693c86eeeb67e" cstate="print"/>
+                          <a:blip r:embed="rId2926696004e6ea0f0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9996693c86eeeb745" w:history="1">
+            <w:hyperlink r:id="rId8187696004e6ea3a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1427,63 +1427,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found in warm climates that are ranging from tropical to arid conditions. It is known to be found in North America in the USA and Mexico. There are some uncertainties on the distribution outside of North America. In 2022, it was first found in the EPPO region in Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43455591" name="name4775693c86eeecef2" descr="SCITCI_distribution_map.jpg"/>
+            <wp:docPr id="42445613" name="name8838696004e6eb6c8" descr="SCITCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9382693c86eeeceee" cstate="print"/>
+                    <a:blip r:embed="rId9315696004e6eb6c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3144,51 +3144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28-32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Final group pest risk analysis for thrips and orthotospoviruses on fresh fruit, vegetable, cut-flower and foliage imports. Department of Agriculture and Water resources. 208 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5644693c86eeedc92" w:history="1">
+      <w:hyperlink r:id="rId8599696004e6ec39f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3341,51 +3341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5189, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7742693c86eeeddf6" w:history="1">
+      <w:hyperlink r:id="rId6877696004e6ec4ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3442,101 +3442,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) EN‐1564, 21 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3024693c86eeede9f" w:history="1">
+      <w:hyperlink r:id="rId7827696004e6ec5ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1790693c86eeedef3" w:history="1">
+      <w:hyperlink r:id="rId2651696004e6ec603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SCITAU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3582,51 +3582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7723693c86eeedf82" w:history="1">
+      <w:hyperlink r:id="rId8081696004e6ec693" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,51 +3719,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 52-56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grafton-Cardwell EE, Morse JG, Haviland DR &amp; Faber BA (2020) Citrus Pest Management Guidelines: Citrus thrips. UCIPM guidelines. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4335693c86eeee060" w:history="1">
+      <w:hyperlink r:id="rId7459696004e6ec776" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4108,51 +4108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5469693c86eeee301" w:history="1">
+      <w:hyperlink r:id="rId5317696004e6ec9f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4196,73 +4196,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6211693c86eeee3b8" w:history="1">
+      <w:hyperlink r:id="rId4693696004e6ecaa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4337,63 +4337,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14431155" name="name3129693c86eeee4ff" descr="eu_funding_250.png"/>
+            <wp:docPr id="86223409" name="name5220696004e6ecbc7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9887693c86eeee4fd" cstate="print"/>
+                    <a:blip r:embed="rId5462696004e6ecbc5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62798548">
+  <w:abstractNum w:abstractNumId="25783910">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20481922">
+    <w:lvl w:ilvl="0" w:tplc="75364015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20481922" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75364015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62798547">
+  <w:abstractNum w:abstractNumId="25783909">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83651701">
+    <w:lvl w:ilvl="0" w:tplc="96160899">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62798547">
-    <w:abstractNumId w:val="62798547"/>
+  <w:num w:numId="25783909">
+    <w:abstractNumId w:val="25783909"/>
   </w:num>
-  <w:num w:numId="62798548">
-    <w:abstractNumId w:val="62798548"/>
+  <w:num w:numId="25783910">
+    <w:abstractNumId w:val="25783910"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545883087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId675924926" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6489693c86eeeb551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId1417693c86eeeb5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId9996693c86eeeb745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId5644693c86eeedc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId7742693c86eeeddf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId3024693c86eeede9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId1790693c86eeedef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId7723693c86eeedf82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4335693c86eeee060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId5469693c86eeee301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId6211693c86eeee3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6899693c86eeeb67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6899693c86eeeb67e.jpg"/><Relationship Id="rId9382693c86eeeceee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9382693c86eeeceee.jpg"/><Relationship Id="rId9887693c86eeee4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9887693c86eeee4fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134919642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451398824" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1005696004e6e9f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId8845696004e6ea004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId8187696004e6ea3a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId8599696004e6ec39f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId6877696004e6ec4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId7827696004e6ec5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId2651696004e6ec603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId8081696004e6ec693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7459696004e6ec776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId5317696004e6ec9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId4693696004e6ecaa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2926696004e6ea0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2926696004e6ea0f0.jpg"/><Relationship Id="rId9315696004e6eb6c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9315696004e6eb6c5.jpg"/><Relationship Id="rId5462696004e6ecbc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5462696004e6ecbc5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>