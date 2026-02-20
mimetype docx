--- v4 (2026-01-08)
+++ v5 (2026-02-20)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> California citrus thrips, citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1005696004e6e9f91" w:history="1">
+            <w:hyperlink r:id="rId690269989d16a65bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8845696004e6ea004" w:history="1">
+            <w:hyperlink r:id="rId527469989d16a6623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48098271" name="name7795696004e6ea0f1" descr="14332.jpg"/>
+                  <wp:docPr id="69287577" name="name513569989d16a6b20" descr="14332.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14332.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2926696004e6ea0f0" cstate="print"/>
+                          <a:blip r:embed="rId491769989d16a6b1e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8187696004e6ea3a6" w:history="1">
+            <w:hyperlink r:id="rId189369989d16a6c35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1427,63 +1427,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found in warm climates that are ranging from tropical to arid conditions. It is known to be found in North America in the USA and Mexico. There are some uncertainties on the distribution outside of North America. In 2022, it was first found in the EPPO region in Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42445613" name="name8838696004e6eb6c8" descr="SCITCI_distribution_map.jpg"/>
+            <wp:docPr id="49195285" name="name781369989d16a7cba" descr="SCITCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9315696004e6eb6c5" cstate="print"/>
+                    <a:blip r:embed="rId889569989d16a7cb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3144,51 +3144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28-32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Final group pest risk analysis for thrips and orthotospoviruses on fresh fruit, vegetable, cut-flower and foliage imports. Department of Agriculture and Water resources. 208 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8599696004e6ec39f" w:history="1">
+      <w:hyperlink r:id="rId107869989d16a94e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3341,51 +3341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5189, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6877696004e6ec4ef" w:history="1">
+      <w:hyperlink r:id="rId799669989d16a965f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3442,101 +3442,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) EN‐1564, 21 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7827696004e6ec5ad" w:history="1">
+      <w:hyperlink r:id="rId660569989d16a9772" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2651696004e6ec603" w:history="1">
+      <w:hyperlink r:id="rId955969989d16a97cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SCITAU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3582,51 +3582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8081696004e6ec693" w:history="1">
+      <w:hyperlink r:id="rId120869989d16a9996" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,51 +3719,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 52-56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grafton-Cardwell EE, Morse JG, Haviland DR &amp; Faber BA (2020) Citrus Pest Management Guidelines: Citrus thrips. UCIPM guidelines. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7459696004e6ec776" w:history="1">
+      <w:hyperlink r:id="rId215669989d16a9aa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4108,51 +4108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5317696004e6ec9f0" w:history="1">
+      <w:hyperlink r:id="rId513169989d16a9d5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4218,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4693696004e6ecaa6" w:history="1">
+      <w:hyperlink r:id="rId285469989d16a9e19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4337,63 +4337,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86223409" name="name5220696004e6ecbc7" descr="eu_funding_250.png"/>
+            <wp:docPr id="77597709" name="name433269989d16aa0c7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5462696004e6ecbc5" cstate="print"/>
+                    <a:blip r:embed="rId612869989d16aa0c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25783910">
+  <w:abstractNum w:abstractNumId="85504679">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75364015">
+    <w:lvl w:ilvl="0" w:tplc="14931766">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75364015" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14931766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25783909">
+  <w:abstractNum w:abstractNumId="85504678">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96160899">
+    <w:lvl w:ilvl="0" w:tplc="84490830">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25783909">
-    <w:abstractNumId w:val="25783909"/>
+  <w:num w:numId="85504678">
+    <w:abstractNumId w:val="85504678"/>
   </w:num>
-  <w:num w:numId="25783910">
-    <w:abstractNumId w:val="25783910"/>
+  <w:num w:numId="85504679">
+    <w:abstractNumId w:val="85504679"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134919642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451398824" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1005696004e6e9f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId8845696004e6ea004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId8187696004e6ea3a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId8599696004e6ec39f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId6877696004e6ec4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId7827696004e6ec5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId2651696004e6ec603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId8081696004e6ec693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7459696004e6ec776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId5317696004e6ec9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId4693696004e6ecaa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2926696004e6ea0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2926696004e6ea0f0.jpg"/><Relationship Id="rId9315696004e6eb6c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9315696004e6eb6c5.jpg"/><Relationship Id="rId5462696004e6ecbc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5462696004e6ecbc5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId873267966" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId719608191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690269989d16a65bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId527469989d16a6623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId189369989d16a6c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId107869989d16a94e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId799669989d16a965f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId660569989d16a9772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId955969989d16a97cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId120869989d16a9996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId215669989d16a9aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId513169989d16a9d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId285469989d16a9e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId491769989d16a6b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491769989d16a6b1e.jpg"/><Relationship Id="rId889569989d16a7cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId889569989d16a7cb8.jpg"/><Relationship Id="rId612869989d16aa0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612869989d16aa0c5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>