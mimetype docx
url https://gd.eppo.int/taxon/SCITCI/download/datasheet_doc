--- v5 (2026-02-20)
+++ v6 (2026-03-13)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> California citrus thrips, citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId690269989d16a65bb" w:history="1">
+            <w:hyperlink r:id="rId504269b36689e346a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527469989d16a6623" w:history="1">
+            <w:hyperlink r:id="rId721869b36689e34d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69287577" name="name513569989d16a6b20" descr="14332.jpg"/>
+                  <wp:docPr id="71196156" name="name178569b36689e3d38" descr="14332.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14332.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId491769989d16a6b1e" cstate="print"/>
+                          <a:blip r:embed="rId177769b36689e3d36" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId189369989d16a6c35" w:history="1">
+            <w:hyperlink r:id="rId206369b36689e3e7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1427,63 +1427,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found in warm climates that are ranging from tropical to arid conditions. It is known to be found in North America in the USA and Mexico. There are some uncertainties on the distribution outside of North America. In 2022, it was first found in the EPPO region in Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49195285" name="name781369989d16a7cba" descr="SCITCI_distribution_map.jpg"/>
+            <wp:docPr id="71815708" name="name452469b36689e501f" descr="SCITCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId889569989d16a7cb8" cstate="print"/>
+                    <a:blip r:embed="rId908669b36689e501c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3144,51 +3144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28-32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Final group pest risk analysis for thrips and orthotospoviruses on fresh fruit, vegetable, cut-flower and foliage imports. Department of Agriculture and Water resources. 208 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107869989d16a94e8" w:history="1">
+      <w:hyperlink r:id="rId441169b36689e5e91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3341,51 +3341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5189, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799669989d16a965f" w:history="1">
+      <w:hyperlink r:id="rId541369b36689e600e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3442,101 +3442,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) EN‐1564, 21 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660569989d16a9772" w:history="1">
+      <w:hyperlink r:id="rId912269b36689e60b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955969989d16a97cc" w:history="1">
+      <w:hyperlink r:id="rId182069b36689e612c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SCITAU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3582,51 +3582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120869989d16a9996" w:history="1">
+      <w:hyperlink r:id="rId967669b36689e61de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,51 +3719,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 52-56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grafton-Cardwell EE, Morse JG, Haviland DR &amp; Faber BA (2020) Citrus Pest Management Guidelines: Citrus thrips. UCIPM guidelines. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215669989d16a9aa8" w:history="1">
+      <w:hyperlink r:id="rId919469b36689e63aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4108,51 +4108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513169989d16a9d5b" w:history="1">
+      <w:hyperlink r:id="rId858869b36689e667e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4218,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285469989d16a9e19" w:history="1">
+      <w:hyperlink r:id="rId893169b36689e673a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4337,63 +4337,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77597709" name="name433269989d16aa0c7" descr="eu_funding_250.png"/>
+            <wp:docPr id="92203076" name="name474669b36689e686f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId612869989d16aa0c5" cstate="print"/>
+                    <a:blip r:embed="rId762969b36689e686e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85504679">
+  <w:abstractNum w:abstractNumId="55016220">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14931766">
+    <w:lvl w:ilvl="0" w:tplc="15073974">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14931766" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15073974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85504678">
+  <w:abstractNum w:abstractNumId="55016219">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84490830">
+    <w:lvl w:ilvl="0" w:tplc="75496665">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85504678">
-    <w:abstractNumId w:val="85504678"/>
+  <w:num w:numId="55016219">
+    <w:abstractNumId w:val="55016219"/>
   </w:num>
-  <w:num w:numId="85504679">
-    <w:abstractNumId w:val="85504679"/>
+  <w:num w:numId="55016220">
+    <w:abstractNumId w:val="55016220"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId873267966" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId719608191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690269989d16a65bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId527469989d16a6623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId189369989d16a6c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId107869989d16a94e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId799669989d16a965f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId660569989d16a9772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId955969989d16a97cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId120869989d16a9996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId215669989d16a9aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId513169989d16a9d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId285469989d16a9e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId491769989d16a6b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491769989d16a6b1e.jpg"/><Relationship Id="rId889569989d16a7cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId889569989d16a7cb8.jpg"/><Relationship Id="rId612869989d16aa0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612869989d16aa0c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId908767218" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId502296081" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId504269b36689e346a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/" TargetMode="External"/><Relationship Id="rId721869b36689e34d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/categorization" TargetMode="External"/><Relationship Id="rId206369b36689e3e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITCI/photos" TargetMode="External"/><Relationship Id="rId441169b36689e5e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.awe.gov.au/biosecurity-trade/policy/risk-analysis/group-pest-risk-analyses/group-pra-thrips-orthotospoviruses" TargetMode="External"/><Relationship Id="rId541369b36689e600e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5189" TargetMode="External"/><Relationship Id="rId912269b36689e60b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId182069b36689e612c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/datasheet" TargetMode="External"/><Relationship Id="rId967669b36689e61de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId919469b36689e63aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/citrus/citrus-thrips/" TargetMode="External"/><Relationship Id="rId858869b36689e667e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId893169b36689e673a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId177769b36689e3d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177769b36689e3d36.jpg"/><Relationship Id="rId908669b36689e501c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId908669b36689e501c.jpg"/><Relationship Id="rId762969b36689e686e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId762969b36689e686e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>