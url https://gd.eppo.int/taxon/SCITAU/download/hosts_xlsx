--- v0 (2025-10-09)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SCITAU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CIDSI</t>
   </si>
   <si>
     <t>Citrus x aurantium var. sinensis</t>
   </si>
   <si>
     <t>* Rafter MA, Walter GH (2013) Mate recognition in the South African citrus thrips Scirtothrips aurantii (Faure) and cross-mating tests with populations from Australia and South Africa. Journal of Insect Behaviour, 26, 780-795
 ------- confirmed host. 
 * Freebairn C (2008) South African citrus thrips in Australia – identity, pest status and control. Final Report: CT03022, Horticultural Australia Ltd., 202 pp.
@@ -369,50 +369,59 @@
 ------- confirmed host. </t>
   </si>
   <si>
     <t>MUBPA</t>
   </si>
   <si>
     <t>Musa x paradisiaca</t>
   </si>
   <si>
     <t>* Mound LA, Palmer JM (1981) Identification, distribution and host-plants of the pest species of Scirtothrips (Thysanoptera: Thripidae). Bulletin of Entomological Research 71, 467-479.
 * Nasseh OM, Mughni AAA (1990) Efficacy of chemical and natural insecticides for suppression of Scirtothrips aurantii (Faure) (Thripidae - Thysanoptera) causing banana fruit spotting disease in the Yemen Arab Republic. In: Proceedings, Integrated Pest Management in Tropical and Subtropical Cropping Systems, Frankfurt, 1990, pp. 749-756. Deutsche Landwirtschaftsgesellschaft, Frankfurt am Main, Germany</t>
   </si>
   <si>
     <t>MYMSS</t>
   </si>
   <si>
     <t>Myoporum sp.</t>
   </si>
   <si>
     <t>MYVCO</t>
   </si>
   <si>
     <t>Myrtus communis</t>
   </si>
   <si>
+    <t>OLVEU</t>
+  </si>
+  <si>
+    <t>Olea europaea</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-12)</t>
+  </si>
+  <si>
     <t>PEBAM</t>
   </si>
   <si>
     <t>Persea americana</t>
   </si>
   <si>
     <t>* Bara GT, Laing MD (2019) Determination of the natural host status of avocado fruit to pestiferous thrips (Thysanoptera: Thripidae) in KwaZulu-Natal, South Africa. African Entomology, 27(1), 245-253 https://doi.org/10.4001/003.027.0245
 ------- confirmed host
 * NPPO of Portugal (2024) Lista de vegetais hospedeiros de Scirtothrips aurantii Faure.  https://www.dgav.pt/wp-content/uploads/2024/03/Lista-de-hospedeiros-S.aurantii_marco24.pdf</t>
   </si>
   <si>
     <t>PRNPS</t>
   </si>
   <si>
     <t>Prunus persica</t>
   </si>
   <si>
     <t>PUNGR</t>
   </si>
   <si>
     <t>Punica granatum</t>
   </si>
   <si>
     <t>RIICO</t>
   </si>
@@ -425,50 +434,60 @@
 * Mound LA, Palmer JM (1981) Identification, distribution and host-plants of the pest species of Scirtothrips (Thysanoptera: Thripidae). Bulletin of Entomological Research 71, 467-479.
 * Freebairn C (2008) South African citrus thrips in Australia – identity, pest status and control. Final Report: CT03022, Horticultural Australia Ltd., 202 pp.
 ------- considered as very poor host in experiments.</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
     <t>Rosa sp.</t>
   </si>
   <si>
     <t>1RUBG</t>
   </si>
   <si>
     <t>Rubus</t>
   </si>
   <si>
     <t>* NPPO of Spain. EPPO Reporting Service 2021/008. Available at https://gd.eppo.int/reporting/article-6947.
 ------- detected on blaclberry during official surveys.</t>
   </si>
   <si>
     <t>RUBID</t>
   </si>
   <si>
     <t>Rubus idaeus</t>
+  </si>
+  <si>
+    <t>RMSOF</t>
+  </si>
+  <si>
+    <t>Salvia rosmarinus</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-12)
+----larvae found during post-import monitoring inspection</t>
   </si>
   <si>
     <t>1VACG</t>
   </si>
   <si>
     <t>Vaccinium</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
   <si>
     <t>* Dubois B, Quilici S (1999) Etude préliminaire de l’évolution des populations de Scirtothrips aurantii Faure sur vigne à l’île de la Réunion. Fruits, 54(1), 67-78. Available at https://revues.cirad.fr/index.php/fruits/article/view/35648
 * Garms BW, Mound LA, Schellhorn NA (2013) Polyphagy in the Australian population of South African citrus thrips (Scirtothrips aurantii Faure). Australian Journal of Entomology, 52, 282-289. 
 ------- in laboratory experiments.</t>
   </si>
   <si>
     <t>CJFMI</t>
   </si>
   <si>
     <t>x Citrofortunella microcarpa</t>
   </si>
   <si>
@@ -830,51 +849,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D54"/>
+  <dimension ref="A1:D56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="476.455" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1423,219 +1442,247 @@
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>46</v>
       </c>
       <c r="B41" t="s">
         <v>110</v>
       </c>
       <c r="C41" t="s">
         <v>111</v>
       </c>
       <c r="D41" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>46</v>
       </c>
       <c r="B42" t="s">
         <v>113</v>
       </c>
       <c r="C42" t="s">
         <v>114</v>
       </c>
       <c r="D42" t="s">
-        <v>64</v>
+        <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C43" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D43" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>46</v>
       </c>
       <c r="B44" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C44" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D44" t="s">
-        <v>119</v>
+        <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>46</v>
       </c>
       <c r="B45" t="s">
         <v>120</v>
       </c>
       <c r="C45" t="s">
         <v>121</v>
       </c>
       <c r="D45" t="s">
-        <v>64</v>
+        <v>122</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C46" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D46" t="s">
-        <v>124</v>
+        <v>64</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>125</v>
       </c>
       <c r="C47" t="s">
         <v>126</v>
       </c>
       <c r="D47" t="s">
-        <v>84</v>
+        <v>127</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>46</v>
       </c>
       <c r="B48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C48" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D48" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>46</v>
       </c>
       <c r="B49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C49" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D49" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>46</v>
       </c>
       <c r="B50" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C50" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D50" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>46</v>
+      </c>
+      <c r="B51" t="s">
         <v>135</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>136</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>135</v>
+        <v>46</v>
       </c>
       <c r="B52" t="s">
+        <v>138</v>
+      </c>
+      <c r="C52" t="s">
         <v>139</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B53" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C53" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D53" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B54" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C54" t="s">
+        <v>146</v>
+      </c>
+      <c r="D54" t="s">
         <v>144</v>
       </c>
-      <c r="D54" t="s">
-        <v>138</v>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>141</v>
+      </c>
+      <c r="B55" t="s">
+        <v>147</v>
+      </c>
+      <c r="C55" t="s">
+        <v>148</v>
+      </c>
+      <c r="D55" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>141</v>
+      </c>
+      <c r="B56" t="s">
+        <v>149</v>
+      </c>
+      <c r="C56" t="s">
+        <v>150</v>
+      </c>
+      <c r="D56" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">