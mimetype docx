--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South African citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467668e0ea4406b11" w:history="1">
+            <w:hyperlink r:id="rId381468fce1bda56f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId605768e0ea4406b79" w:history="1">
+            <w:hyperlink r:id="rId855768fce1bda57c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38120646" name="name185768e0ea44071ad" descr="14042.jpg"/>
+                  <wp:docPr id="69999568" name="name138768fce1bda5901" descr="14042.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14042.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId878168e0ea44071ab" cstate="print"/>
+                          <a:blip r:embed="rId866468fce1bda5900" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId585868e0ea44072db" w:history="1">
+            <w:hyperlink r:id="rId762868fce1bda5a20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2006,63 +2006,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Africa, and the only records considered to be valid (i.e., supported by voucher specimens in an available collection) from outside this continent are from Australia and Yemen. In the EPPO region, it was first recorded in 2020 in Spain and then in Portugal, and in both countries it is under eradication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70626006" name="name760468e0ea4408f19" descr="SCITAU_distribution_map.jpg"/>
+            <wp:docPr id="35816367" name="name761568fce1bda7751" descr="SCITAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId268768e0ea4408f15" cstate="print"/>
+                    <a:blip r:embed="rId674668fce1bda774c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fungal Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 304-310. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105568e0ea440a6be" w:history="1">
+      <w:hyperlink r:id="rId511068fce1bda88d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2019.08.009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 245-253 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796568e0ea440a745" w:history="1">
+      <w:hyperlink r:id="rId483568fce1bda8960" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.027.0245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4389,51 +4389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 133-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796868e0ea440a7da" w:history="1">
+      <w:hyperlink r:id="rId603668fce1bda89f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.028.0133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4508,51 +4508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (South African citrus thrips). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362968e0ea440a89c" w:history="1">
+      <w:hyperlink r:id="rId311668fce1bda8ab4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/49061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4620,51 +4620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481868e0ea440a95a" w:history="1">
+      <w:hyperlink r:id="rId103368fce1bda8b68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revues.cirad.fr/index.php/fruits/article/view/35648</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4694,51 +4694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5188, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226368e0ea440a9dd" w:history="1">
+      <w:hyperlink r:id="rId661868fce1bda8be7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) EN‐1564, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429468e0ea440aa83" w:history="1">
+      <w:hyperlink r:id="rId793768fce1bda8c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4885,51 +4885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491368e0ea440ab14" w:history="1">
+      <w:hyperlink r:id="rId817668fce1bda8d1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5267,101 +5267,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195168e0ea440ad96" w:history="1">
+      <w:hyperlink r:id="rId413968fce1bda8fa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grout TG (2015) The status of citrus IPM in South Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no. 1065, 1091-1095. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857168e0ea440ade9" w:history="1">
+      <w:hyperlink r:id="rId290768fce1bda8ffd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2015.1065.137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350868e0ea440b2b1" w:history="1">
+      <w:hyperlink r:id="rId391668fce1bda94b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0013-8746(2008)101[491:RASOST]2.0.CO;2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6206,51 +6206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL (Central Science Laboratory), 8 pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449068e0ea440b397" w:history="1">
+      <w:hyperlink r:id="rId752468fce1bda9598" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6334,51 +6334,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moritz G, Brandt S, Triapitsyn S, Subramanian S (2013) Identification and information tools for pest thrips in East Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBIT Publishing, Queensland. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735168e0ea440b468" w:history="1">
+      <w:hyperlink r:id="rId883768fce1bda9668" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 353-358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832868e0ea440b4fc" w:history="1">
+      <w:hyperlink r:id="rId848368fce1bda96fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1326-6756.2004.00437.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6534,51 +6534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4079</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 388-392. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704468e0ea440b5ae" w:history="1">
+      <w:hyperlink r:id="rId912868fce1bda97a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4079.3.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6818,51 +6818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582468e0ea440b7d9" w:history="1">
+      <w:hyperlink r:id="rId384268fce1bda9971" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2007.09.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6908,51 +6908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 780-795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341868e0ea440b875" w:history="1">
+      <w:hyperlink r:id="rId805168fce1bda9a0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10905-013-9391-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1195-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761668e0ea440b8ea" w:history="1">
+      <w:hyperlink r:id="rId773168fce1bda9a83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.12096</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7204,51 +7204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417768e0ea440ba59" w:history="1">
+      <w:hyperlink r:id="rId776368fce1bda9bf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">iD – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fang &amp; Präparation, Larven. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117068e0ea440babe" w:history="1">
+      <w:hyperlink r:id="rId423068fce1bda9c5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7335,102 +7335,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 99-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222568e0ea440bb32" w:history="1">
+      <w:hyperlink r:id="rId946268fce1bda9cd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/22119434-900000294</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was extensively revised in 2021 by Manfred R. Ulitzka, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490068e0ea440bba9" w:history="1">
+      <w:hyperlink r:id="rId848568fce1bda9d27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Thrips-</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">iD</w:t>
@@ -7493,51 +7493,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159668e0ea440bc5f" w:history="1">
+      <w:hyperlink r:id="rId489768fce1bda9ddb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7612,63 +7612,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47765082" name="name793868e0ea440c228" descr="eu_funding_250.png"/>
+            <wp:docPr id="75817011" name="name280968fce1bda9f2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId983068e0ea440c223" cstate="print"/>
+                    <a:blip r:embed="rId746168fce1bda9f2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7766,137 +7766,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82472879">
+  <w:abstractNum w:abstractNumId="27264952">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30698456">
+    <w:lvl w:ilvl="0" w:tplc="80292094">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30698456" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80292094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82472878">
+  <w:abstractNum w:abstractNumId="27264951">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18852478">
+    <w:lvl w:ilvl="0" w:tplc="64260861">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8648,55 +8648,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82472878">
-    <w:abstractNumId w:val="82472878"/>
+  <w:num w:numId="27264951">
+    <w:abstractNumId w:val="27264951"/>
   </w:num>
-  <w:num w:numId="82472879">
-    <w:abstractNumId w:val="82472879"/>
+  <w:num w:numId="27264952">
+    <w:abstractNumId w:val="27264952"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20246,51 +20246,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId206182988" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId499391717" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId467668e0ea4406b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId605768e0ea4406b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId585868e0ea44072db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId105568e0ea440a6be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId796568e0ea440a745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId796868e0ea440a7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId362968e0ea440a89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId481868e0ea440a95a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId226368e0ea440a9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId429468e0ea440aa83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId491368e0ea440ab14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId195168e0ea440ad96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId857168e0ea440ade9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId350868e0ea440b2b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId449068e0ea440b397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId735168e0ea440b468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId832868e0ea440b4fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId704468e0ea440b5ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId582468e0ea440b7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId341868e0ea440b875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId761668e0ea440b8ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId417768e0ea440ba59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId117068e0ea440babe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId222568e0ea440bb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId490068e0ea440bba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId159668e0ea440bc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId878168e0ea44071ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId878168e0ea44071ab.jpg"/><Relationship Id="rId268768e0ea4408f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId268768e0ea4408f15.jpg"/><Relationship Id="rId983068e0ea440c223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983068e0ea440c223.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311173358" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId558199180" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId381468fce1bda56f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId855768fce1bda57c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId762868fce1bda5a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId511068fce1bda88d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId483568fce1bda8960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId603668fce1bda89f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId311668fce1bda8ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId103368fce1bda8b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId661868fce1bda8be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId793768fce1bda8c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId817668fce1bda8d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId413968fce1bda8fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId290768fce1bda8ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId391668fce1bda94b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId752468fce1bda9598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId883768fce1bda9668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId848368fce1bda96fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId912868fce1bda97a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId384268fce1bda9971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId805168fce1bda9a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId773168fce1bda9a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId776368fce1bda9bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId423068fce1bda9c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId946268fce1bda9cd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId848568fce1bda9d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId489768fce1bda9ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId866468fce1bda5900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866468fce1bda5900.jpg"/><Relationship Id="rId674668fce1bda774c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674668fce1bda774c.jpg"/><Relationship Id="rId746168fce1bda9f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746168fce1bda9f2e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>