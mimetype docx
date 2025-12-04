--- v1 (2025-10-25)
+++ v2 (2025-12-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South African citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381468fce1bda56f8" w:history="1">
+            <w:hyperlink r:id="rId3763693144e137e5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId855768fce1bda57c1" w:history="1">
+            <w:hyperlink r:id="rId3318693144e137ec6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69999568" name="name138768fce1bda5901" descr="14042.jpg"/>
+                  <wp:docPr id="88398765" name="name2469693144e137fc0" descr="14042.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14042.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId866468fce1bda5900" cstate="print"/>
+                          <a:blip r:embed="rId4973693144e137fbf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId762868fce1bda5a20" w:history="1">
+            <w:hyperlink r:id="rId5276693144e1380f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2006,63 +2006,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Africa, and the only records considered to be valid (i.e., supported by voucher specimens in an available collection) from outside this continent are from Australia and Yemen. In the EPPO region, it was first recorded in 2020 in Spain and then in Portugal, and in both countries it is under eradication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35816367" name="name761568fce1bda7751" descr="SCITAU_distribution_map.jpg"/>
+            <wp:docPr id="27103350" name="name5856693144e139df6" descr="SCITAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId674668fce1bda774c" cstate="print"/>
+                    <a:blip r:embed="rId2627693144e139df2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fungal Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 304-310. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511068fce1bda88d9" w:history="1">
+      <w:hyperlink r:id="rId6019693144e13b2b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2019.08.009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 245-253 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483568fce1bda8960" w:history="1">
+      <w:hyperlink r:id="rId2925693144e13b349" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.027.0245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4389,51 +4389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 133-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603668fce1bda89f3" w:history="1">
+      <w:hyperlink r:id="rId3106693144e13b3de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.028.0133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4508,51 +4508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (South African citrus thrips). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311668fce1bda8ab4" w:history="1">
+      <w:hyperlink r:id="rId6662693144e13b4d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/49061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4620,51 +4620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103368fce1bda8b68" w:history="1">
+      <w:hyperlink r:id="rId3148693144e13b5d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revues.cirad.fr/index.php/fruits/article/view/35648</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4694,51 +4694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5188, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661868fce1bda8be7" w:history="1">
+      <w:hyperlink r:id="rId2382693144e13b65d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) EN‐1564, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793768fce1bda8c8c" w:history="1">
+      <w:hyperlink r:id="rId5673693144e13b704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4885,51 +4885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817668fce1bda8d1c" w:history="1">
+      <w:hyperlink r:id="rId1290693144e13b797" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5267,101 +5267,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413968fce1bda8fa8" w:history="1">
+      <w:hyperlink r:id="rId7262693144e13ba91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grout TG (2015) The status of citrus IPM in South Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no. 1065, 1091-1095. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290768fce1bda8ffd" w:history="1">
+      <w:hyperlink r:id="rId9582693144e13bb49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2015.1065.137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391668fce1bda94b7" w:history="1">
+      <w:hyperlink r:id="rId4505693144e13c077" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0013-8746(2008)101[491:RASOST]2.0.CO;2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6206,51 +6206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL (Central Science Laboratory), 8 pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752468fce1bda9598" w:history="1">
+      <w:hyperlink r:id="rId9917693144e13c21a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6334,51 +6334,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moritz G, Brandt S, Triapitsyn S, Subramanian S (2013) Identification and information tools for pest thrips in East Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBIT Publishing, Queensland. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883768fce1bda9668" w:history="1">
+      <w:hyperlink r:id="rId7395693144e13c2f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 353-358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848368fce1bda96fa" w:history="1">
+      <w:hyperlink r:id="rId7208693144e13c3b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1326-6756.2004.00437.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6534,51 +6534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4079</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 388-392. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912868fce1bda97a9" w:history="1">
+      <w:hyperlink r:id="rId7331693144e13c465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4079.3.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6818,51 +6818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384268fce1bda9971" w:history="1">
+      <w:hyperlink r:id="rId3787693144e13c635" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2007.09.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6908,51 +6908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 780-795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805168fce1bda9a0c" w:history="1">
+      <w:hyperlink r:id="rId3802693144e13c6c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10905-013-9391-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1195-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773168fce1bda9a83" w:history="1">
+      <w:hyperlink r:id="rId4344693144e13c73a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.12096</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7204,51 +7204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776368fce1bda9bf8" w:history="1">
+      <w:hyperlink r:id="rId8031693144e13c962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">iD – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fang &amp; Präparation, Larven. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423068fce1bda9c5d" w:history="1">
+      <w:hyperlink r:id="rId2729693144e13c9ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7335,102 +7335,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 99-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946268fce1bda9cd1" w:history="1">
+      <w:hyperlink r:id="rId4128693144e13ca87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/22119434-900000294</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was extensively revised in 2021 by Manfred R. Ulitzka, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848568fce1bda9d27" w:history="1">
+      <w:hyperlink r:id="rId4729693144e13cae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Thrips-</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">iD</w:t>
@@ -7493,51 +7493,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489768fce1bda9ddb" w:history="1">
+      <w:hyperlink r:id="rId9174693144e13cbc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7612,63 +7612,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75817011" name="name280968fce1bda9f2f" descr="eu_funding_250.png"/>
+            <wp:docPr id="81779524" name="name6818693144e13cd0c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId746168fce1bda9f2e" cstate="print"/>
+                    <a:blip r:embed="rId2530693144e13cd0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7766,137 +7766,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27264952">
+  <w:abstractNum w:abstractNumId="73987595">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80292094">
+    <w:lvl w:ilvl="0" w:tplc="39575246">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80292094" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39575246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27264951">
+  <w:abstractNum w:abstractNumId="73987594">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64260861">
+    <w:lvl w:ilvl="0" w:tplc="35124098">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8648,55 +8648,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27264951">
-    <w:abstractNumId w:val="27264951"/>
+  <w:num w:numId="73987594">
+    <w:abstractNumId w:val="73987594"/>
   </w:num>
-  <w:num w:numId="27264952">
-    <w:abstractNumId w:val="27264952"/>
+  <w:num w:numId="73987595">
+    <w:abstractNumId w:val="73987595"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20246,51 +20246,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311173358" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId558199180" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId381468fce1bda56f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId855768fce1bda57c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId762868fce1bda5a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId511068fce1bda88d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId483568fce1bda8960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId603668fce1bda89f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId311668fce1bda8ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId103368fce1bda8b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId661868fce1bda8be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId793768fce1bda8c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId817668fce1bda8d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId413968fce1bda8fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId290768fce1bda8ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId391668fce1bda94b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId752468fce1bda9598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId883768fce1bda9668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId848368fce1bda96fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId912868fce1bda97a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId384268fce1bda9971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId805168fce1bda9a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId773168fce1bda9a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId776368fce1bda9bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId423068fce1bda9c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId946268fce1bda9cd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId848568fce1bda9d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId489768fce1bda9ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId866468fce1bda5900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866468fce1bda5900.jpg"/><Relationship Id="rId674668fce1bda774c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674668fce1bda774c.jpg"/><Relationship Id="rId746168fce1bda9f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746168fce1bda9f2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId225267678" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId720963858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3763693144e137e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId3318693144e137ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId5276693144e1380f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId6019693144e13b2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId2925693144e13b349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId3106693144e13b3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId6662693144e13b4d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId3148693144e13b5d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId2382693144e13b65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId5673693144e13b704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId1290693144e13b797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7262693144e13ba91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId9582693144e13bb49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId4505693144e13c077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId9917693144e13c21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId7395693144e13c2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId7208693144e13c3b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId7331693144e13c465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId3787693144e13c635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId3802693144e13c6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId4344693144e13c73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId8031693144e13c962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId2729693144e13c9ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId4128693144e13ca87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId4729693144e13cae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId9174693144e13cbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4973693144e137fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4973693144e137fbf.jpg"/><Relationship Id="rId2627693144e139df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2627693144e139df2.jpg"/><Relationship Id="rId2530693144e13cd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2530693144e13cd0b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>