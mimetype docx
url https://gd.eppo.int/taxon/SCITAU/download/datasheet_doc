--- v2 (2025-12-04)
+++ v3 (2025-12-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South African citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3763693144e137e5e" w:history="1">
+            <w:hyperlink r:id="rId6225695140d946fdc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3318693144e137ec6" w:history="1">
+            <w:hyperlink r:id="rId8034695140d947045" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88398765" name="name2469693144e137fc0" descr="14042.jpg"/>
+                  <wp:docPr id="50665582" name="name1925695140d94777b" descr="14042.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14042.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4973693144e137fbf" cstate="print"/>
+                          <a:blip r:embed="rId4996695140d947779" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5276693144e1380f8" w:history="1">
+            <w:hyperlink r:id="rId2656695140d947897" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2006,63 +2006,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Africa, and the only records considered to be valid (i.e., supported by voucher specimens in an available collection) from outside this continent are from Australia and Yemen. In the EPPO region, it was first recorded in 2020 in Spain and then in Portugal, and in both countries it is under eradication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27103350" name="name5856693144e139df6" descr="SCITAU_distribution_map.jpg"/>
+            <wp:docPr id="52483348" name="name4508695140d948f11" descr="SCITAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2627693144e139df2" cstate="print"/>
+                    <a:blip r:embed="rId7666695140d948f0d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fungal Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 304-310. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6019693144e13b2b8" w:history="1">
+      <w:hyperlink r:id="rId5361695140d949f26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2019.08.009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 245-253 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2925693144e13b349" w:history="1">
+      <w:hyperlink r:id="rId7301695140d949fa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.027.0245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4389,51 +4389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 133-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3106693144e13b3de" w:history="1">
+      <w:hyperlink r:id="rId4496695140d94a036" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.028.0133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4508,51 +4508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (South African citrus thrips). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6662693144e13b4d8" w:history="1">
+      <w:hyperlink r:id="rId4413695140d94a0f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/49061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4620,51 +4620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3148693144e13b5d6" w:history="1">
+      <w:hyperlink r:id="rId6824695140d94a1a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revues.cirad.fr/index.php/fruits/article/view/35648</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4694,51 +4694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5188, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2382693144e13b65d" w:history="1">
+      <w:hyperlink r:id="rId1979695140d94a224" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) EN‐1564, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5673693144e13b704" w:history="1">
+      <w:hyperlink r:id="rId4620695140d94a2c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4885,51 +4885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1290693144e13b797" w:history="1">
+      <w:hyperlink r:id="rId2672695140d94a362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5267,101 +5267,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7262693144e13ba91" w:history="1">
+      <w:hyperlink r:id="rId2459695140d94a60c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grout TG (2015) The status of citrus IPM in South Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no. 1065, 1091-1095. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9582693144e13bb49" w:history="1">
+      <w:hyperlink r:id="rId1079695140d94a661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2015.1065.137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4505693144e13c077" w:history="1">
+      <w:hyperlink r:id="rId3741695140d94aaf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0013-8746(2008)101[491:RASOST]2.0.CO;2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6206,51 +6206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL (Central Science Laboratory), 8 pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9917693144e13c21a" w:history="1">
+      <w:hyperlink r:id="rId9437695140d94abd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6334,51 +6334,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moritz G, Brandt S, Triapitsyn S, Subramanian S (2013) Identification and information tools for pest thrips in East Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBIT Publishing, Queensland. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7395693144e13c2f0" w:history="1">
+      <w:hyperlink r:id="rId7151695140d94aca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 353-358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7208693144e13c3b0" w:history="1">
+      <w:hyperlink r:id="rId5194695140d94ad31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1326-6756.2004.00437.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6534,51 +6534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4079</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 388-392. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7331693144e13c465" w:history="1">
+      <w:hyperlink r:id="rId7534695140d94addd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4079.3.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6818,51 +6818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3787693144e13c635" w:history="1">
+      <w:hyperlink r:id="rId9401695140d94afa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2007.09.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6908,51 +6908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 780-795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3802693144e13c6c7" w:history="1">
+      <w:hyperlink r:id="rId2675695140d94b034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10905-013-9391-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1195-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4344693144e13c73a" w:history="1">
+      <w:hyperlink r:id="rId2572695140d94b0af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.12096</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7204,51 +7204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8031693144e13c962" w:history="1">
+      <w:hyperlink r:id="rId5694695140d94b214" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">iD – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fang &amp; Präparation, Larven. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2729693144e13c9ca" w:history="1">
+      <w:hyperlink r:id="rId7781695140d94b275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7335,102 +7335,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 99-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4128693144e13ca87" w:history="1">
+      <w:hyperlink r:id="rId8109695140d94b420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/22119434-900000294</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was extensively revised in 2021 by Manfred R. Ulitzka, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4729693144e13cae4" w:history="1">
+      <w:hyperlink r:id="rId5228695140d94b488" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Thrips-</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">iD</w:t>
@@ -7493,51 +7493,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9174693144e13cbc7" w:history="1">
+      <w:hyperlink r:id="rId4807695140d94b53c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7612,63 +7612,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81779524" name="name6818693144e13cd0c" descr="eu_funding_250.png"/>
+            <wp:docPr id="97061803" name="name7893695140d94b659" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2530693144e13cd0b" cstate="print"/>
+                    <a:blip r:embed="rId4645695140d94b658" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7766,137 +7766,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73987595">
+  <w:abstractNum w:abstractNumId="24830983">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39575246">
+    <w:lvl w:ilvl="0" w:tplc="43077891">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39575246" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43077891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73987594">
+  <w:abstractNum w:abstractNumId="24830982">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35124098">
+    <w:lvl w:ilvl="0" w:tplc="68687731">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8648,55 +8648,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73987594">
-    <w:abstractNumId w:val="73987594"/>
+  <w:num w:numId="24830982">
+    <w:abstractNumId w:val="24830982"/>
   </w:num>
-  <w:num w:numId="73987595">
-    <w:abstractNumId w:val="73987595"/>
+  <w:num w:numId="24830983">
+    <w:abstractNumId w:val="24830983"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20246,51 +20246,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId225267678" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId720963858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3763693144e137e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId3318693144e137ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId5276693144e1380f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId6019693144e13b2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId2925693144e13b349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId3106693144e13b3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId6662693144e13b4d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId3148693144e13b5d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId2382693144e13b65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId5673693144e13b704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId1290693144e13b797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7262693144e13ba91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId9582693144e13bb49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId4505693144e13c077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId9917693144e13c21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId7395693144e13c2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId7208693144e13c3b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId7331693144e13c465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId3787693144e13c635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId3802693144e13c6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId4344693144e13c73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId8031693144e13c962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId2729693144e13c9ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId4128693144e13ca87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId4729693144e13cae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId9174693144e13cbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4973693144e137fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4973693144e137fbf.jpg"/><Relationship Id="rId2627693144e139df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2627693144e139df2.jpg"/><Relationship Id="rId2530693144e13cd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2530693144e13cd0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId495509319" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585611826" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6225695140d946fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId8034695140d947045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId2656695140d947897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId5361695140d949f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId7301695140d949fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId4496695140d94a036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId4413695140d94a0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId6824695140d94a1a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId1979695140d94a224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId4620695140d94a2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId2672695140d94a362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2459695140d94a60c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId1079695140d94a661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId3741695140d94aaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId9437695140d94abd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId7151695140d94aca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId5194695140d94ad31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId7534695140d94addd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId9401695140d94afa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId2675695140d94b034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId2572695140d94b0af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId5694695140d94b214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId7781695140d94b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId8109695140d94b420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId5228695140d94b488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId4807695140d94b53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4996695140d947779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4996695140d947779.jpg"/><Relationship Id="rId7666695140d948f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7666695140d948f0d.jpg"/><Relationship Id="rId4645695140d94b658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4645695140d94b658.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>