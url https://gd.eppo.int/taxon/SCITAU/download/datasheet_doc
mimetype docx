--- v3 (2025-12-28)
+++ v4 (2026-01-27)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South African citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6225695140d946fdc" w:history="1">
+            <w:hyperlink r:id="rId514169782bb8d2383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8034695140d947045" w:history="1">
+            <w:hyperlink r:id="rId675069782bb8d23fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50665582" name="name1925695140d94777b" descr="14042.jpg"/>
+                  <wp:docPr id="74737287" name="name724369782bb8d24b7" descr="14042.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14042.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4996695140d947779" cstate="print"/>
+                          <a:blip r:embed="rId704669782bb8d24b6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2656695140d947897" w:history="1">
+            <w:hyperlink r:id="rId712869782bb8d25af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2006,63 +2006,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Africa, and the only records considered to be valid (i.e., supported by voucher specimens in an available collection) from outside this continent are from Australia and Yemen. In the EPPO region, it was first recorded in 2020 in Spain and then in Portugal, and in both countries it is under eradication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52483348" name="name4508695140d948f11" descr="SCITAU_distribution_map.jpg"/>
+            <wp:docPr id="63153401" name="name776069782bb8d38d8" descr="SCITAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7666695140d948f0d" cstate="print"/>
+                    <a:blip r:embed="rId191769782bb8d38d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fungal Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 304-310. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5361695140d949f26" w:history="1">
+      <w:hyperlink r:id="rId986169782bb8d48e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2019.08.009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4299,51 +4299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 245-253 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7301695140d949fa6" w:history="1">
+      <w:hyperlink r:id="rId588369782bb8d496b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.027.0245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4389,51 +4389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 133-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4496695140d94a036" w:history="1">
+      <w:hyperlink r:id="rId445469782bb8d49fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.028.0133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4508,51 +4508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (South African citrus thrips). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4413695140d94a0f5" w:history="1">
+      <w:hyperlink r:id="rId952769782bb8d4ab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/49061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4620,51 +4620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6824695140d94a1a6" w:history="1">
+      <w:hyperlink r:id="rId452669782bb8d4b6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revues.cirad.fr/index.php/fruits/article/view/35648</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4694,51 +4694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5188, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1979695140d94a224" w:history="1">
+      <w:hyperlink r:id="rId383569782bb8d4be6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) EN‐1564, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4620695140d94a2c4" w:history="1">
+      <w:hyperlink r:id="rId404069782bb8d4c88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4885,51 +4885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2672695140d94a362" w:history="1">
+      <w:hyperlink r:id="rId396369782bb8d4d16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5267,101 +5267,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2459695140d94a60c" w:history="1">
+      <w:hyperlink r:id="rId233169782bb8d4ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grout TG (2015) The status of citrus IPM in South Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no. 1065, 1091-1095. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1079695140d94a661" w:history="1">
+      <w:hyperlink r:id="rId177969782bb8d504a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2015.1065.137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3741695140d94aaf8" w:history="1">
+      <w:hyperlink r:id="rId912969782bb8d54ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0013-8746(2008)101[491:RASOST]2.0.CO;2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6206,51 +6206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL (Central Science Laboratory), 8 pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9437695140d94abd5" w:history="1">
+      <w:hyperlink r:id="rId651569782bb8d55cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6334,51 +6334,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moritz G, Brandt S, Triapitsyn S, Subramanian S (2013) Identification and information tools for pest thrips in East Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBIT Publishing, Queensland. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7151695140d94aca2" w:history="1">
+      <w:hyperlink r:id="rId654469782bb8d5698" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 353-358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5194695140d94ad31" w:history="1">
+      <w:hyperlink r:id="rId990069782bb8d5728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1326-6756.2004.00437.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6534,51 +6534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4079</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 388-392. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7534695140d94addd" w:history="1">
+      <w:hyperlink r:id="rId654269782bb8d57f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4079.3.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6818,51 +6818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9401695140d94afa8" w:history="1">
+      <w:hyperlink r:id="rId608069782bb8d59c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2007.09.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6908,51 +6908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 780-795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2675695140d94b034" w:history="1">
+      <w:hyperlink r:id="rId640369782bb8d5a53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10905-013-9391-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1195-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2572695140d94b0af" w:history="1">
+      <w:hyperlink r:id="rId401369782bb8d5ac3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.12096</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7204,51 +7204,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5694695140d94b214" w:history="1">
+      <w:hyperlink r:id="rId577369782bb8d5c27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">iD – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fang &amp; Präparation, Larven. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7781695140d94b275" w:history="1">
+      <w:hyperlink r:id="rId369469782bb8d5c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7335,102 +7335,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 99-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8109695140d94b420" w:history="1">
+      <w:hyperlink r:id="rId954169782bb8d5cfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/22119434-900000294</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was extensively revised in 2021 by Manfred R. Ulitzka, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5228695140d94b488" w:history="1">
+      <w:hyperlink r:id="rId515169782bb8d5d50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Thrips-</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">iD</w:t>
@@ -7471,73 +7471,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4807695140d94b53c" w:history="1">
+      <w:hyperlink r:id="rId566469782bb8d5e12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7612,63 +7612,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97061803" name="name7893695140d94b659" descr="eu_funding_250.png"/>
+            <wp:docPr id="82270882" name="name875469782bb8d5f2e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4645695140d94b658" cstate="print"/>
+                    <a:blip r:embed="rId421769782bb8d5f2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7766,137 +7766,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24830983">
+  <w:abstractNum w:abstractNumId="31788746">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43077891">
+    <w:lvl w:ilvl="0" w:tplc="86753578">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43077891" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86753578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24830982">
+  <w:abstractNum w:abstractNumId="31788745">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68687731">
+    <w:lvl w:ilvl="0" w:tplc="17719668">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8648,55 +8648,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24830982">
-    <w:abstractNumId w:val="24830982"/>
+  <w:num w:numId="31788745">
+    <w:abstractNumId w:val="31788745"/>
   </w:num>
-  <w:num w:numId="24830983">
-    <w:abstractNumId w:val="24830983"/>
+  <w:num w:numId="31788746">
+    <w:abstractNumId w:val="31788746"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20246,51 +20246,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId495509319" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585611826" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6225695140d946fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId8034695140d947045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId2656695140d947897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId5361695140d949f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId7301695140d949fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId4496695140d94a036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId4413695140d94a0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId6824695140d94a1a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId1979695140d94a224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId4620695140d94a2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId2672695140d94a362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2459695140d94a60c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId1079695140d94a661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId3741695140d94aaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId9437695140d94abd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId7151695140d94aca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId5194695140d94ad31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId7534695140d94addd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId9401695140d94afa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId2675695140d94b034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId2572695140d94b0af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId5694695140d94b214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId7781695140d94b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId8109695140d94b420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId5228695140d94b488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId4807695140d94b53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4996695140d947779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4996695140d947779.jpg"/><Relationship Id="rId7666695140d948f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7666695140d948f0d.jpg"/><Relationship Id="rId4645695140d94b658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4645695140d94b658.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId350734913" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId490349148" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId514169782bb8d2383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId675069782bb8d23fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId712869782bb8d25af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId986169782bb8d48e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId588369782bb8d496b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId445469782bb8d49fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId952769782bb8d4ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId452669782bb8d4b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId383569782bb8d4be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId404069782bb8d4c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId396369782bb8d4d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId233169782bb8d4ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId177969782bb8d504a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId912969782bb8d54ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId651569782bb8d55cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId654469782bb8d5698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId990069782bb8d5728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId654269782bb8d57f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId608069782bb8d59c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId640369782bb8d5a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId401369782bb8d5ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId577369782bb8d5c27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId369469782bb8d5c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId954169782bb8d5cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId515169782bb8d5d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId566469782bb8d5e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId704669782bb8d24b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704669782bb8d24b6.jpg"/><Relationship Id="rId191769782bb8d38d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191769782bb8d38d5.jpg"/><Relationship Id="rId421769782bb8d5f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId421769782bb8d5f2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>