--- v4 (2026-01-27)
+++ v5 (2026-02-16)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South African citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514169782bb8d2383" w:history="1">
+            <w:hyperlink r:id="rId76036992ee4b04c4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId675069782bb8d23fb" w:history="1">
+            <w:hyperlink r:id="rId25596992ee4b04cb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74737287" name="name724369782bb8d24b7" descr="14042.jpg"/>
+                  <wp:docPr id="49358811" name="name91356992ee4b05045" descr="14042.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14042.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId704669782bb8d24b6" cstate="print"/>
+                          <a:blip r:embed="rId92016992ee4b05043" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId712869782bb8d25af" w:history="1">
+            <w:hyperlink r:id="rId89786992ee4b05169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1708,50 +1708,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myrtus communis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Olea europaea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Persea americana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pithecellobium dulce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,50 +1869,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Salvia rosmarinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Senegalia polyacantha subsp. campylacantha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2006,105 +2046,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Africa, and the only records considered to be valid (i.e., supported by voucher specimens in an available collection) from outside this continent are from Australia and Yemen. In the EPPO region, it was first recorded in 2020 in Spain and then in Portugal, and in both countries it is under eradication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63153401" name="name776069782bb8d38d8" descr="SCITAU_distribution_map.jpg"/>
+            <wp:docPr id="92962278" name="name46806992ee4b067e3" descr="SCITAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId191769782bb8d38d5" cstate="print"/>
+                    <a:blip r:embed="rId49286992ee4b067e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Portugal (mainland, Madeira), Spain (mainland)</w:t>
+        <w:t xml:space="preserve"> Netherlands, Portugal (mainland, Madeira), Spain (mainland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angola, Cote d'Ivoire, Egypt, Eswatini, Ethiopia, Ghana, Kenya, Malawi, Mauritius, Nigeria, Reunion, South Africa, Sudan, Tanzania, United Republic of, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fungal Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 304-310. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986169782bb8d48e8" w:history="1">
+      <w:hyperlink r:id="rId76526992ee4b07931" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2019.08.009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4299,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 245-253 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588369782bb8d496b" w:history="1">
+      <w:hyperlink r:id="rId26746992ee4b079b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.027.0245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4389,51 +4429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 133-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445469782bb8d49fa" w:history="1">
+      <w:hyperlink r:id="rId60116992ee4b07a46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.028.0133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4508,51 +4548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (South African citrus thrips). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952769782bb8d4ab8" w:history="1">
+      <w:hyperlink r:id="rId43916992ee4b07b06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/49061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4620,51 +4660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452669782bb8d4b6b" w:history="1">
+      <w:hyperlink r:id="rId68146992ee4b07bba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revues.cirad.fr/index.php/fruits/article/view/35648</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4694,51 +4734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5188, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383569782bb8d4be6" w:history="1">
+      <w:hyperlink r:id="rId13096992ee4b07c36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4835,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) EN‐1564, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404069782bb8d4c88" w:history="1">
+      <w:hyperlink r:id="rId43246992ee4b07cf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4885,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396369782bb8d4d16" w:history="1">
+      <w:hyperlink r:id="rId67616992ee4b07d88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5267,101 +5307,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233169782bb8d4ff7" w:history="1">
+      <w:hyperlink r:id="rId66726992ee4b07feb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grout TG (2015) The status of citrus IPM in South Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no. 1065, 1091-1095. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177969782bb8d504a" w:history="1">
+      <w:hyperlink r:id="rId66146992ee4b0803d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2015.1065.137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6107,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912969782bb8d54ee" w:history="1">
+      <w:hyperlink r:id="rId64216992ee4b084fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0013-8746(2008)101[491:RASOST]2.0.CO;2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6206,51 +6246,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL (Central Science Laboratory), 8 pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId651569782bb8d55cc" w:history="1">
+      <w:hyperlink r:id="rId14906992ee4b085de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6334,51 +6374,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moritz G, Brandt S, Triapitsyn S, Subramanian S (2013) Identification and information tools for pest thrips in East Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBIT Publishing, Queensland. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654469782bb8d5698" w:history="1">
+      <w:hyperlink r:id="rId71946992ee4b086ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6424,51 +6464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 353-358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990069782bb8d5728" w:history="1">
+      <w:hyperlink r:id="rId16406992ee4b0873e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1326-6756.2004.00437.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6534,51 +6574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4079</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 388-392. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654269782bb8d57f3" w:history="1">
+      <w:hyperlink r:id="rId81496992ee4b087eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4079.3.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6818,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608069782bb8d59c2" w:history="1">
+      <w:hyperlink r:id="rId19916992ee4b089ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2007.09.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6908,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 780-795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640369782bb8d5a53" w:history="1">
+      <w:hyperlink r:id="rId81116992ee4b08a49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10905-013-9391-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1195-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401369782bb8d5ac3" w:history="1">
+      <w:hyperlink r:id="rId94996992ee4b08aba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.12096</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7204,51 +7244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577369782bb8d5c27" w:history="1">
+      <w:hyperlink r:id="rId87436992ee4b08c21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">iD – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fang &amp; Präparation, Larven. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369469782bb8d5c89" w:history="1">
+      <w:hyperlink r:id="rId93566992ee4b08ca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7335,102 +7375,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 99-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954169782bb8d5cfa" w:history="1">
+      <w:hyperlink r:id="rId67756992ee4b08d16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/22119434-900000294</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was extensively revised in 2021 by Manfred R. Ulitzka, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515169782bb8d5d50" w:history="1">
+      <w:hyperlink r:id="rId85476992ee4b08d6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Thrips-</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">iD</w:t>
@@ -7493,51 +7533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566469782bb8d5e12" w:history="1">
+      <w:hyperlink r:id="rId38826992ee4b08e22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7612,63 +7652,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82270882" name="name875469782bb8d5f2e" descr="eu_funding_250.png"/>
+            <wp:docPr id="23749587" name="name10866992ee4b08fdf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId421769782bb8d5f2d" cstate="print"/>
+                    <a:blip r:embed="rId85616992ee4b08fdd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7766,137 +7806,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31788746">
+  <w:abstractNum w:abstractNumId="17480921">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86753578">
+    <w:lvl w:ilvl="0" w:tplc="50828244">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86753578" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50828244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31788745">
+  <w:abstractNum w:abstractNumId="17480920">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17719668">
+    <w:lvl w:ilvl="0" w:tplc="54981401">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8648,55 +8688,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31788745">
-    <w:abstractNumId w:val="31788745"/>
+  <w:num w:numId="17480920">
+    <w:abstractNumId w:val="17480920"/>
   </w:num>
-  <w:num w:numId="31788746">
-    <w:abstractNumId w:val="31788746"/>
+  <w:num w:numId="17480921">
+    <w:abstractNumId w:val="17480921"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20246,51 +20286,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId350734913" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId490349148" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId514169782bb8d2383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId675069782bb8d23fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId712869782bb8d25af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId986169782bb8d48e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId588369782bb8d496b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId445469782bb8d49fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId952769782bb8d4ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId452669782bb8d4b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId383569782bb8d4be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId404069782bb8d4c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId396369782bb8d4d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId233169782bb8d4ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId177969782bb8d504a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId912969782bb8d54ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId651569782bb8d55cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId654469782bb8d5698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId990069782bb8d5728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId654269782bb8d57f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId608069782bb8d59c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId640369782bb8d5a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId401369782bb8d5ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId577369782bb8d5c27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId369469782bb8d5c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId954169782bb8d5cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId515169782bb8d5d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId566469782bb8d5e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId704669782bb8d24b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704669782bb8d24b6.jpg"/><Relationship Id="rId191769782bb8d38d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191769782bb8d38d5.jpg"/><Relationship Id="rId421769782bb8d5f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId421769782bb8d5f2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510681166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId869683234" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76036992ee4b04c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId25596992ee4b04cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId89786992ee4b05169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId76526992ee4b07931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId26746992ee4b079b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId60116992ee4b07a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId43916992ee4b07b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId68146992ee4b07bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId13096992ee4b07c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId43246992ee4b07cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId67616992ee4b07d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId66726992ee4b07feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId66146992ee4b0803d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId64216992ee4b084fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId14906992ee4b085de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId71946992ee4b086ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId16406992ee4b0873e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId81496992ee4b087eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId19916992ee4b089ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId81116992ee4b08a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId94996992ee4b08aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId87436992ee4b08c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId93566992ee4b08ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId67756992ee4b08d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId85476992ee4b08d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId38826992ee4b08e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92016992ee4b05043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92016992ee4b05043.jpg"/><Relationship Id="rId49286992ee4b067e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49286992ee4b067e1.jpg"/><Relationship Id="rId85616992ee4b08fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85616992ee4b08fdd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>