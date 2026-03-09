--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South African citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76036992ee4b04c4a" w:history="1">
+            <w:hyperlink r:id="rId368569ae5eb6b3d37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25596992ee4b04cb2" w:history="1">
+            <w:hyperlink r:id="rId645369ae5eb6b3db3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49358811" name="name91356992ee4b05045" descr="14042.jpg"/>
+                  <wp:docPr id="84862558" name="name357769ae5eb6b42e2" descr="14042.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14042.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId92016992ee4b05043" cstate="print"/>
+                          <a:blip r:embed="rId449969ae5eb6b42e0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId89786992ee4b05169" w:history="1">
+            <w:hyperlink r:id="rId973069ae5eb6b4440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2046,105 +2046,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Africa, and the only records considered to be valid (i.e., supported by voucher specimens in an available collection) from outside this continent are from Australia and Yemen. In the EPPO region, it was first recorded in 2020 in Spain and then in Portugal, and in both countries it is under eradication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92962278" name="name46806992ee4b067e3" descr="SCITAU_distribution_map.jpg"/>
+            <wp:docPr id="32782623" name="name516869ae5eb6b60b9" descr="SCITAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49286992ee4b067e1" cstate="print"/>
+                    <a:blip r:embed="rId383169ae5eb6b60b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Netherlands, Portugal (mainland, Madeira), Spain (mainland)</w:t>
+        <w:t xml:space="preserve"> Italy (mainland), Netherlands, Portugal (mainland, Madeira), Spain (mainland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angola, Cote d'Ivoire, Egypt, Eswatini, Ethiopia, Ghana, Kenya, Malawi, Mauritius, Nigeria, Reunion, South Africa, Sudan, Tanzania, United Republic of, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fungal Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 304-310. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76526992ee4b07931" w:history="1">
+      <w:hyperlink r:id="rId855669ae5eb6b7126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2019.08.009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 245-253 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26746992ee4b079b5" w:history="1">
+      <w:hyperlink r:id="rId383169ae5eb6b71a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.027.0245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4429,51 +4429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 133-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60116992ee4b07a46" w:history="1">
+      <w:hyperlink r:id="rId934369ae5eb6b7237" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.028.0133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4548,51 +4548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (South African citrus thrips). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43916992ee4b07b06" w:history="1">
+      <w:hyperlink r:id="rId983669ae5eb6b72f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/49061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,51 +4660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68146992ee4b07bba" w:history="1">
+      <w:hyperlink r:id="rId680669ae5eb6b73a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revues.cirad.fr/index.php/fruits/article/view/35648</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4734,51 +4734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5188, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13096992ee4b07c36" w:history="1">
+      <w:hyperlink r:id="rId730669ae5eb6b7426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4835,51 +4835,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) EN‐1564, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43246992ee4b07cf3" w:history="1">
+      <w:hyperlink r:id="rId209769ae5eb6b74c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67616992ee4b07d88" w:history="1">
+      <w:hyperlink r:id="rId392569ae5eb6b7555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,101 +5307,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66726992ee4b07feb" w:history="1">
+      <w:hyperlink r:id="rId987869ae5eb6b77d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grout TG (2015) The status of citrus IPM in South Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no. 1065, 1091-1095. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66146992ee4b0803d" w:history="1">
+      <w:hyperlink r:id="rId724269ae5eb6b782e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2015.1065.137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6107,51 +6107,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64216992ee4b084fa" w:history="1">
+      <w:hyperlink r:id="rId757969ae5eb6b7d24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0013-8746(2008)101[491:RASOST]2.0.CO;2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6246,51 +6246,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL (Central Science Laboratory), 8 pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14906992ee4b085de" w:history="1">
+      <w:hyperlink r:id="rId211769ae5eb6b7e05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6374,51 +6374,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moritz G, Brandt S, Triapitsyn S, Subramanian S (2013) Identification and information tools for pest thrips in East Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBIT Publishing, Queensland. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71946992ee4b086ad" w:history="1">
+      <w:hyperlink r:id="rId409569ae5eb6b7ed2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6464,51 +6464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 353-358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16406992ee4b0873e" w:history="1">
+      <w:hyperlink r:id="rId418169ae5eb6b7f65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1326-6756.2004.00437.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6574,51 +6574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4079</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 388-392. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81496992ee4b087eb" w:history="1">
+      <w:hyperlink r:id="rId304269ae5eb6b8014" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4079.3.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19916992ee4b089ba" w:history="1">
+      <w:hyperlink r:id="rId117269ae5eb6b81de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2007.09.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 780-795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81116992ee4b08a49" w:history="1">
+      <w:hyperlink r:id="rId997369ae5eb6b827a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10905-013-9391-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1195-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94996992ee4b08aba" w:history="1">
+      <w:hyperlink r:id="rId399569ae5eb6b82ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.12096</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7244,51 +7244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87436992ee4b08c21" w:history="1">
+      <w:hyperlink r:id="rId811269ae5eb6b85b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7305,51 +7305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">iD – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fang &amp; Präparation, Larven. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93566992ee4b08ca2" w:history="1">
+      <w:hyperlink r:id="rId146769ae5eb6b8630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7375,102 +7375,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 99-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67756992ee4b08d16" w:history="1">
+      <w:hyperlink r:id="rId465369ae5eb6b86a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/22119434-900000294</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was extensively revised in 2021 by Manfred R. Ulitzka, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85476992ee4b08d6f" w:history="1">
+      <w:hyperlink r:id="rId491969ae5eb6b8704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Thrips-</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">iD</w:t>
@@ -7533,51 +7533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38826992ee4b08e22" w:history="1">
+      <w:hyperlink r:id="rId224669ae5eb6b87b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7652,63 +7652,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23749587" name="name10866992ee4b08fdf" descr="eu_funding_250.png"/>
+            <wp:docPr id="32471485" name="name315269ae5eb6b891a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85616992ee4b08fdd" cstate="print"/>
+                    <a:blip r:embed="rId468769ae5eb6b8919" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7806,137 +7806,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17480921">
+  <w:abstractNum w:abstractNumId="69240099">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50828244">
+    <w:lvl w:ilvl="0" w:tplc="31243416">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50828244" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31243416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17480920">
+  <w:abstractNum w:abstractNumId="69240098">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54981401">
+    <w:lvl w:ilvl="0" w:tplc="60164593">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8688,55 +8688,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17480920">
-    <w:abstractNumId w:val="17480920"/>
+  <w:num w:numId="69240098">
+    <w:abstractNumId w:val="69240098"/>
   </w:num>
-  <w:num w:numId="17480921">
-    <w:abstractNumId w:val="17480921"/>
+  <w:num w:numId="69240099">
+    <w:abstractNumId w:val="69240099"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20286,51 +20286,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510681166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId869683234" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76036992ee4b04c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId25596992ee4b04cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId89786992ee4b05169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId76526992ee4b07931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId26746992ee4b079b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId60116992ee4b07a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId43916992ee4b07b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId68146992ee4b07bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId13096992ee4b07c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId43246992ee4b07cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId67616992ee4b07d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId66726992ee4b07feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId66146992ee4b0803d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId64216992ee4b084fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId14906992ee4b085de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId71946992ee4b086ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId16406992ee4b0873e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId81496992ee4b087eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId19916992ee4b089ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId81116992ee4b08a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId94996992ee4b08aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId87436992ee4b08c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId93566992ee4b08ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId67756992ee4b08d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId85476992ee4b08d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId38826992ee4b08e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92016992ee4b05043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92016992ee4b05043.jpg"/><Relationship Id="rId49286992ee4b067e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49286992ee4b067e1.jpg"/><Relationship Id="rId85616992ee4b08fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85616992ee4b08fdd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId457698293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185594502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId368569ae5eb6b3d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId645369ae5eb6b3db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId973069ae5eb6b4440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId855669ae5eb6b7126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId383169ae5eb6b71a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId934369ae5eb6b7237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId983669ae5eb6b72f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId680669ae5eb6b73a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId730669ae5eb6b7426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId209769ae5eb6b74c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId392569ae5eb6b7555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId987869ae5eb6b77d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId724269ae5eb6b782e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId757969ae5eb6b7d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId211769ae5eb6b7e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId409569ae5eb6b7ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId418169ae5eb6b7f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId304269ae5eb6b8014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId117269ae5eb6b81de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId997369ae5eb6b827a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId399569ae5eb6b82ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId811269ae5eb6b85b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId146769ae5eb6b8630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId465369ae5eb6b86a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId491969ae5eb6b8704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId224669ae5eb6b87b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449969ae5eb6b42e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId449969ae5eb6b42e0.jpg"/><Relationship Id="rId383169ae5eb6b60b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId383169ae5eb6b60b5.jpg"/><Relationship Id="rId468769ae5eb6b8919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId468769ae5eb6b8919.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>