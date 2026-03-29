--- v6 (2026-03-09)
+++ v7 (2026-03-29)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Moulton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South African citrus thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368569ae5eb6b3d37" w:history="1">
+            <w:hyperlink r:id="rId445169c9844cea0cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId645369ae5eb6b3db3" w:history="1">
+            <w:hyperlink r:id="rId866669c9844cea135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCITAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84862558" name="name357769ae5eb6b42e2" descr="14042.jpg"/>
+                  <wp:docPr id="67377983" name="name707769c9844cea833" descr="14042.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14042.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId449969ae5eb6b42e0" cstate="print"/>
+                          <a:blip r:embed="rId749669c9844cea831" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId973069ae5eb6b4440" w:history="1">
+            <w:hyperlink r:id="rId922669c9844cea940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1048,50 +1048,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arachis hypogaea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Arbutus unedo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Asparagus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bauhinia galpinii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1348,50 +1368,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Combretum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Cydonia oblonga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dichrostachys cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diospyros kaki</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1428,50 +1468,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fortunella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Fragaria sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Fragaria x ananassa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gloriosa superba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1568,50 +1628,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalanchoe pinnata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Lycianthes rantonnetii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Macadamia integrifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malus domestica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,50 +1929,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rubus ulmifolius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2046,63 +2146,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Africa, and the only records considered to be valid (i.e., supported by voucher specimens in an available collection) from outside this continent are from Australia and Yemen. In the EPPO region, it was first recorded in 2020 in Spain and then in Portugal, and in both countries it is under eradication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32782623" name="name516869ae5eb6b60b9" descr="SCITAU_distribution_map.jpg"/>
+            <wp:docPr id="75787273" name="name334269c9844cec41e" descr="SCITAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCITAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId383169ae5eb6b60b5" cstate="print"/>
+                    <a:blip r:embed="rId510469c9844cec41a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4260,51 +4360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fungal Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 304-310. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855669ae5eb6b7126" w:history="1">
+      <w:hyperlink r:id="rId531369c9844ced522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2019.08.009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4339,51 +4439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 245-253 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383169ae5eb6b71a8" w:history="1">
+      <w:hyperlink r:id="rId323769c9844ced5aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.027.0245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4429,51 +4529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 133-141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934369ae5eb6b7237" w:history="1">
+      <w:hyperlink r:id="rId326269c9844ced63f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4001/003.028.0133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4548,51 +4648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (South African citrus thrips). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983669ae5eb6b72f7" w:history="1">
+      <w:hyperlink r:id="rId789969c9844ced72f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/49061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,51 +4760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680669ae5eb6b73a9" w:history="1">
+      <w:hyperlink r:id="rId441069c9844ced7e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revues.cirad.fr/index.php/fruits/article/view/35648</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4734,51 +4834,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 5188, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730669ae5eb6b7426" w:history="1">
+      <w:hyperlink r:id="rId163769c9844ced863" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4835,51 +4935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) EN‐1564, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209769ae5eb6b74c7" w:history="1">
+      <w:hyperlink r:id="rId913269c9844ced906" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4925,51 +5025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 353-356. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392569ae5eb6b7555" w:history="1">
+      <w:hyperlink r:id="rId987069c9844ced994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,101 +5407,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987869ae5eb6b77d9" w:history="1">
+      <w:hyperlink r:id="rId794169c9844cedc54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grout TG (2015) The status of citrus IPM in South Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no. 1065, 1091-1095. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724269ae5eb6b782e" w:history="1">
+      <w:hyperlink r:id="rId346869c9844cedca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2015.1065.137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6107,51 +6207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757969ae5eb6b7d24" w:history="1">
+      <w:hyperlink r:id="rId610369c9844cee17b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0013-8746(2008)101[491:RASOST]2.0.CO;2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6246,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL (Central Science Laboratory), 8 pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211769ae5eb6b7e05" w:history="1">
+      <w:hyperlink r:id="rId477169c9844cee269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6374,51 +6474,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moritz G, Brandt S, Triapitsyn S, Subramanian S (2013) Identification and information tools for pest thrips in East Africa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBIT Publishing, Queensland. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409569ae5eb6b7ed2" w:history="1">
+      <w:hyperlink r:id="rId811269c9844cee339" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6464,51 +6564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 353-358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418169ae5eb6b7f65" w:history="1">
+      <w:hyperlink r:id="rId198969c9844cee3ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1326-6756.2004.00437.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6574,51 +6674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4079</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 388-392. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304269ae5eb6b8014" w:history="1">
+      <w:hyperlink r:id="rId830069c9844cee491" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4079.3.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117269ae5eb6b81de" w:history="1">
+      <w:hyperlink r:id="rId648369c9844cee681" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2007.09.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +7048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 780-795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997369ae5eb6b827a" w:history="1">
+      <w:hyperlink r:id="rId164469c9844cee725" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10905-013-9391-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7018,51 +7118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1195-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399569ae5eb6b82ec" w:history="1">
+      <w:hyperlink r:id="rId321869c9844cee797" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.12096</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7244,51 +7344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811269ae5eb6b85b3" w:history="1">
+      <w:hyperlink r:id="rId517169c9844cee8fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://thrips.info/wiki/scirtothrips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7305,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">iD – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fang &amp; Präparation, Larven. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146769ae5eb6b8630" w:history="1">
+      <w:hyperlink r:id="rId887569c9844cee960" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7375,102 +7475,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 99-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465369ae5eb6b86a6" w:history="1">
+      <w:hyperlink r:id="rId264469c9844cee9d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/22119434-900000294</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was extensively revised in 2021 by Manfred R. Ulitzka, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491969ae5eb6b8704" w:history="1">
+      <w:hyperlink r:id="rId886669c9844ceea36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Thrips-</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">iD</w:t>
@@ -7533,51 +7633,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scirtothrips aurantii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224669ae5eb6b87b8" w:history="1">
+      <w:hyperlink r:id="rId360469c9844ceeafa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7652,63 +7752,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32471485" name="name315269ae5eb6b891a" descr="eu_funding_250.png"/>
+            <wp:docPr id="53445571" name="name408769c9844ceec17" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId468769ae5eb6b8919" cstate="print"/>
+                    <a:blip r:embed="rId822269c9844ceec16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7806,137 +7906,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69240099">
+  <w:abstractNum w:abstractNumId="56327663">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31243416">
+    <w:lvl w:ilvl="0" w:tplc="42650049">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31243416" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42650049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69240098">
+  <w:abstractNum w:abstractNumId="56327662">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60164593">
+    <w:lvl w:ilvl="0" w:tplc="68573410">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8688,55 +8788,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69240098">
-    <w:abstractNumId w:val="69240098"/>
+  <w:num w:numId="56327662">
+    <w:abstractNumId w:val="56327662"/>
   </w:num>
-  <w:num w:numId="69240099">
-    <w:abstractNumId w:val="69240099"/>
+  <w:num w:numId="56327663">
+    <w:abstractNumId w:val="56327663"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20286,51 +20386,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId457698293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185594502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId368569ae5eb6b3d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId645369ae5eb6b3db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId973069ae5eb6b4440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId855669ae5eb6b7126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId383169ae5eb6b71a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId934369ae5eb6b7237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId983669ae5eb6b72f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId680669ae5eb6b73a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId730669ae5eb6b7426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId209769ae5eb6b74c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId392569ae5eb6b7555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId987869ae5eb6b77d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId724269ae5eb6b782e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId757969ae5eb6b7d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId211769ae5eb6b7e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId409569ae5eb6b7ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId418169ae5eb6b7f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId304269ae5eb6b8014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId117269ae5eb6b81de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId997369ae5eb6b827a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId399569ae5eb6b82ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId811269ae5eb6b85b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId146769ae5eb6b8630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId465369ae5eb6b86a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId491969ae5eb6b8704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId224669ae5eb6b87b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449969ae5eb6b42e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId449969ae5eb6b42e0.jpg"/><Relationship Id="rId383169ae5eb6b60b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId383169ae5eb6b60b5.jpg"/><Relationship Id="rId468769ae5eb6b8919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId468769ae5eb6b8919.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId813355924" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557850794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId445169c9844cea0cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/" TargetMode="External"/><Relationship Id="rId866669c9844cea135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/categorization" TargetMode="External"/><Relationship Id="rId922669c9844cea940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCITAU/photos" TargetMode="External"/><Relationship Id="rId531369c9844ced522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2019.08.009" TargetMode="External"/><Relationship Id="rId323769c9844ced5aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.027.0245" TargetMode="External"/><Relationship Id="rId326269c9844ced63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4001/003.028.0133" TargetMode="External"/><Relationship Id="rId789969c9844ced72f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/49061" TargetMode="External"/><Relationship Id="rId441069c9844ced7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.cirad.fr/index.php/fruits/article/view/35648" TargetMode="External"/><Relationship Id="rId163769c9844ced863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5188" TargetMode="External"/><Relationship Id="rId913269c9844ced906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1564" TargetMode="External"/><Relationship Id="rId987069c9844ced994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId794169c9844cedc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey028" TargetMode="External"/><Relationship Id="rId346869c9844cedca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2015.1065.137" TargetMode="External"/><Relationship Id="rId610369c9844cee17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0013-8746(2008)101%5b491:RASOST%5d2.0.CO;2" TargetMode="External"/><Relationship Id="rId477169c9844cee269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3917" TargetMode="External"/><Relationship Id="rId811269c9844cee339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thripsnet.zoologie.uni-halle.de/key-server-neu/data/03030c05-030b-4107-880b-0a0a0702060d/media/Html/index.html" TargetMode="External"/><Relationship Id="rId198969c9844cee3ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1326-6756.2004.00437.x" TargetMode="External"/><Relationship Id="rId830069c9844cee491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4079.3.7" TargetMode="External"/><Relationship Id="rId648369c9844cee681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2007.09.011" TargetMode="External"/><Relationship Id="rId164469c9844cee725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10905-013-9391-7" TargetMode="External"/><Relationship Id="rId321869c9844cee797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.12096" TargetMode="External"/><Relationship Id="rId517169c9844cee8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thrips.info/wiki/scirtothrips" TargetMode="External"/><Relationship Id="rId887569c9844cee960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/de/sammlung/praeparation/#1483911720964-ae0d4a53-85fc" TargetMode="External"/><Relationship Id="rId264469c9844cee9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/22119434-900000294" TargetMode="External"/><Relationship Id="rId886669c9844ceea36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thrips-id.com/" TargetMode="External"/><Relationship Id="rId360469c9844ceeafa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId749669c9844cea831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId749669c9844cea831.jpg"/><Relationship Id="rId510469c9844cec41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId510469c9844cec41a.jpg"/><Relationship Id="rId822269c9844ceec16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId822269c9844ceec16.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>