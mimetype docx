--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId544968e095ba057f5" w:history="1">
+            <w:hyperlink r:id="rId972668fc38f9856c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431068e095ba0585e" w:history="1">
+            <w:hyperlink r:id="rId223368fc38f985731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40856104" name="name907068e095ba05931" descr="1495.jpg"/>
+                  <wp:docPr id="42038796" name="name240168fc38f985821" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId628768e095ba05930" cstate="print"/>
+                          <a:blip r:embed="rId753868fc38f985820" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId745968e095ba05a1d" w:history="1">
+            <w:hyperlink r:id="rId776068fc38f985933" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,63 +2567,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33793438" name="name485368e095ba075e3" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="21083938" name="name141668fc38f9874a2" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId955868e095ba075e0" cstate="print"/>
+                    <a:blip r:embed="rId343368fc38f98749f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145068e095ba092bc" w:history="1">
+      <w:hyperlink r:id="rId152868fc38f9896a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942068e095ba0937e" w:history="1">
+      <w:hyperlink r:id="rId114568fc38f98976d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188568e095ba094a8" w:history="1">
+      <w:hyperlink r:id="rId811068fc38f989894" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206068e095ba09549" w:history="1">
+      <w:hyperlink r:id="rId788168fc38f989935" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513868e095ba09e41" w:history="1">
+      <w:hyperlink r:id="rId756868fc38f989e49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181368e095ba09f18" w:history="1">
+      <w:hyperlink r:id="rId103468fc38f989edc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186368e095ba0a02d" w:history="1">
+      <w:hyperlink r:id="rId379668fc38f989f8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862468e095ba0a331" w:history="1">
+      <w:hyperlink r:id="rId325468fc38f98a26e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377968e095ba0a3cb" w:history="1">
+      <w:hyperlink r:id="rId372468fc38f98a303" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170968e095ba0a4f8" w:history="1">
+      <w:hyperlink r:id="rId721668fc38f98a3cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149568e095ba0a599" w:history="1">
+      <w:hyperlink r:id="rId991068fc38f98a46c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912968e095ba0a9ad" w:history="1">
+      <w:hyperlink r:id="rId115368fc38f98a9d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9712,51 +9712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124568e095ba0ac26" w:history="1">
+      <w:hyperlink r:id="rId406568fc38f98ac09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735768e095ba0ada0" w:history="1">
+      <w:hyperlink r:id="rId833668fc38f98ad8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92199921" name="name782268e095ba0ae14" descr="eu_funding_250.png"/>
+            <wp:docPr id="78079308" name="name761268fc38f98ae41" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId707068e095ba0ae13" cstate="print"/>
+                    <a:blip r:embed="rId986568fc38f98ae40" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23954698">
+  <w:abstractNum w:abstractNumId="97340445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89811438">
+    <w:lvl w:ilvl="0" w:tplc="57011894">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89811438" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57011894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23954697">
+  <w:abstractNum w:abstractNumId="97340444">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61479031">
+    <w:lvl w:ilvl="0" w:tplc="34229962">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23954697">
-    <w:abstractNumId w:val="23954697"/>
+  <w:num w:numId="97340444">
+    <w:abstractNumId w:val="97340444"/>
   </w:num>
-  <w:num w:numId="23954698">
-    <w:abstractNumId w:val="23954698"/>
+  <w:num w:numId="97340445">
+    <w:abstractNumId w:val="97340445"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233891322" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId234355956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId544968e095ba057f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId431068e095ba0585e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId745968e095ba05a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId145068e095ba092bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId942068e095ba0937e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId188568e095ba094a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId206068e095ba09549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId513868e095ba09e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId181368e095ba09f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId186368e095ba0a02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId862468e095ba0a331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId377968e095ba0a3cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId170968e095ba0a4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId149568e095ba0a599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId912968e095ba0a9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId124568e095ba0ac26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId735768e095ba0ada0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId628768e095ba05930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId628768e095ba05930.jpg"/><Relationship Id="rId955868e095ba075e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId955868e095ba075e0.jpg"/><Relationship Id="rId707068e095ba0ae13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId707068e095ba0ae13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483803144" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId369493625" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId972668fc38f9856c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId223368fc38f985731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId776068fc38f985933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId152868fc38f9896a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId114568fc38f98976d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId811068fc38f989894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId788168fc38f989935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId756868fc38f989e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId103468fc38f989edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId379668fc38f989f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId325468fc38f98a26e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId372468fc38f98a303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId721668fc38f98a3cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId991068fc38f98a46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId115368fc38f98a9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId406568fc38f98ac09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId833668fc38f98ad8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId753868fc38f985820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId753868fc38f985820.jpg"/><Relationship Id="rId343368fc38f98749f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId343368fc38f98749f.jpg"/><Relationship Id="rId986568fc38f98ae40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986568fc38f98ae40.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>