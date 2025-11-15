--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId972668fc38f9856c0" w:history="1">
+            <w:hyperlink r:id="rId662069188db6861d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223368fc38f985731" w:history="1">
+            <w:hyperlink r:id="rId272069188db68623e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42038796" name="name240168fc38f985821" descr="1495.jpg"/>
+                  <wp:docPr id="33020378" name="name513069188db686aa7" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId753868fc38f985820" cstate="print"/>
+                          <a:blip r:embed="rId224369188db686aa5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId776068fc38f985933" w:history="1">
+            <w:hyperlink r:id="rId888469188db686bba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,63 +2567,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21083938" name="name141668fc38f9874a2" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="53825079" name="name267369188db68876a" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId343368fc38f98749f" cstate="print"/>
+                    <a:blip r:embed="rId214069188db688767" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152868fc38f9896a7" w:history="1">
+      <w:hyperlink r:id="rId264869188db68a440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114568fc38f98976d" w:history="1">
+      <w:hyperlink r:id="rId423569188db68a500" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811068fc38f989894" w:history="1">
+      <w:hyperlink r:id="rId267369188db68a619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788168fc38f989935" w:history="1">
+      <w:hyperlink r:id="rId547269188db68a6be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756868fc38f989e49" w:history="1">
+      <w:hyperlink r:id="rId816769188db68aba6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103468fc38f989edc" w:history="1">
+      <w:hyperlink r:id="rId934369188db68ac37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId379668fc38f989f8d" w:history="1">
+      <w:hyperlink r:id="rId293369188db68ace8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325468fc38f98a26e" w:history="1">
+      <w:hyperlink r:id="rId705069188db68af76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372468fc38f98a303" w:history="1">
+      <w:hyperlink r:id="rId463069188db68b005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721668fc38f98a3cd" w:history="1">
+      <w:hyperlink r:id="rId628969188db68b0c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991068fc38f98a46c" w:history="1">
+      <w:hyperlink r:id="rId110069188db68b15b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115368fc38f98a9d4" w:history="1">
+      <w:hyperlink r:id="rId496669188db68b45a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9712,51 +9712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406568fc38f98ac09" w:history="1">
+      <w:hyperlink r:id="rId162869188db68b652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833668fc38f98ad8c" w:history="1">
+      <w:hyperlink r:id="rId449569188db68b7c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78079308" name="name761268fc38f98ae41" descr="eu_funding_250.png"/>
+            <wp:docPr id="17081595" name="name812669188db68b85e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId986568fc38f98ae40" cstate="print"/>
+                    <a:blip r:embed="rId358469188db68b85d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97340445">
+  <w:abstractNum w:abstractNumId="26680074">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57011894">
+    <w:lvl w:ilvl="0" w:tplc="19740853">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57011894" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19740853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97340444">
+  <w:abstractNum w:abstractNumId="26680073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34229962">
+    <w:lvl w:ilvl="0" w:tplc="21097425">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97340444">
-    <w:abstractNumId w:val="97340444"/>
+  <w:num w:numId="26680073">
+    <w:abstractNumId w:val="26680073"/>
   </w:num>
-  <w:num w:numId="97340445">
-    <w:abstractNumId w:val="97340445"/>
+  <w:num w:numId="26680074">
+    <w:abstractNumId w:val="26680074"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483803144" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId369493625" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId972668fc38f9856c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId223368fc38f985731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId776068fc38f985933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId152868fc38f9896a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId114568fc38f98976d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId811068fc38f989894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId788168fc38f989935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId756868fc38f989e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId103468fc38f989edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId379668fc38f989f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId325468fc38f98a26e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId372468fc38f98a303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId721668fc38f98a3cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId991068fc38f98a46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId115368fc38f98a9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId406568fc38f98ac09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId833668fc38f98ad8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId753868fc38f985820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId753868fc38f985820.jpg"/><Relationship Id="rId343368fc38f98749f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId343368fc38f98749f.jpg"/><Relationship Id="rId986568fc38f98ae40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986568fc38f98ae40.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId555205994" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId408486566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId662069188db6861d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId272069188db68623e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId888469188db686bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId264869188db68a440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId423569188db68a500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId267369188db68a619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId547269188db68a6be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId816769188db68aba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId934369188db68ac37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId293369188db68ace8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId705069188db68af76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId463069188db68b005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId628969188db68b0c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId110069188db68b15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId496669188db68b45a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId162869188db68b652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449569188db68b7c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId224369188db686aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId224369188db686aa5.jpg"/><Relationship Id="rId214069188db688767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214069188db688767.jpg"/><Relationship Id="rId358469188db68b85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358469188db68b85d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>