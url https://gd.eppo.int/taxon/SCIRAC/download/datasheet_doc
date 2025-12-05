--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId662069188db6861d4" w:history="1">
+            <w:hyperlink r:id="rId338869332e844fcac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272069188db68623e" w:history="1">
+            <w:hyperlink r:id="rId800669332e844fd27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33020378" name="name513069188db686aa7" descr="1495.jpg"/>
+                  <wp:docPr id="19949391" name="name990969332e844fe29" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId224369188db686aa5" cstate="print"/>
+                          <a:blip r:embed="rId420069332e844fe27" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId888469188db686bba" w:history="1">
+            <w:hyperlink r:id="rId818869332e844ff2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,63 +2567,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53825079" name="name267369188db68876a" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="79312849" name="name333869332e8451b4e" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId214069188db688767" cstate="print"/>
+                    <a:blip r:embed="rId437469332e8451b4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264869188db68a440" w:history="1">
+      <w:hyperlink r:id="rId820869332e8453972" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423569188db68a500" w:history="1">
+      <w:hyperlink r:id="rId538969332e8453a3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267369188db68a619" w:history="1">
+      <w:hyperlink r:id="rId516069332e8453b5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547269188db68a6be" w:history="1">
+      <w:hyperlink r:id="rId189669332e8453bfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816769188db68aba6" w:history="1">
+      <w:hyperlink r:id="rId846769332e8454151" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934369188db68ac37" w:history="1">
+      <w:hyperlink r:id="rId810469332e84541e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293369188db68ace8" w:history="1">
+      <w:hyperlink r:id="rId983869332e84542a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705069188db68af76" w:history="1">
+      <w:hyperlink r:id="rId330269332e8454586" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463069188db68b005" w:history="1">
+      <w:hyperlink r:id="rId576369332e845463e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628969188db68b0c0" w:history="1">
+      <w:hyperlink r:id="rId334769332e8454700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId110069188db68b15b" w:history="1">
+      <w:hyperlink r:id="rId429769332e84547c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496669188db68b45a" w:history="1">
+      <w:hyperlink r:id="rId106769332e8454b03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9712,51 +9712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162869188db68b652" w:history="1">
+      <w:hyperlink r:id="rId604369332e8454d29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449569188db68b7c4" w:history="1">
+      <w:hyperlink r:id="rId277269332e8454ec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17081595" name="name812669188db68b85e" descr="eu_funding_250.png"/>
+            <wp:docPr id="58649747" name="name595569332e8454f76" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId358469188db68b85d" cstate="print"/>
+                    <a:blip r:embed="rId659669332e8454f75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26680074">
+  <w:abstractNum w:abstractNumId="22429874">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19740853">
+    <w:lvl w:ilvl="0" w:tplc="91117461">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19740853" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91117461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26680073">
+  <w:abstractNum w:abstractNumId="22429873">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21097425">
+    <w:lvl w:ilvl="0" w:tplc="26923137">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26680073">
-    <w:abstractNumId w:val="26680073"/>
+  <w:num w:numId="22429873">
+    <w:abstractNumId w:val="22429873"/>
   </w:num>
-  <w:num w:numId="26680074">
-    <w:abstractNumId w:val="26680074"/>
+  <w:num w:numId="22429874">
+    <w:abstractNumId w:val="22429874"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId555205994" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId408486566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId662069188db6861d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId272069188db68623e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId888469188db686bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId264869188db68a440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId423569188db68a500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId267369188db68a619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId547269188db68a6be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId816769188db68aba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId934369188db68ac37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId293369188db68ace8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId705069188db68af76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId463069188db68b005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId628969188db68b0c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId110069188db68b15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId496669188db68b45a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId162869188db68b652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449569188db68b7c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId224369188db686aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId224369188db686aa5.jpg"/><Relationship Id="rId214069188db688767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214069188db688767.jpg"/><Relationship Id="rId358469188db68b85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358469188db68b85d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815297366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776786589" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId338869332e844fcac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId800669332e844fd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId818869332e844ff2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId820869332e8453972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId538969332e8453a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId516069332e8453b5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId189669332e8453bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId846769332e8454151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId810469332e84541e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId983869332e84542a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId330269332e8454586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId576369332e845463e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId334769332e8454700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId429769332e84547c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId106769332e8454b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId604369332e8454d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId277269332e8454ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId420069332e844fe27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId420069332e844fe27.jpg"/><Relationship Id="rId437469332e8451b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId437469332e8451b4a.jpg"/><Relationship Id="rId659669332e8454f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659669332e8454f75.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>