--- v3 (2025-12-05)
+++ v4 (2025-12-25)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338869332e844fcac" w:history="1">
+            <w:hyperlink r:id="rId1064694dc16793986" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId800669332e844fd27" w:history="1">
+            <w:hyperlink r:id="rId1830694dc167939f0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19949391" name="name990969332e844fe29" descr="1495.jpg"/>
+                  <wp:docPr id="67405812" name="name4871694dc167941c4" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId420069332e844fe27" cstate="print"/>
+                          <a:blip r:embed="rId3353694dc167941c1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId818869332e844ff2f" w:history="1">
+            <w:hyperlink r:id="rId5012694dc167942e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,63 +2567,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79312849" name="name333869332e8451b4e" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="54113273" name="name9053694dc16795ebb" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId437469332e8451b4a" cstate="print"/>
+                    <a:blip r:embed="rId1235694dc16795eb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820869332e8453972" w:history="1">
+      <w:hyperlink r:id="rId1585694dc16797bc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538969332e8453a3f" w:history="1">
+      <w:hyperlink r:id="rId9389694dc16797c84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516069332e8453b5c" w:history="1">
+      <w:hyperlink r:id="rId6438694dc16797d9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189669332e8453bfe" w:history="1">
+      <w:hyperlink r:id="rId9233694dc16797e3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846769332e8454151" w:history="1">
+      <w:hyperlink r:id="rId4824694dc16798328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810469332e84541e3" w:history="1">
+      <w:hyperlink r:id="rId7280694dc167983b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983869332e84542a4" w:history="1">
+      <w:hyperlink r:id="rId5911694dc1679846b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330269332e8454586" w:history="1">
+      <w:hyperlink r:id="rId5304694dc16798716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576369332e845463e" w:history="1">
+      <w:hyperlink r:id="rId3879694dc167987a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334769332e8454700" w:history="1">
+      <w:hyperlink r:id="rId2070694dc16798865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429769332e84547c0" w:history="1">
+      <w:hyperlink r:id="rId5371694dc16798901" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106769332e8454b03" w:history="1">
+      <w:hyperlink r:id="rId8317694dc16798c56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9712,51 +9712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604369332e8454d29" w:history="1">
+      <w:hyperlink r:id="rId7463694dc16798e64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277269332e8454ec2" w:history="1">
+      <w:hyperlink r:id="rId2923694dc16798fd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58649747" name="name595569332e8454f76" descr="eu_funding_250.png"/>
+            <wp:docPr id="57516412" name="name5468694dc167993d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId659669332e8454f75" cstate="print"/>
+                    <a:blip r:embed="rId6826694dc167993d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22429874">
+  <w:abstractNum w:abstractNumId="31921386">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91117461">
+    <w:lvl w:ilvl="0" w:tplc="50883650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91117461" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50883650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22429873">
+  <w:abstractNum w:abstractNumId="31921385">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26923137">
+    <w:lvl w:ilvl="0" w:tplc="36900937">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22429873">
-    <w:abstractNumId w:val="22429873"/>
+  <w:num w:numId="31921385">
+    <w:abstractNumId w:val="31921385"/>
   </w:num>
-  <w:num w:numId="22429874">
-    <w:abstractNumId w:val="22429874"/>
+  <w:num w:numId="31921386">
+    <w:abstractNumId w:val="31921386"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815297366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776786589" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId338869332e844fcac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId800669332e844fd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId818869332e844ff2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId820869332e8453972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId538969332e8453a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId516069332e8453b5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId189669332e8453bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId846769332e8454151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId810469332e84541e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId983869332e84542a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId330269332e8454586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId576369332e845463e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId334769332e8454700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId429769332e84547c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId106769332e8454b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId604369332e8454d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId277269332e8454ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId420069332e844fe27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId420069332e844fe27.jpg"/><Relationship Id="rId437469332e8451b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId437469332e8451b4a.jpg"/><Relationship Id="rId659669332e8454f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659669332e8454f75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId897681526" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId190709319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1064694dc16793986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId1830694dc167939f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId5012694dc167942e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId1585694dc16797bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId9389694dc16797c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId6438694dc16797d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId9233694dc16797e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId4824694dc16798328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId7280694dc167983b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId5911694dc1679846b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId5304694dc16798716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId3879694dc167987a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId2070694dc16798865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId5371694dc16798901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId8317694dc16798c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId7463694dc16798e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2923694dc16798fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId3353694dc167941c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3353694dc167941c1.jpg"/><Relationship Id="rId1235694dc16795eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1235694dc16795eb8.jpg"/><Relationship Id="rId6826694dc167993d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6826694dc167993d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>