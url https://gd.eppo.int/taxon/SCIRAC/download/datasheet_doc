--- v4 (2025-12-25)
+++ v5 (2026-01-15)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1064694dc16793986" w:history="1">
+            <w:hyperlink r:id="rId6598696897788f621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1830694dc167939f0" w:history="1">
+            <w:hyperlink r:id="rId5641696897788f689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67405812" name="name4871694dc167941c4" descr="1495.jpg"/>
+                  <wp:docPr id="19808251" name="name4347696897788fc1c" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3353694dc167941c1" cstate="print"/>
+                          <a:blip r:embed="rId1308696897788fc1b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5012694dc167942e2" w:history="1">
+            <w:hyperlink r:id="rId8000696897788fd4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,63 +2567,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54113273" name="name9053694dc16795ebb" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="28551817" name="name6533696897789155c" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1235694dc16795eb8" cstate="print"/>
+                    <a:blip r:embed="rId53066968977891559" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1585694dc16797bc3" w:history="1">
+      <w:hyperlink r:id="rId42976968977893207" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9389694dc16797c84" w:history="1">
+      <w:hyperlink r:id="rId378269689778932c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6438694dc16797d9e" w:history="1">
+      <w:hyperlink r:id="rId145669689778933e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9233694dc16797e3c" w:history="1">
+      <w:hyperlink r:id="rId6927696897789347e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4824694dc16798328" w:history="1">
+      <w:hyperlink r:id="rId50556968977893975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7280694dc167983b9" w:history="1">
+      <w:hyperlink r:id="rId63566968977893a04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5911694dc1679846b" w:history="1">
+      <w:hyperlink r:id="rId44666968977893ab4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5304694dc16798716" w:history="1">
+      <w:hyperlink r:id="rId11126968977893d42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3879694dc167987a7" w:history="1">
+      <w:hyperlink r:id="rId32056968977893dd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2070694dc16798865" w:history="1">
+      <w:hyperlink r:id="rId14916968977893e8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5371694dc16798901" w:history="1">
+      <w:hyperlink r:id="rId44776968977893f28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8317694dc16798c56" w:history="1">
+      <w:hyperlink r:id="rId5908696897789422a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9690,73 +9690,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7463694dc16798e64" w:history="1">
+      <w:hyperlink r:id="rId30726968977894422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2923694dc16798fd8" w:history="1">
+      <w:hyperlink r:id="rId3509696897789459a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57516412" name="name5468694dc167993d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="31189107" name="name23476968977894639" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6826694dc167993d3" cstate="print"/>
+                    <a:blip r:embed="rId70646968977894637" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31921386">
+  <w:abstractNum w:abstractNumId="23618266">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50883650">
+    <w:lvl w:ilvl="0" w:tplc="48701882">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50883650" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48701882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31921385">
+  <w:abstractNum w:abstractNumId="23618265">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36900937">
+    <w:lvl w:ilvl="0" w:tplc="70688513">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31921385">
-    <w:abstractNumId w:val="31921385"/>
+  <w:num w:numId="23618265">
+    <w:abstractNumId w:val="23618265"/>
   </w:num>
-  <w:num w:numId="31921386">
-    <w:abstractNumId w:val="31921386"/>
+  <w:num w:numId="23618266">
+    <w:abstractNumId w:val="23618266"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId897681526" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId190709319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1064694dc16793986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId1830694dc167939f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId5012694dc167942e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId1585694dc16797bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId9389694dc16797c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId6438694dc16797d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId9233694dc16797e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId4824694dc16798328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId7280694dc167983b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId5911694dc1679846b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId5304694dc16798716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId3879694dc167987a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId2070694dc16798865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId5371694dc16798901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId8317694dc16798c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId7463694dc16798e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2923694dc16798fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId3353694dc167941c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3353694dc167941c1.jpg"/><Relationship Id="rId1235694dc16795eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1235694dc16795eb8.jpg"/><Relationship Id="rId6826694dc167993d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6826694dc167993d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480044316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581517449" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6598696897788f621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId5641696897788f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId8000696897788fd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId42976968977893207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId378269689778932c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId145669689778933e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId6927696897789347e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId50556968977893975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId63566968977893a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId44666968977893ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId11126968977893d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId32056968977893dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId14916968977893e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId44776968977893f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId5908696897789422a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId30726968977894422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3509696897789459a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId1308696897788fc1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1308696897788fc1b.jpg"/><Relationship Id="rId53066968977891559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53066968977891559.jpg"/><Relationship Id="rId70646968977894637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70646968977894637.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>