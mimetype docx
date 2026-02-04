--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6598696897788f621" w:history="1">
+            <w:hyperlink r:id="rId237169838c0974b87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -482,53 +482,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5641696897788f689" w:history="1">
+            <w:hyperlink r:id="rId265969838c0974bf0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19808251" name="name4347696897788fc1c" descr="1495.jpg"/>
+                  <wp:docPr id="85806267" name="name732869838c0975401" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1308696897788fc1b" cstate="print"/>
+                          <a:blip r:embed="rId221969838c09753ff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8000696897788fd4d" w:history="1">
+            <w:hyperlink r:id="rId470469838c097551e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,105 +2567,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28551817" name="name6533696897789155c" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="98655835" name="name824469838c0976f65" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53066968977891559" cstate="print"/>
+                    <a:blip r:embed="rId651069838c0976f62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Bulgaria, Croatia, Czechia, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Latvia, Lithuania, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Southern Russia), Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Bulgaria, Croatia, Czechia, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Latvia, Lithuania, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia, Southern Russia), Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Fujian, Guangdong, Guangxi, Jiangsu, Jiangxi, Zhejiang), Japan (Honshu, Kyushu), Korea, Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42976968977893207" w:history="1">
+      <w:hyperlink r:id="rId329069838c0978c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378269689778932c7" w:history="1">
+      <w:hyperlink r:id="rId154569838c0978cf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145669689778933e1" w:history="1">
+      <w:hyperlink r:id="rId782269838c0978ee4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6927696897789347e" w:history="1">
+      <w:hyperlink r:id="rId266169838c0978f87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50556968977893975" w:history="1">
+      <w:hyperlink r:id="rId346769838c0979496" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63566968977893a04" w:history="1">
+      <w:hyperlink r:id="rId864169838c0979529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44666968977893ab4" w:history="1">
+      <w:hyperlink r:id="rId135069838c09795dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11126968977893d42" w:history="1">
+      <w:hyperlink r:id="rId119369838c0979877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32056968977893dd2" w:history="1">
+      <w:hyperlink r:id="rId846869838c097990a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14916968977893e8d" w:history="1">
+      <w:hyperlink r:id="rId120069838c09799c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44776968977893f28" w:history="1">
+      <w:hyperlink r:id="rId735369838c0979a65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5908696897789422a" w:history="1">
+      <w:hyperlink r:id="rId778669838c0979d60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9712,51 +9712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30726968977894422" w:history="1">
+      <w:hyperlink r:id="rId213969838c0979f6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3509696897789459a" w:history="1">
+      <w:hyperlink r:id="rId980669838c097a0fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31189107" name="name23476968977894639" descr="eu_funding_250.png"/>
+            <wp:docPr id="43859215" name="name538869838c097a1a3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70646968977894637" cstate="print"/>
+                    <a:blip r:embed="rId505169838c097a1a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23618266">
+  <w:abstractNum w:abstractNumId="53862362">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48701882">
+    <w:lvl w:ilvl="0" w:tplc="49388875">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48701882" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49388875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23618265">
+  <w:abstractNum w:abstractNumId="53862361">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70688513">
+    <w:lvl w:ilvl="0" w:tplc="51274177">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23618265">
-    <w:abstractNumId w:val="23618265"/>
+  <w:num w:numId="53862361">
+    <w:abstractNumId w:val="53862361"/>
   </w:num>
-  <w:num w:numId="23618266">
-    <w:abstractNumId w:val="23618266"/>
+  <w:num w:numId="53862362">
+    <w:abstractNumId w:val="53862362"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480044316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581517449" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6598696897788f621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId5641696897788f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId8000696897788fd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId42976968977893207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId378269689778932c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId145669689778933e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId6927696897789347e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId50556968977893975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId63566968977893a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId44666968977893ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId11126968977893d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId32056968977893dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId14916968977893e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId44776968977893f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId5908696897789422a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId30726968977894422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3509696897789459a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId1308696897788fc1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1308696897788fc1b.jpg"/><Relationship Id="rId53066968977891559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53066968977891559.jpg"/><Relationship Id="rId70646968977894637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70646968977894637.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId853944726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId129037583" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId237169838c0974b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId265969838c0974bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId470469838c097551e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId329069838c0978c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId154569838c0978cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId782269838c0978ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId266169838c0978f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId346769838c0979496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId864169838c0979529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId135069838c09795dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId119369838c0979877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId846869838c097990a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId120069838c09799c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId735369838c0979a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId778669838c0979d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId213969838c0979f6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId980669838c097a0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId221969838c09753ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId221969838c09753ff.jpg"/><Relationship Id="rId651069838c0976f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId651069838c0976f62.jpg"/><Relationship Id="rId505169838c097a1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505169838c097a1a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>