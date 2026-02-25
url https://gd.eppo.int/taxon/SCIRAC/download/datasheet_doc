--- v6 (2026-02-04)
+++ v7 (2026-02-25)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237169838c0974b87" w:history="1">
+            <w:hyperlink r:id="rId5163699e50a579dd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265969838c0974bf0" w:history="1">
+            <w:hyperlink r:id="rId8837699e50a579e42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85806267" name="name732869838c0975401" descr="1495.jpg"/>
+                  <wp:docPr id="57214587" name="name9909699e50a579f01" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId221969838c09753ff" cstate="print"/>
+                          <a:blip r:embed="rId2511699e50a579f00" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId470469838c097551e" w:history="1">
+            <w:hyperlink r:id="rId8879699e50a57a032" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,63 +2567,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98655835" name="name824469838c0976f65" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="25262409" name="name2453699e50a57b50f" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId651069838c0976f62" cstate="print"/>
+                    <a:blip r:embed="rId8290699e50a57b50c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329069838c0978c2f" w:history="1">
+      <w:hyperlink r:id="rId1966699e50a57d234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154569838c0978cf4" w:history="1">
+      <w:hyperlink r:id="rId5684699e50a57d2f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782269838c0978ee4" w:history="1">
+      <w:hyperlink r:id="rId4386699e50a57d414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266169838c0978f87" w:history="1">
+      <w:hyperlink r:id="rId9385699e50a57d4b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346769838c0979496" w:history="1">
+      <w:hyperlink r:id="rId8168699e50a57d994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864169838c0979529" w:history="1">
+      <w:hyperlink r:id="rId1230699e50a57da24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135069838c09795dd" w:history="1">
+      <w:hyperlink r:id="rId9009699e50a57dad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119369838c0979877" w:history="1">
+      <w:hyperlink r:id="rId5762699e50a57dd80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846869838c097990a" w:history="1">
+      <w:hyperlink r:id="rId7374699e50a57de18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120069838c09799c8" w:history="1">
+      <w:hyperlink r:id="rId7671699e50a57dede" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735369838c0979a65" w:history="1">
+      <w:hyperlink r:id="rId3293699e50a57df9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778669838c0979d60" w:history="1">
+      <w:hyperlink r:id="rId1944699e50a57e2a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9712,51 +9712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213969838c0979f6d" w:history="1">
+      <w:hyperlink r:id="rId4834699e50a57e4b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId980669838c097a0fe" w:history="1">
+      <w:hyperlink r:id="rId4799699e50a57e62c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43859215" name="name538869838c097a1a3" descr="eu_funding_250.png"/>
+            <wp:docPr id="25796267" name="name1875699e50a57e6be" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId505169838c097a1a2" cstate="print"/>
+                    <a:blip r:embed="rId2623699e50a57e6bd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53862362">
+  <w:abstractNum w:abstractNumId="14292541">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49388875">
+    <w:lvl w:ilvl="0" w:tplc="46337263">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49388875" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46337263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53862361">
+  <w:abstractNum w:abstractNumId="14292540">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51274177">
+    <w:lvl w:ilvl="0" w:tplc="43709973">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53862361">
-    <w:abstractNumId w:val="53862361"/>
+  <w:num w:numId="14292540">
+    <w:abstractNumId w:val="14292540"/>
   </w:num>
-  <w:num w:numId="53862362">
-    <w:abstractNumId w:val="53862362"/>
+  <w:num w:numId="14292541">
+    <w:abstractNumId w:val="14292541"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId853944726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId129037583" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId237169838c0974b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId265969838c0974bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId470469838c097551e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId329069838c0978c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId154569838c0978cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId782269838c0978ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId266169838c0978f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId346769838c0979496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId864169838c0979529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId135069838c09795dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId119369838c0979877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId846869838c097990a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId120069838c09799c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId735369838c0979a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId778669838c0979d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId213969838c0979f6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId980669838c097a0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId221969838c09753ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId221969838c09753ff.jpg"/><Relationship Id="rId651069838c0976f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId651069838c0976f62.jpg"/><Relationship Id="rId505169838c097a1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505169838c097a1a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId485167792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895404013" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5163699e50a579dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId8837699e50a579e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId8879699e50a57a032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId1966699e50a57d234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId5684699e50a57d2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId4386699e50a57d414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId9385699e50a57d4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId8168699e50a57d994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId1230699e50a57da24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId9009699e50a57dad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId5762699e50a57dd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId7374699e50a57de18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId7671699e50a57dede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId3293699e50a57df9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId1944699e50a57e2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId4834699e50a57e4b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4799699e50a57e62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId2511699e50a579f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2511699e50a579f00.jpg"/><Relationship Id="rId8290699e50a57b50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8290699e50a57b50c.jpg"/><Relationship Id="rId2623699e50a57e6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2623699e50a57e6bd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>