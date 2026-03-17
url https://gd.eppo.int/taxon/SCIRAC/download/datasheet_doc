--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Dearness) Wolf &amp; Barbour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown spot needle blight, brown spot of pine, needle blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5163699e50a579dd9" w:history="1">
+            <w:hyperlink r:id="rId566169b8ca9622c3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8837699e50a579e42" w:history="1">
+            <w:hyperlink r:id="rId747869b8ca9622ca9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SCIRAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57214587" name="name9909699e50a579f01" descr="1495.jpg"/>
+                  <wp:docPr id="93798621" name="name636369b8ca962333c" descr="1495.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1495.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2511699e50a579f00" cstate="print"/>
+                          <a:blip r:embed="rId421669b8ca962333a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8879699e50a57a032" w:history="1">
+            <w:hyperlink r:id="rId427569b8ca9623447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2567,63 +2567,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25262409" name="name2453699e50a57b50f" descr="SCIRAC_distribution_map.jpg"/>
+            <wp:docPr id="54916462" name="name308069b8ca9624bc3" descr="SCIRAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SCIRAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8290699e50a57b50c" cstate="print"/>
+                    <a:blip r:embed="rId764669b8ca9624bbf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,522-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1966699e50a57d234" w:history="1">
+      <w:hyperlink r:id="rId701169b8ca962695c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-85-522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6955,51 +6955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5684699e50a57d2f8" w:history="1">
+      <w:hyperlink r:id="rId549669b8ca9626a1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/volume18.asp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7132,51 +7132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,161–165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4386699e50a57d414" w:history="1">
+      <w:hyperlink r:id="rId624969b8ca9626b37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-013-0256-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7231,51 +7231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1413–1425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9385699e50a57d4b1" w:history="1">
+      <w:hyperlink r:id="rId587669b8ca9626bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-15-0271-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8006,51 +8006,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Northeastern United States. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral Dissertations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2397. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8168699e50a57d994" w:history="1">
+      <w:hyperlink r:id="rId775769b8ca96270d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholars.unh.edu/dissertation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1230699e50a57da24" w:history="1">
+      <w:hyperlink r:id="rId711269b8ca962716d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-03-21-0060-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8206,51 +8206,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9009699e50a57dad5" w:history="1">
+      <w:hyperlink r:id="rId597569b8ca962721e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8619,51 +8619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5762699e50a57dd80" w:history="1">
+      <w:hyperlink r:id="rId121969b8ca96274b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0004-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7374699e50a57de18" w:history="1">
+      <w:hyperlink r:id="rId785569b8ca9627540" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12654</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8824,51 +8824,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piškur B, Ogris N, Benko-Beloglavec A, Kolšek M &amp; Jurc D (2019) Actions after finding quarantine fungus in Slovene forests - case of Soča river valley. In: Trdan S.(ed.). Lectures and papers presented at the 14th Slovenian Conference on Plant Protection with International Participation (Maribor, SI, 2019-03-05/06). Plant Protection Society of Slovenia, 86-91</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7671699e50a57dede" w:history="1">
+      <w:hyperlink r:id="rId625569b8ca96275fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed 16 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8923,51 +8923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3293699e50a57df9b" w:history="1">
+      <w:hyperlink r:id="rId773269b8ca9627697" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ndr2.12082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9399,51 +9399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1944699e50a57e2a9" w:history="1">
+      <w:hyperlink r:id="rId347069b8ca962798d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jof/37.1.13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 23 May 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9712,51 +9712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecanosticta acicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4834699e50a57e4b3" w:history="1">
+      <w:hyperlink r:id="rId504669b8ca9627b9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9947,90 +9947,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 99-105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4799699e50a57e62c" w:history="1">
+      <w:hyperlink r:id="rId765169b8ca9627d14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02456.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25796267" name="name1875699e50a57e6be" descr="eu_funding_250.png"/>
+            <wp:docPr id="62123259" name="name446769b8ca962817e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2623699e50a57e6bd" cstate="print"/>
+                    <a:blip r:embed="rId707669b8ca962817c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10128,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14292541">
+  <w:abstractNum w:abstractNumId="15031159">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46337263">
+    <w:lvl w:ilvl="0" w:tplc="78330784">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46337263" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78330784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14292540">
+  <w:abstractNum w:abstractNumId="15031158">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43709973">
+    <w:lvl w:ilvl="0" w:tplc="97472060">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11010,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14292540">
-    <w:abstractNumId w:val="14292540"/>
+  <w:num w:numId="15031158">
+    <w:abstractNumId w:val="15031158"/>
   </w:num>
-  <w:num w:numId="14292541">
-    <w:abstractNumId w:val="14292541"/>
+  <w:num w:numId="15031159">
+    <w:abstractNumId w:val="15031159"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22608,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId485167792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895404013" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5163699e50a579dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId8837699e50a579e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId8879699e50a57a032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId1966699e50a57d234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId5684699e50a57d2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId4386699e50a57d414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId9385699e50a57d4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId8168699e50a57d994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId1230699e50a57da24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId9009699e50a57dad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId5762699e50a57dd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId7374699e50a57de18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId7671699e50a57dede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId3293699e50a57df9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId1944699e50a57e2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId4834699e50a57e4b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4799699e50a57e62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId2511699e50a579f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2511699e50a579f00.jpg"/><Relationship Id="rId8290699e50a57b50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8290699e50a57b50c.jpg"/><Relationship Id="rId2623699e50a57e6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2623699e50a57e6bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId678372630" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId782151726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId566169b8ca9622c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/" TargetMode="External"/><Relationship Id="rId747869b8ca9622ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/categorization" TargetMode="External"/><Relationship Id="rId427569b8ca9623447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SCIRAC/photos" TargetMode="External"/><Relationship Id="rId701169b8ca962695c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-85-522" TargetMode="External"/><Relationship Id="rId549669b8ca9626a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/volume18.asp" TargetMode="External"/><Relationship Id="rId624969b8ca9626b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-013-0256-5" TargetMode="External"/><Relationship Id="rId587669b8ca9626bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-15-0271-R" TargetMode="External"/><Relationship Id="rId775769b8ca96270d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholars.unh.edu/dissertation/" TargetMode="External"/><Relationship Id="rId711269b8ca962716d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-03-21-0060-BR" TargetMode="External"/><Relationship Id="rId597569b8ca962721e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12650" TargetMode="External"/><Relationship Id="rId121969b8ca96274b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0004-8" TargetMode="External"/><Relationship Id="rId785569b8ca9627540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12654" TargetMode="External"/><Relationship Id="rId625569b8ca96275fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId773269b8ca9627697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ndr2.12082" TargetMode="External"/><Relationship Id="rId347069b8ca962798d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jof/37.1.13" TargetMode="External"/><Relationship Id="rId504669b8ca9627b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId765169b8ca9627d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02456.x" TargetMode="External"/><Relationship Id="rId421669b8ca962333a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId421669b8ca962333a.jpg"/><Relationship Id="rId764669b8ca9624bbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764669b8ca9624bbf.jpg"/><Relationship Id="rId707669b8ca962817c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId707669b8ca962817c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>