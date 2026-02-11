--- v0 (2025-10-19)
+++ v1 (2026-02-11)
@@ -161,51 +161,51 @@
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>