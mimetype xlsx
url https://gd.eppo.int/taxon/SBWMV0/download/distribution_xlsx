--- v1 (2026-02-11)
+++ v2 (2026-03-03)
@@ -167,54 +167,54 @@
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -923,51 +923,51 @@
       <c r="D20" t="s">
         <v>50</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>50</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">