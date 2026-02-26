--- v0 (2025-10-22)
+++ v1 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SAXCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Salix)</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
@@ -150,50 +150,60 @@
   </si>
   <si>
     <t>* Yamada Y (1992) Spatio-temporal analysis of the population dynamics of the oriental moth, Monema flavescens (Lepidoptera: Limacodidae). Researcheson Population Ecology 34, 109–130
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>CHEIBR</t>
   </si>
   <si>
     <t>Operophtera brumata (as Salix)</t>
   </si>
   <si>
     <t>PRABMY</t>
   </si>
   <si>
     <t>Parabemisia myricae (as Salix)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Salix)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Salix)</t>
   </si>
   <si>
     <t>SCITCI</t>
   </si>
   <si>
     <t>Scirtothrips citri (as Salix)</t>
   </si>
   <si>
     <t>* Bailey SF (1964) A revision of the genus Scirtothrips Shull (Thysanoptera: Thripidae). Hilgardia 35, 329-362.
 ------- as "willow".</t>
   </si>
   <si>
     <t>SCOLSH</t>
   </si>
   <si>
     <t>Scolytus schevyrewi (as Salix)</t>
   </si>
   <si>
     <t>PRODPR</t>
@@ -587,51 +597,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D25"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -813,170 +823,184 @@
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>47</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>52</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>61</v>
       </c>
       <c r="C23" t="s">
         <v>62</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25" t="s">
         <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>63</v>
+      </c>
+      <c r="B26" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">