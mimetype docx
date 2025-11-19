--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Desvaux</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African payal, African pyle, Australian azolla, Kariba weed, aquarium watermoss, giant azolla, giant salvinia, salvinia moss, water fern, water spangles</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402568e6e77791add" w:history="1">
+            <w:hyperlink r:id="rId7579691d3eb6cd772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601168e6e77791b76" w:history="1">
+            <w:hyperlink r:id="rId2682691d3eb6cd7da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAVMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90311679" name="name722268e6e7779238c" descr="3464.jpg"/>
+                  <wp:docPr id="54343500" name="name5047691d3eb6cdec7" descr="3464.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3464.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId852368e6e7779238a" cstate="print"/>
+                          <a:blip r:embed="rId5026691d3eb6cdec5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId335968e6e777924bd" w:history="1">
+            <w:hyperlink r:id="rId2066691d3eb6cdfbd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84282402" name="name174868e6e777938cf" descr="SAVMO_distribution_map.jpg"/>
+            <wp:docPr id="82262967" name="name5212691d3eb6cee41" descr="SAVMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAVMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId597068e6e777938c7" cstate="print"/>
+                    <a:blip r:embed="rId9670691d3eb6cee3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3033,51 +3033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be sold with a warning label. This warning label informs customers about the risks associated with plant invasiveness, and provides instructions for ownership designed to reduce the risk of release of the plant to the environment (Verbrugge </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014). In Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437668e6e77794fa3" w:history="1">
+      <w:hyperlink r:id="rId5431691d3eb6cfd90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2013/08/03/ pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3150,92 +3150,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Control of the species in South Africa is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was speciﬁcally deﬁned as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923468e6e7779506f" w:history="1">
+      <w:hyperlink r:id="rId6547691d3eb6cfe58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(http:// www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is included on the Federal Noxious Weeds List (making it illegal in the US to import or transport the plant between states without a permit). State governments listing the species as an invasive species or noxious weed include Arizona, California, Colorado, Florida, Georgia, Louisiana, North and South Carolina, and Texas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId950668e6e777950b5" w:history="1">
+      <w:hyperlink r:id="rId4406691d3eb6cfe9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasivespeciesinfo.gov/ aquatics/salvinia.shtml#cit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; McFarland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3271,51 +3271,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Weeds Committee (2016) Noxious Weeds List. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758068e6e77795203" w:history="1">
+      <w:hyperlink r:id="rId7434691d3eb6cff1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3446,51 +3446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buccomino G, Buonﬁglio V &amp; Vinci M, (2010)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Salvinia molest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a D.S. Mitch.: considerazioni sulle misure di controllo e gestione della specie aliena invasiva nel Pozzo del Merro (Sant’Angelo Romano – Roma). Annali del Museo Civico di Rovereto 26. (in stampa) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964268e6e777953cb" w:history="1">
+      <w:hyperlink r:id="rId8290691d3eb6d0054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.actaplantarum.org/ﬂora/ﬂora.php </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3514,51 +3514,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Kariba weed). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730368e6e7779543f" w:history="1">
+      <w:hyperlink r:id="rId8622691d3eb6d00c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/ isc/datasheet/48447</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4097,90 +4097,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Salviniaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719268e6e77795812" w:history="1">
+      <w:hyperlink r:id="rId2230691d3eb6d0465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 14 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis Salvinia molesta. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471468e6e77795852" w:history="1">
+      <w:hyperlink r:id="rId8386691d3eb6d04a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4311,51 +4311,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73-78 (in Italian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEFD (2016) Florenlist von Deutschland – Gefäßpﬂanzen. Version 7 (August 2015). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982968e6e7779598b" w:history="1">
+      <w:hyperlink r:id="rId4820691d3eb6d05c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.kp-buttler.de/ﬂorenliste/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 May 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6240,51 +6240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643768e6e77796759" w:history="1">
+      <w:hyperlink r:id="rId4426691d3eb6d1222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 531-536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720368e6e77796825" w:history="1">
+      <w:hyperlink r:id="rId6307691d3eb6d12e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12428</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6491,137 +6491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25210995">
+  <w:abstractNum w:abstractNumId="14681239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29015213">
+    <w:lvl w:ilvl="0" w:tplc="70467337">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29015213" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70467337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25210994">
+  <w:abstractNum w:abstractNumId="14681238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86961188">
+    <w:lvl w:ilvl="0" w:tplc="32314068">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7373,55 +7373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25210994">
-    <w:abstractNumId w:val="25210994"/>
+  <w:num w:numId="14681238">
+    <w:abstractNumId w:val="14681238"/>
   </w:num>
-  <w:num w:numId="25210995">
-    <w:abstractNumId w:val="25210995"/>
+  <w:num w:numId="14681239">
+    <w:abstractNumId w:val="14681239"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18971,51 +18971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId714984000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId643958989" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId402568e6e77791add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId601168e6e77791b76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId335968e6e777924bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId437668e6e77794fa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId923468e6e7779506f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId950668e6e777950b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId758068e6e77795203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId964268e6e777953cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId730368e6e7779543f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId719268e6e77795812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId471468e6e77795852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId982968e6e7779598b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId643768e6e77796759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId720368e6e77796825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId852368e6e7779238a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId852368e6e7779238a.jpg"/><Relationship Id="rId597068e6e777938c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597068e6e777938c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId348478391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900990847" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7579691d3eb6cd772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId2682691d3eb6cd7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId2066691d3eb6cdfbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId5431691d3eb6cfd90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId6547691d3eb6cfe58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId4406691d3eb6cfe9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId7434691d3eb6cff1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId8290691d3eb6d0054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId8622691d3eb6d00c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId2230691d3eb6d0465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId8386691d3eb6d04a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId4820691d3eb6d05c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId4426691d3eb6d1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6307691d3eb6d12e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId5026691d3eb6cdec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5026691d3eb6cdec5.jpg"/><Relationship Id="rId9670691d3eb6cee3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9670691d3eb6cee3f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>