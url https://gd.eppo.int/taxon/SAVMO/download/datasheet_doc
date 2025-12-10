--- v1 (2025-11-19)
+++ v2 (2025-12-10)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Desvaux</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African payal, African pyle, Australian azolla, Kariba weed, aquarium watermoss, giant azolla, giant salvinia, salvinia moss, water fern, water spangles</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7579691d3eb6cd772" w:history="1">
+            <w:hyperlink r:id="rId7681693a03920191f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2682691d3eb6cd7da" w:history="1">
+            <w:hyperlink r:id="rId7219693a0392019c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAVMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54343500" name="name5047691d3eb6cdec7" descr="3464.jpg"/>
+                  <wp:docPr id="43436545" name="name4577693a0392021ef" descr="3464.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3464.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5026691d3eb6cdec5" cstate="print"/>
+                          <a:blip r:embed="rId8009693a0392021ec" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2066691d3eb6cdfbd" w:history="1">
+            <w:hyperlink r:id="rId3067693a03920235a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82262967" name="name5212691d3eb6cee41" descr="SAVMO_distribution_map.jpg"/>
+            <wp:docPr id="80585332" name="name2754693a039203650" descr="SAVMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAVMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9670691d3eb6cee3f" cstate="print"/>
+                    <a:blip r:embed="rId7090693a03920364d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3033,51 +3033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be sold with a warning label. This warning label informs customers about the risks associated with plant invasiveness, and provides instructions for ownership designed to reduce the risk of release of the plant to the environment (Verbrugge </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014). In Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5431691d3eb6cfd90" w:history="1">
+      <w:hyperlink r:id="rId6027693a03920675d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2013/08/03/ pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3150,92 +3150,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Control of the species in South Africa is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was speciﬁcally deﬁned as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6547691d3eb6cfe58" w:history="1">
+      <w:hyperlink r:id="rId5557693a03920682b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(http:// www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is included on the Federal Noxious Weeds List (making it illegal in the US to import or transport the plant between states without a permit). State governments listing the species as an invasive species or noxious weed include Arizona, California, Colorado, Florida, Georgia, Louisiana, North and South Carolina, and Texas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4406691d3eb6cfe9e" w:history="1">
+      <w:hyperlink r:id="rId5414693a039206870" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasivespeciesinfo.gov/ aquatics/salvinia.shtml#cit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; McFarland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3271,51 +3271,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Weeds Committee (2016) Noxious Weeds List. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7434691d3eb6cff1f" w:history="1">
+      <w:hyperlink r:id="rId2751693a0392068f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3446,51 +3446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buccomino G, Buonﬁglio V &amp; Vinci M, (2010)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Salvinia molest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a D.S. Mitch.: considerazioni sulle misure di controllo e gestione della specie aliena invasiva nel Pozzo del Merro (Sant’Angelo Romano – Roma). Annali del Museo Civico di Rovereto 26. (in stampa) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8290691d3eb6d0054" w:history="1">
+      <w:hyperlink r:id="rId5711693a039206a11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.actaplantarum.org/ﬂora/ﬂora.php </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3514,51 +3514,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Kariba weed). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8622691d3eb6d00c7" w:history="1">
+      <w:hyperlink r:id="rId2259693a039206a81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/ isc/datasheet/48447</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4097,90 +4097,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Salviniaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2230691d3eb6d0465" w:history="1">
+      <w:hyperlink r:id="rId5858693a039206e52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 14 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis Salvinia molesta. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8386691d3eb6d04a3" w:history="1">
+      <w:hyperlink r:id="rId3671693a039206e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4311,51 +4311,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73-78 (in Italian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEFD (2016) Florenlist von Deutschland – Gefäßpﬂanzen. Version 7 (August 2015). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4820691d3eb6d05c5" w:history="1">
+      <w:hyperlink r:id="rId3226693a039206fab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.kp-buttler.de/ﬂorenliste/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 May 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6240,51 +6240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4426691d3eb6d1222" w:history="1">
+      <w:hyperlink r:id="rId1586693a039207bd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 531-536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6307691d3eb6d12e5" w:history="1">
+      <w:hyperlink r:id="rId2908693a039207c98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12428</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6491,137 +6491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14681239">
+  <w:abstractNum w:abstractNumId="45567835">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70467337">
+    <w:lvl w:ilvl="0" w:tplc="13666647">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70467337" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13666647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14681238">
+  <w:abstractNum w:abstractNumId="45567834">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32314068">
+    <w:lvl w:ilvl="0" w:tplc="59228511">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7373,55 +7373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14681238">
-    <w:abstractNumId w:val="14681238"/>
+  <w:num w:numId="45567834">
+    <w:abstractNumId w:val="45567834"/>
   </w:num>
-  <w:num w:numId="14681239">
-    <w:abstractNumId w:val="14681239"/>
+  <w:num w:numId="45567835">
+    <w:abstractNumId w:val="45567835"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18971,51 +18971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId348478391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900990847" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7579691d3eb6cd772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId2682691d3eb6cd7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId2066691d3eb6cdfbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId5431691d3eb6cfd90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId6547691d3eb6cfe58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId4406691d3eb6cfe9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId7434691d3eb6cff1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId8290691d3eb6d0054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId8622691d3eb6d00c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId2230691d3eb6d0465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId8386691d3eb6d04a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId4820691d3eb6d05c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId4426691d3eb6d1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6307691d3eb6d12e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId5026691d3eb6cdec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5026691d3eb6cdec5.jpg"/><Relationship Id="rId9670691d3eb6cee3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9670691d3eb6cee3f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId663549872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621970866" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7681693a03920191f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId7219693a0392019c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId3067693a03920235a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId6027693a03920675d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId5557693a03920682b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId5414693a039206870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId2751693a0392068f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId5711693a039206a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId2259693a039206a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId5858693a039206e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId3671693a039206e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId3226693a039206fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId1586693a039207bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2908693a039207c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId8009693a0392021ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8009693a0392021ec.jpg"/><Relationship Id="rId7090693a03920364d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7090693a03920364d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>