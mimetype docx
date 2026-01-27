--- v2 (2025-12-10)
+++ v3 (2026-01-27)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Desvaux</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African payal, African pyle, Australian azolla, Kariba weed, aquarium watermoss, giant azolla, giant salvinia, salvinia moss, water fern, water spangles</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7681693a03920191f" w:history="1">
+            <w:hyperlink r:id="rId581469789e204e681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7219693a0392019c6" w:history="1">
+            <w:hyperlink r:id="rId860869789e204e6cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAVMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43436545" name="name4577693a0392021ef" descr="3464.jpg"/>
+                  <wp:docPr id="24120611" name="name310769789e204e9d4" descr="3464.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3464.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8009693a0392021ec" cstate="print"/>
+                          <a:blip r:embed="rId536069789e204e9d3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3067693a03920235a" w:history="1">
+            <w:hyperlink r:id="rId139369789e204eaa4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80585332" name="name2754693a039203650" descr="SAVMO_distribution_map.jpg"/>
+            <wp:docPr id="85313413" name="name434869789e204f724" descr="SAVMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAVMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7090693a03920364d" cstate="print"/>
+                    <a:blip r:embed="rId587269789e204f722" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3033,51 +3033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be sold with a warning label. This warning label informs customers about the risks associated with plant invasiveness, and provides instructions for ownership designed to reduce the risk of release of the plant to the environment (Verbrugge </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014). In Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6027693a03920675d" w:history="1">
+      <w:hyperlink r:id="rId806269789e20501a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2013/08/03/ pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3150,92 +3150,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Control of the species in South Africa is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was speciﬁcally deﬁned as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5557693a03920682b" w:history="1">
+      <w:hyperlink r:id="rId448769789e205023c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(http:// www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is included on the Federal Noxious Weeds List (making it illegal in the US to import or transport the plant between states without a permit). State governments listing the species as an invasive species or noxious weed include Arizona, California, Colorado, Florida, Georgia, Louisiana, North and South Carolina, and Texas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5414693a039206870" w:history="1">
+      <w:hyperlink r:id="rId280369789e205026d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasivespeciesinfo.gov/ aquatics/salvinia.shtml#cit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; McFarland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3271,51 +3271,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Weeds Committee (2016) Noxious Weeds List. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2751693a0392068f5" w:history="1">
+      <w:hyperlink r:id="rId880369789e20502ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3446,51 +3446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buccomino G, Buonﬁglio V &amp; Vinci M, (2010)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Salvinia molest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a D.S. Mitch.: considerazioni sulle misure di controllo e gestione della specie aliena invasiva nel Pozzo del Merro (Sant’Angelo Romano – Roma). Annali del Museo Civico di Rovereto 26. (in stampa) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5711693a039206a11" w:history="1">
+      <w:hyperlink r:id="rId909369789e2050393" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.actaplantarum.org/ﬂora/ﬂora.php </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3514,51 +3514,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Kariba weed). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2259693a039206a81" w:history="1">
+      <w:hyperlink r:id="rId763869789e20503e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/ isc/datasheet/48447</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4097,90 +4097,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Salviniaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5858693a039206e52" w:history="1">
+      <w:hyperlink r:id="rId563469789e205066d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 14 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis Salvinia molesta. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3671693a039206e92" w:history="1">
+      <w:hyperlink r:id="rId264269789e2050699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4311,51 +4311,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73-78 (in Italian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEFD (2016) Florenlist von Deutschland – Gefäßpﬂanzen. Version 7 (August 2015). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3226693a039206fab" w:history="1">
+      <w:hyperlink r:id="rId610769789e205075b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.kp-buttler.de/ﬂorenliste/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 May 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6218,73 +6218,73 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1586693a039207bd0" w:history="1">
+      <w:hyperlink r:id="rId329769789e2051020" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 531-536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2908693a039207c98" w:history="1">
+      <w:hyperlink r:id="rId318369789e20510b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12428</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6491,137 +6491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45567835">
+  <w:abstractNum w:abstractNumId="30603054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13666647">
+    <w:lvl w:ilvl="0" w:tplc="11560567">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13666647" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11560567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45567834">
+  <w:abstractNum w:abstractNumId="30603053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59228511">
+    <w:lvl w:ilvl="0" w:tplc="74254230">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7373,55 +7373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45567834">
-    <w:abstractNumId w:val="45567834"/>
+  <w:num w:numId="30603053">
+    <w:abstractNumId w:val="30603053"/>
   </w:num>
-  <w:num w:numId="45567835">
-    <w:abstractNumId w:val="45567835"/>
+  <w:num w:numId="30603054">
+    <w:abstractNumId w:val="30603054"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18971,51 +18971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId663549872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621970866" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7681693a03920191f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId7219693a0392019c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId3067693a03920235a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId6027693a03920675d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId5557693a03920682b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId5414693a039206870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId2751693a0392068f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId5711693a039206a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId2259693a039206a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId5858693a039206e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId3671693a039206e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId3226693a039206fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId1586693a039207bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2908693a039207c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId8009693a0392021ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8009693a0392021ec.jpg"/><Relationship Id="rId7090693a03920364d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7090693a03920364d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173187422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406883406" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId581469789e204e681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId860869789e204e6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId139369789e204eaa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId806269789e20501a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId448769789e205023c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId280369789e205026d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId880369789e20502ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId909369789e2050393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId763869789e20503e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId563469789e205066d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId264269789e2050699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId610769789e205075b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId329769789e2051020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId318369789e20510b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId536069789e204e9d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536069789e204e9d3.jpg"/><Relationship Id="rId587269789e204f722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId587269789e204f722.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>