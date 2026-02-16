--- v3 (2026-01-27)
+++ v4 (2026-02-16)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Desvaux</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African payal, African pyle, Australian azolla, Kariba weed, aquarium watermoss, giant azolla, giant salvinia, salvinia moss, water fern, water spangles</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581469789e204e681" w:history="1">
+            <w:hyperlink r:id="rId33836993a77b5cc9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId860869789e204e6cb" w:history="1">
+            <w:hyperlink r:id="rId37646993a77b5cd06" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAVMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24120611" name="name310769789e204e9d4" descr="3464.jpg"/>
+                  <wp:docPr id="98876469" name="name89366993a77b5ce2e" descr="3464.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3464.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId536069789e204e9d3" cstate="print"/>
+                          <a:blip r:embed="rId81466993a77b5ce2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId139369789e204eaa4" w:history="1">
+            <w:hyperlink r:id="rId37746993a77b5cf2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85313413" name="name434869789e204f724" descr="SAVMO_distribution_map.jpg"/>
+            <wp:docPr id="97115707" name="name12076993a77b5e073" descr="SAVMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAVMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId587269789e204f722" cstate="print"/>
+                    <a:blip r:embed="rId29946993a77b5e071" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3033,51 +3033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be sold with a warning label. This warning label informs customers about the risks associated with plant invasiveness, and provides instructions for ownership designed to reduce the risk of release of the plant to the environment (Verbrugge </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014). In Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806269789e20501a4" w:history="1">
+      <w:hyperlink r:id="rId19056993a77b5f276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2013/08/03/ pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3150,92 +3150,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Control of the species in South Africa is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was speciﬁcally deﬁned as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448769789e205023c" w:history="1">
+      <w:hyperlink r:id="rId62086993a77b5f33f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(http:// www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is included on the Federal Noxious Weeds List (making it illegal in the US to import or transport the plant between states without a permit). State governments listing the species as an invasive species or noxious weed include Arizona, California, Colorado, Florida, Georgia, Louisiana, North and South Carolina, and Texas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId280369789e205026d" w:history="1">
+      <w:hyperlink r:id="rId44836993a77b5f384" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasivespeciesinfo.gov/ aquatics/salvinia.shtml#cit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; McFarland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3271,51 +3271,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Weeds Committee (2016) Noxious Weeds List. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880369789e20502ca" w:history="1">
+      <w:hyperlink r:id="rId69506993a77b5f406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3446,51 +3446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buccomino G, Buonﬁglio V &amp; Vinci M, (2010)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Salvinia molest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a D.S. Mitch.: considerazioni sulle misure di controllo e gestione della specie aliena invasiva nel Pozzo del Merro (Sant’Angelo Romano – Roma). Annali del Museo Civico di Rovereto 26. (in stampa) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909369789e2050393" w:history="1">
+      <w:hyperlink r:id="rId24906993a77b5f549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.actaplantarum.org/ﬂora/ﬂora.php </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3514,51 +3514,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Kariba weed). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763869789e20503e2" w:history="1">
+      <w:hyperlink r:id="rId52716993a77b5f5bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/ isc/datasheet/48447</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4097,90 +4097,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Salviniaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563469789e205066d" w:history="1">
+      <w:hyperlink r:id="rId69896993a77b5f9b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 14 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis Salvinia molesta. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264269789e2050699" w:history="1">
+      <w:hyperlink r:id="rId64706993a77b5f9fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4311,51 +4311,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73-78 (in Italian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEFD (2016) Florenlist von Deutschland – Gefäßpﬂanzen. Version 7 (August 2015). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610769789e205075b" w:history="1">
+      <w:hyperlink r:id="rId87496993a77b5fb24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.kp-buttler.de/ﬂorenliste/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 May 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6240,51 +6240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329769789e2051020" w:history="1">
+      <w:hyperlink r:id="rId56276993a77b60842" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 531-536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318369789e20510b5" w:history="1">
+      <w:hyperlink r:id="rId28596993a77b6090a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12428</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6491,137 +6491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30603054">
+  <w:abstractNum w:abstractNumId="13436047">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11560567">
+    <w:lvl w:ilvl="0" w:tplc="23001379">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11560567" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23001379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30603053">
+  <w:abstractNum w:abstractNumId="13436046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74254230">
+    <w:lvl w:ilvl="0" w:tplc="75595418">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7373,55 +7373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30603053">
-    <w:abstractNumId w:val="30603053"/>
+  <w:num w:numId="13436046">
+    <w:abstractNumId w:val="13436046"/>
   </w:num>
-  <w:num w:numId="30603054">
-    <w:abstractNumId w:val="30603054"/>
+  <w:num w:numId="13436047">
+    <w:abstractNumId w:val="13436047"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18971,51 +18971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173187422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406883406" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId581469789e204e681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId860869789e204e6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId139369789e204eaa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId806269789e20501a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId448769789e205023c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId280369789e205026d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId880369789e20502ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId909369789e2050393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId763869789e20503e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId563469789e205066d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId264269789e2050699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId610769789e205075b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId329769789e2051020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId318369789e20510b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId536069789e204e9d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536069789e204e9d3.jpg"/><Relationship Id="rId587269789e204f722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId587269789e204f722.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688904263" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607910328" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33836993a77b5cc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId37646993a77b5cd06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId37746993a77b5cf2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId19056993a77b5f276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId62086993a77b5f33f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId44836993a77b5f384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId69506993a77b5f406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId24906993a77b5f549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId52716993a77b5f5bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId69896993a77b5f9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId64706993a77b5f9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId87496993a77b5fb24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId56276993a77b60842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28596993a77b6090a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId81466993a77b5ce2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81466993a77b5ce2c.jpg"/><Relationship Id="rId29946993a77b5e071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29946993a77b5e071.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>