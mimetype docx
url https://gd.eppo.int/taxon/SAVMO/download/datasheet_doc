--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Desvaux</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African payal, African pyle, Australian azolla, Kariba weed, aquarium watermoss, giant azolla, giant salvinia, salvinia moss, water fern, water spangles</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33836993a77b5cc9d" w:history="1">
+            <w:hyperlink r:id="rId744169ae9a84dd560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37646993a77b5cd06" w:history="1">
+            <w:hyperlink r:id="rId882469ae9a84dd5c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAVMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98876469" name="name89366993a77b5ce2e" descr="3464.jpg"/>
+                  <wp:docPr id="2753798" name="name525169ae9a84ddc5d" descr="3464.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3464.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81466993a77b5ce2c" cstate="print"/>
+                          <a:blip r:embed="rId638469ae9a84ddc5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId37746993a77b5cf2e" w:history="1">
+            <w:hyperlink r:id="rId750569ae9a84ddd62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97115707" name="name12076993a77b5e073" descr="SAVMO_distribution_map.jpg"/>
+            <wp:docPr id="68646677" name="name716669ae9a84dee49" descr="SAVMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAVMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29946993a77b5e071" cstate="print"/>
+                    <a:blip r:embed="rId411269ae9a84dee47" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1037,51 +1037,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Austria, Belgium, France (mainland, Corse, Mainland France), Germany, Israel, Italy (mainland, Mainland Italy), Netherlands, Portugal (mainland), Spain (Islas Canárias), Switzerland, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Benin, Botswana, Burkina Faso, Cameroon, Congo, Congo, The Democratic Republic of the, Eswatini, Kenya, Lesotho, Madagascar, Malawi, Mali, Mauritania, Mauritius, Mozambique, Namibia, Nigeria, Senegal, South Africa, Tanzania, United Republic of, Zambia, Zimbabwe</w:t>
+        <w:t xml:space="preserve"> Benin, Botswana, Burkina Faso, Cameroon, Congo, Congo, The Democratic Republic of the, Eswatini, Kenya, Lesotho, Madagascar, Malawi, Mali, Mauritania, Mauritius, Mozambique, Namibia, Nigeria, Senegal, Sierra Leone, South Africa, Tanzania, United Republic of, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> India, Indonesia, Israel, Japan, Malaysia, Pakistan, Philippines, Singapore, Sri Lanka, Taiwan, Thailand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3033,51 +3033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be sold with a warning label. This warning label informs customers about the risks associated with plant invasiveness, and provides instructions for ownership designed to reduce the risk of release of the plant to the environment (Verbrugge </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014). In Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19056993a77b5f276" w:history="1">
+      <w:hyperlink r:id="rId160469ae9a84dfd59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2013/08/03/ pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3150,92 +3150,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Control of the species in South Africa is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was speciﬁcally deﬁned as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62086993a77b5f33f" w:history="1">
+      <w:hyperlink r:id="rId714769ae9a84dfe2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(http:// www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is included on the Federal Noxious Weeds List (making it illegal in the US to import or transport the plant between states without a permit). State governments listing the species as an invasive species or noxious weed include Arizona, California, Colorado, Florida, Georgia, Louisiana, North and South Carolina, and Texas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId44836993a77b5f384" w:history="1">
+      <w:hyperlink r:id="rId359969ae9a84dfe73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasivespeciesinfo.gov/ aquatics/salvinia.shtml#cit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; McFarland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3271,51 +3271,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Weeds Committee (2016) Noxious Weeds List. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69506993a77b5f406" w:history="1">
+      <w:hyperlink r:id="rId426069ae9a84dfef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3446,51 +3446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buccomino G, Buonﬁglio V &amp; Vinci M, (2010)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Salvinia molest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a D.S. Mitch.: considerazioni sulle misure di controllo e gestione della specie aliena invasiva nel Pozzo del Merro (Sant’Angelo Romano – Roma). Annali del Museo Civico di Rovereto 26. (in stampa) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24906993a77b5f549" w:history="1">
+      <w:hyperlink r:id="rId718669ae9a84e0014" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.actaplantarum.org/ﬂora/ﬂora.php </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3514,51 +3514,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Kariba weed). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52716993a77b5f5bc" w:history="1">
+      <w:hyperlink r:id="rId318369ae9a84e0086" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/ isc/datasheet/48447</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4097,90 +4097,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Salviniaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69896993a77b5f9b9" w:history="1">
+      <w:hyperlink r:id="rId184069ae9a84e043c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 14 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis Salvinia molesta. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64706993a77b5f9fa" w:history="1">
+      <w:hyperlink r:id="rId854669ae9a84e047c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4311,51 +4311,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73-78 (in Italian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEFD (2016) Florenlist von Deutschland – Gefäßpﬂanzen. Version 7 (August 2015). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87496993a77b5fb24" w:history="1">
+      <w:hyperlink r:id="rId135469ae9a84e0592" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.kp-buttler.de/ﬂorenliste/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 May 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6240,51 +6240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvinia molesta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56276993a77b60842" w:history="1">
+      <w:hyperlink r:id="rId830569ae9a84e11c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 531-536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28596993a77b6090a" w:history="1">
+      <w:hyperlink r:id="rId720069ae9a84e1290" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12428</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6491,137 +6491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13436047">
+  <w:abstractNum w:abstractNumId="53971293">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23001379">
+    <w:lvl w:ilvl="0" w:tplc="59892876">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23001379" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59892876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13436046">
+  <w:abstractNum w:abstractNumId="53971292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75595418">
+    <w:lvl w:ilvl="0" w:tplc="85294477">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7373,55 +7373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13436046">
-    <w:abstractNumId w:val="13436046"/>
+  <w:num w:numId="53971292">
+    <w:abstractNumId w:val="53971292"/>
   </w:num>
-  <w:num w:numId="13436047">
-    <w:abstractNumId w:val="13436047"/>
+  <w:num w:numId="53971293">
+    <w:abstractNumId w:val="53971293"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18971,51 +18971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688904263" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607910328" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33836993a77b5cc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId37646993a77b5cd06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId37746993a77b5cf2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId19056993a77b5f276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId62086993a77b5f33f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId44836993a77b5f384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId69506993a77b5f406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId24906993a77b5f549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId52716993a77b5f5bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId69896993a77b5f9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId64706993a77b5f9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId87496993a77b5fb24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId56276993a77b60842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28596993a77b6090a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId81466993a77b5ce2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81466993a77b5ce2c.jpg"/><Relationship Id="rId29946993a77b5e071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29946993a77b5e071.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId814092241" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500065872" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId744169ae9a84dd560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/" TargetMode="External"/><Relationship Id="rId882469ae9a84dd5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/categorization" TargetMode="External"/><Relationship Id="rId750569ae9a84ddd62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAVMO/photos" TargetMode="External"/><Relationship Id="rId160469ae9a84dfd59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2013/08/03/%20pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId714769ae9a84dfe2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(http%3A//%20www.environment.gov.za" TargetMode="External"/><Relationship Id="rId359969ae9a84dfe73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasivespeciesinfo.gov/%20aquatics/salvinia.shtml#cit" TargetMode="External"/><Relationship Id="rId426069ae9a84dfef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId718669ae9a84e0014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actaplantarum.org/%EF%AC%82ora/%EF%AC%82ora.php" TargetMode="External"/><Relationship Id="rId318369ae9a84e0086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/%20isc/datasheet/48447" TargetMode="External"/><Relationship Id="rId184069ae9a84e043c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Salvinia_molesta.htm" TargetMode="External"/><Relationship Id="rId854669ae9a84e047c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId135469ae9a84e0592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kp-buttler.de/%EF%AC%82orenliste/index.htm" TargetMode="External"/><Relationship Id="rId830569ae9a84e11c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId720069ae9a84e1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId638469ae9a84ddc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId638469ae9a84ddc5c.jpg"/><Relationship Id="rId411269ae9a84dee47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411269ae9a84dee47.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>