--- v0 (2025-10-04)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SAQSE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* Dubey AK, Ko CC (2012) Sexual dimorphism among species of Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Taiwan, with one new species and an identification key. Zootaxa 3177, 1–23.
 * Gillespie PS (2012) A review of the whitefly genus Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Australia. Zootaxa 3252, 1-42.</t>
   </si>
@@ -130,50 +130,59 @@
   </si>
   <si>
     <t>Monema flavescens</t>
   </si>
   <si>
     <t>* Huang W, Siemann E, Wheeler GS, Zou J, Carrillo J, Ding J (2010) Resource allocation to defence and growth are driven by different responsesto generalist and specialist herbivory in an invasive plant. Journal of Ecology  98, 1157–1167
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* Lucas AL, Powell EC, Deeter LA, Pandey M (2024) Invasive Chinese tallow tree serves as a new host for four scale insect species. Florida Entomologist 107(s1), 20230003. https://doi.org/10.1515/flaent-2023-0003</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -477,51 +486,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="316.066" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -655,50 +664,64 @@
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">