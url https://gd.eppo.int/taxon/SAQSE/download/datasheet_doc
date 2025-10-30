--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Baillon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese tallow tree, vegetable tallow</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487668e6cce5a8a0b" w:history="1">
+            <w:hyperlink r:id="rId74106903903311852" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId802668e6cce5a8a74" w:history="1">
+            <w:hyperlink r:id="rId629369039033118bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,63 +740,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31483167" name="name194868e6cce5a9cd2" descr="SAQSE_distribution_map.jpg"/>
+            <wp:docPr id="17844132" name="name58326903903312f45" descr="SAQSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAQSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId650068e6cce5a9cd0" cstate="print"/>
+                    <a:blip r:embed="rId81316903903312f42" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015). By 1983, 200 000 - 300 000 trees were being grown for the ornamental trade in Houston, Texas alone (USDA, 2000). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Within the EPPO region, apart from the species in trade, there are no current socio-economic benefits for the species. Currently, there is little information available on the value of the species in horticulture. The species is listed as available from two suppliers in the UK (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId703268e6cce5aa8df" w:history="1">
+      <w:hyperlink r:id="rId61816903903313bf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/ Plants/Nurseries-Search-Result?query=239677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3377,51 +3377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a noxious weed in the following States: Florida, Mississippi, Texas and Louisiana (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId501768e6cce5ab01a" w:history="1">
+      <w:hyperlink r:id="rId100069039033142b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=TRSE6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  In Australia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776568e6cce5ab412" w:history="1">
+      <w:hyperlink r:id="rId301269039033146c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 9 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4706,51 +4706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Langeland KA &amp; Enloe SF (2009) Natural area weeds: Chinese tallow (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sapium sebiferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.), [Online]. In: EDIS (Electronic Data Information Source). Publication #SS-AGR-45. Gainesville, FL: University of Florida, IFAS (Institute of Food and Agricultural Science) Extension (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249868e6cce5ab880" w:history="1">
+      <w:hyperlink r:id="rId75726903903314b6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edis.ifas.ufl.edu/ ag148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meyer R (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712568e6cce5aba02" w:history="1">
+      <w:hyperlink r:id="rId92246903903314ce8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government, Australia (2017) NSW WeedWise: Chinese tallow tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Department of Primary Industries. Factsheet Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393568e6cce5aba62" w:history="1">
+      <w:hyperlink r:id="rId42096903903314d4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2000) Plant guide: Chinese tallow tree–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L.) Small, [Online]. In: PLANTS Database–fact sheets &amp; plant guides. Baton Rouge, LA: U.S. Department of Agriculture, Natural Resources Conservation Service, National Plant Data Center (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748868e6cce5abd7f" w:history="1">
+      <w:hyperlink r:id="rId52066903903315064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 October 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428368e6cce5abf57" w:history="1">
+      <w:hyperlink r:id="rId8490690390331523d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5880,51 +5880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769068e6cce5ac01f" w:history="1">
+      <w:hyperlink r:id="rId62546903903315307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12350</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6011,137 +6011,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68498624">
+  <w:abstractNum w:abstractNumId="80867878">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32719604">
+    <w:lvl w:ilvl="0" w:tplc="52080031">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32719604" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52080031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68498623">
+  <w:abstractNum w:abstractNumId="80867877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65019274">
+    <w:lvl w:ilvl="0" w:tplc="39332181">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6893,55 +6893,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68498623">
-    <w:abstractNumId w:val="68498623"/>
+  <w:num w:numId="80867877">
+    <w:abstractNumId w:val="80867877"/>
   </w:num>
-  <w:num w:numId="68498624">
-    <w:abstractNumId w:val="68498624"/>
+  <w:num w:numId="80867878">
+    <w:abstractNumId w:val="80867878"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18491,51 +18491,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId936797568" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId559414220" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId487668e6cce5a8a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId802668e6cce5a8a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId703268e6cce5aa8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId501768e6cce5ab01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId776568e6cce5ab412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId249868e6cce5ab880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId712568e6cce5aba02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId393568e6cce5aba62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId748868e6cce5abd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId428368e6cce5abf57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId769068e6cce5ac01f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId650068e6cce5a9cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650068e6cce5a9cd0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId645071914" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId100269176" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74106903903311852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId629369039033118bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId61816903903313bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId100069039033142b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId301269039033146c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId75726903903314b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId92246903903314ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId42096903903314d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId52066903903315064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId8490690390331523d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62546903903315307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId81316903903312f42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81316903903312f42.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>