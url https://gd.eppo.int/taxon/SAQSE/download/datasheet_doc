--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Baillon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese tallow tree, vegetable tallow</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74106903903311852" w:history="1">
+            <w:hyperlink r:id="rId5438692545b24ed34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId629369039033118bf" w:history="1">
+            <w:hyperlink r:id="rId8172692545b24ed9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,63 +740,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17844132" name="name58326903903312f45" descr="SAQSE_distribution_map.jpg"/>
+            <wp:docPr id="65101947" name="name8593692545b24fa76" descr="SAQSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAQSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81316903903312f42" cstate="print"/>
+                    <a:blip r:embed="rId6330692545b24fa74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015). By 1983, 200 000 - 300 000 trees were being grown for the ornamental trade in Houston, Texas alone (USDA, 2000). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Within the EPPO region, apart from the species in trade, there are no current socio-economic benefits for the species. Currently, there is little information available on the value of the species in horticulture. The species is listed as available from two suppliers in the UK (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId61816903903313bf5" w:history="1">
+      <w:hyperlink r:id="rId4024692545b250630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/ Plants/Nurseries-Search-Result?query=239677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3377,51 +3377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a noxious weed in the following States: Florida, Mississippi, Texas and Louisiana (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId100069039033142b8" w:history="1">
+      <w:hyperlink r:id="rId8405692545b250cee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=TRSE6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  In Australia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301269039033146c6" w:history="1">
+      <w:hyperlink r:id="rId3175692545b2510e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 9 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4706,51 +4706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Langeland KA &amp; Enloe SF (2009) Natural area weeds: Chinese tallow (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sapium sebiferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.), [Online]. In: EDIS (Electronic Data Information Source). Publication #SS-AGR-45. Gainesville, FL: University of Florida, IFAS (Institute of Food and Agricultural Science) Extension (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75726903903314b6a" w:history="1">
+      <w:hyperlink r:id="rId8706692545b25155b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edis.ifas.ufl.edu/ ag148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meyer R (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92246903903314ce8" w:history="1">
+      <w:hyperlink r:id="rId8165692545b2518d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government, Australia (2017) NSW WeedWise: Chinese tallow tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Department of Primary Industries. Factsheet Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42096903903314d4a" w:history="1">
+      <w:hyperlink r:id="rId4207692545b25193f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2000) Plant guide: Chinese tallow tree–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L.) Small, [Online]. In: PLANTS Database–fact sheets &amp; plant guides. Baton Rouge, LA: U.S. Department of Agriculture, Natural Resources Conservation Service, National Plant Data Center (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52066903903315064" w:history="1">
+      <w:hyperlink r:id="rId6393692545b251d90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 October 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8490690390331523d" w:history="1">
+      <w:hyperlink r:id="rId5222692545b251fc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5880,51 +5880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62546903903315307" w:history="1">
+      <w:hyperlink r:id="rId3877692545b2520b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12350</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6011,137 +6011,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80867878">
+  <w:abstractNum w:abstractNumId="32579623">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52080031">
+    <w:lvl w:ilvl="0" w:tplc="97517937">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52080031" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97517937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80867877">
+  <w:abstractNum w:abstractNumId="32579622">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39332181">
+    <w:lvl w:ilvl="0" w:tplc="37511802">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6893,55 +6893,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80867877">
-    <w:abstractNumId w:val="80867877"/>
+  <w:num w:numId="32579622">
+    <w:abstractNumId w:val="32579622"/>
   </w:num>
-  <w:num w:numId="80867878">
-    <w:abstractNumId w:val="80867878"/>
+  <w:num w:numId="32579623">
+    <w:abstractNumId w:val="32579623"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18491,51 +18491,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId645071914" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId100269176" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74106903903311852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId629369039033118bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId61816903903313bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId100069039033142b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId301269039033146c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId75726903903314b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId92246903903314ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId42096903903314d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId52066903903315064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId8490690390331523d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62546903903315307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId81316903903312f42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81316903903312f42.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762298071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId346361863" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5438692545b24ed34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId8172692545b24ed9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId4024692545b250630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId8405692545b250cee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId3175692545b2510e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8706692545b25155b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId8165692545b2518d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId4207692545b25193f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId6393692545b251d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId5222692545b251fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3877692545b2520b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId6330692545b24fa74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6330692545b24fa74.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>