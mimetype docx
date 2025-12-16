--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Baillon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese tallow tree, vegetable tallow</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5438692545b24ed34" w:history="1">
+            <w:hyperlink r:id="rId28496940d5dd2eaab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8172692545b24ed9a" w:history="1">
+            <w:hyperlink r:id="rId36616940d5dd2eb17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,63 +740,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65101947" name="name8593692545b24fa76" descr="SAQSE_distribution_map.jpg"/>
+            <wp:docPr id="63593977" name="name50216940d5dd2fa33" descr="SAQSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAQSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6330692545b24fa74" cstate="print"/>
+                    <a:blip r:embed="rId30006940d5dd2fa30" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015). By 1983, 200 000 - 300 000 trees were being grown for the ornamental trade in Houston, Texas alone (USDA, 2000). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Within the EPPO region, apart from the species in trade, there are no current socio-economic benefits for the species. Currently, there is little information available on the value of the species in horticulture. The species is listed as available from two suppliers in the UK (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4024692545b250630" w:history="1">
+      <w:hyperlink r:id="rId54326940d5dd3072c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/ Plants/Nurseries-Search-Result?query=239677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3377,51 +3377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a noxious weed in the following States: Florida, Mississippi, Texas and Louisiana (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8405692545b250cee" w:history="1">
+      <w:hyperlink r:id="rId79166940d5dd30e14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=TRSE6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  In Australia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3175692545b2510e6" w:history="1">
+      <w:hyperlink r:id="rId15276940d5dd3124d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 9 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4706,51 +4706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Langeland KA &amp; Enloe SF (2009) Natural area weeds: Chinese tallow (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sapium sebiferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.), [Online]. In: EDIS (Electronic Data Information Source). Publication #SS-AGR-45. Gainesville, FL: University of Florida, IFAS (Institute of Food and Agricultural Science) Extension (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8706692545b25155b" w:history="1">
+      <w:hyperlink r:id="rId31216940d5dd316db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edis.ifas.ufl.edu/ ag148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meyer R (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8165692545b2518d5" w:history="1">
+      <w:hyperlink r:id="rId26616940d5dd31863" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government, Australia (2017) NSW WeedWise: Chinese tallow tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Department of Primary Industries. Factsheet Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4207692545b25193f" w:history="1">
+      <w:hyperlink r:id="rId98866940d5dd318c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2000) Plant guide: Chinese tallow tree–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L.) Small, [Online]. In: PLANTS Database–fact sheets &amp; plant guides. Baton Rouge, LA: U.S. Department of Agriculture, Natural Resources Conservation Service, National Plant Data Center (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6393692545b251d90" w:history="1">
+      <w:hyperlink r:id="rId38096940d5dd31be5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 October 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5222692545b251fc3" w:history="1">
+      <w:hyperlink r:id="rId88736940d5dd31de8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5880,51 +5880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3877692545b2520b6" w:history="1">
+      <w:hyperlink r:id="rId33546940d5dd31ec5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12350</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6011,137 +6011,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32579623">
+  <w:abstractNum w:abstractNumId="85649688">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97517937">
+    <w:lvl w:ilvl="0" w:tplc="58415888">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97517937" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58415888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32579622">
+  <w:abstractNum w:abstractNumId="85649687">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37511802">
+    <w:lvl w:ilvl="0" w:tplc="31342128">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6893,55 +6893,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32579622">
-    <w:abstractNumId w:val="32579622"/>
+  <w:num w:numId="85649687">
+    <w:abstractNumId w:val="85649687"/>
   </w:num>
-  <w:num w:numId="32579623">
-    <w:abstractNumId w:val="32579623"/>
+  <w:num w:numId="85649688">
+    <w:abstractNumId w:val="85649688"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18491,51 +18491,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762298071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId346361863" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5438692545b24ed34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId8172692545b24ed9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId4024692545b250630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId8405692545b250cee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId3175692545b2510e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8706692545b25155b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId8165692545b2518d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId4207692545b25193f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId6393692545b251d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId5222692545b251fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3877692545b2520b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId6330692545b24fa74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6330692545b24fa74.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId367049740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId332116981" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28496940d5dd2eaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId36616940d5dd2eb17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId54326940d5dd3072c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId79166940d5dd30e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId15276940d5dd3124d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId31216940d5dd316db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId26616940d5dd31863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId98866940d5dd318c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId38096940d5dd31be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId88736940d5dd31de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId33546940d5dd31ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId30006940d5dd2fa30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30006940d5dd2fa30.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>