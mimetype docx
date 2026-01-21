--- v3 (2025-12-16)
+++ v4 (2026-01-21)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Baillon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese tallow tree, vegetable tallow</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28496940d5dd2eaab" w:history="1">
+            <w:hyperlink r:id="rId352469709f8390703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36616940d5dd2eb17" w:history="1">
+            <w:hyperlink r:id="rId148469709f839078c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,63 +740,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63593977" name="name50216940d5dd2fa33" descr="SAQSE_distribution_map.jpg"/>
+            <wp:docPr id="43190872" name="name861369709f839184b" descr="SAQSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAQSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30006940d5dd2fa30" cstate="print"/>
+                    <a:blip r:embed="rId192869709f8391847" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015). By 1983, 200 000 - 300 000 trees were being grown for the ornamental trade in Houston, Texas alone (USDA, 2000). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Within the EPPO region, apart from the species in trade, there are no current socio-economic benefits for the species. Currently, there is little information available on the value of the species in horticulture. The species is listed as available from two suppliers in the UK (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId54326940d5dd3072c" w:history="1">
+      <w:hyperlink r:id="rId389269709f8392460" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/ Plants/Nurseries-Search-Result?query=239677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3377,51 +3377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a noxious weed in the following States: Florida, Mississippi, Texas and Louisiana (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId79166940d5dd30e14" w:history="1">
+      <w:hyperlink r:id="rId488969709f8392b06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=TRSE6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  In Australia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15276940d5dd3124d" w:history="1">
+      <w:hyperlink r:id="rId315269709f8392ef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 9 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4706,51 +4706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Langeland KA &amp; Enloe SF (2009) Natural area weeds: Chinese tallow (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sapium sebiferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.), [Online]. In: EDIS (Electronic Data Information Source). Publication #SS-AGR-45. Gainesville, FL: University of Florida, IFAS (Institute of Food and Agricultural Science) Extension (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31216940d5dd316db" w:history="1">
+      <w:hyperlink r:id="rId864469709f8393775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edis.ifas.ufl.edu/ ag148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meyer R (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26616940d5dd31863" w:history="1">
+      <w:hyperlink r:id="rId780969709f8393a09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government, Australia (2017) NSW WeedWise: Chinese tallow tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Department of Primary Industries. Factsheet Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98866940d5dd318c2" w:history="1">
+      <w:hyperlink r:id="rId870569709f8393a70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2000) Plant guide: Chinese tallow tree–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L.) Small, [Online]. In: PLANTS Database–fact sheets &amp; plant guides. Baton Rouge, LA: U.S. Department of Agriculture, Natural Resources Conservation Service, National Plant Data Center (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38096940d5dd31be5" w:history="1">
+      <w:hyperlink r:id="rId913669709f8393e65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 October 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5738,73 +5738,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88736940d5dd31de8" w:history="1">
+      <w:hyperlink r:id="rId966969709f83940f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5880,51 +5880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33546940d5dd31ec5" w:history="1">
+      <w:hyperlink r:id="rId484269709f83941c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12350</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6011,137 +6011,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85649688">
+  <w:abstractNum w:abstractNumId="36789986">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58415888">
+    <w:lvl w:ilvl="0" w:tplc="49869678">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58415888" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49869678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85649687">
+  <w:abstractNum w:abstractNumId="36789985">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31342128">
+    <w:lvl w:ilvl="0" w:tplc="86824370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6893,55 +6893,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85649687">
-    <w:abstractNumId w:val="85649687"/>
+  <w:num w:numId="36789985">
+    <w:abstractNumId w:val="36789985"/>
   </w:num>
-  <w:num w:numId="85649688">
-    <w:abstractNumId w:val="85649688"/>
+  <w:num w:numId="36789986">
+    <w:abstractNumId w:val="36789986"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18491,51 +18491,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId367049740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId332116981" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28496940d5dd2eaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId36616940d5dd2eb17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId54326940d5dd3072c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId79166940d5dd30e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId15276940d5dd3124d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId31216940d5dd316db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId26616940d5dd31863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId98866940d5dd318c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId38096940d5dd31be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId88736940d5dd31de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId33546940d5dd31ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId30006940d5dd2fa30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30006940d5dd2fa30.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551041733" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId235968676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId352469709f8390703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId148469709f839078c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId389269709f8392460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId488969709f8392b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId315269709f8392ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId864469709f8393775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId780969709f8393a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId870569709f8393a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId913669709f8393e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId966969709f83940f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484269709f83941c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId192869709f8391847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId192869709f8391847.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>