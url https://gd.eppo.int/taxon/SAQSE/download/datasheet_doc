--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Baillon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese tallow tree, vegetable tallow</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352469709f8390703" w:history="1">
+            <w:hyperlink r:id="rId9264698c09cb44776" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148469709f839078c" w:history="1">
+            <w:hyperlink r:id="rId1049698c09cb447dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,63 +740,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43190872" name="name861369709f839184b" descr="SAQSE_distribution_map.jpg"/>
+            <wp:docPr id="97854364" name="name8249698c09cb458b5" descr="SAQSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAQSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId192869709f8391847" cstate="print"/>
+                    <a:blip r:embed="rId6657698c09cb458b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015). By 1983, 200 000 - 300 000 trees were being grown for the ornamental trade in Houston, Texas alone (USDA, 2000). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Within the EPPO region, apart from the species in trade, there are no current socio-economic benefits for the species. Currently, there is little information available on the value of the species in horticulture. The species is listed as available from two suppliers in the UK (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId389269709f8392460" w:history="1">
+      <w:hyperlink r:id="rId7564698c09cb464fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/ Plants/Nurseries-Search-Result?query=239677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3377,51 +3377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a noxious weed in the following States: Florida, Mississippi, Texas and Louisiana (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId488969709f8392b06" w:history="1">
+      <w:hyperlink r:id="rId3263698c09cb46b8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=TRSE6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  In Australia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315269709f8392ef4" w:history="1">
+      <w:hyperlink r:id="rId5026698c09cb46f7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 9 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4706,51 +4706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Langeland KA &amp; Enloe SF (2009) Natural area weeds: Chinese tallow (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sapium sebiferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.), [Online]. In: EDIS (Electronic Data Information Source). Publication #SS-AGR-45. Gainesville, FL: University of Florida, IFAS (Institute of Food and Agricultural Science) Extension (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864469709f8393775" w:history="1">
+      <w:hyperlink r:id="rId7887698c09cb473de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edis.ifas.ufl.edu/ ag148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meyer R (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780969709f8393a09" w:history="1">
+      <w:hyperlink r:id="rId1209698c09cb47567" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government, Australia (2017) NSW WeedWise: Chinese tallow tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Department of Primary Industries. Factsheet Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870569709f8393a70" w:history="1">
+      <w:hyperlink r:id="rId5270698c09cb475c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2000) Plant guide: Chinese tallow tree–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L.) Small, [Online]. In: PLANTS Database–fact sheets &amp; plant guides. Baton Rouge, LA: U.S. Department of Agriculture, Natural Resources Conservation Service, National Plant Data Center (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913669709f8393e65" w:history="1">
+      <w:hyperlink r:id="rId6594698c09cb47909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 October 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966969709f83940f0" w:history="1">
+      <w:hyperlink r:id="rId3311698c09cb47ade" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5880,51 +5880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484269709f83941c0" w:history="1">
+      <w:hyperlink r:id="rId4544698c09cb47ba3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12350</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6011,137 +6011,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36789986">
+  <w:abstractNum w:abstractNumId="74512016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49869678">
+    <w:lvl w:ilvl="0" w:tplc="13130790">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49869678" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13130790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36789985">
+  <w:abstractNum w:abstractNumId="74512015">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86824370">
+    <w:lvl w:ilvl="0" w:tplc="67866079">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6893,55 +6893,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36789985">
-    <w:abstractNumId w:val="36789985"/>
+  <w:num w:numId="74512015">
+    <w:abstractNumId w:val="74512015"/>
   </w:num>
-  <w:num w:numId="36789986">
-    <w:abstractNumId w:val="36789986"/>
+  <w:num w:numId="74512016">
+    <w:abstractNumId w:val="74512016"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18491,51 +18491,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551041733" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId235968676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId352469709f8390703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId148469709f839078c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId389269709f8392460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId488969709f8392b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId315269709f8392ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId864469709f8393775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId780969709f8393a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId870569709f8393a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId913669709f8393e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId966969709f83940f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484269709f83941c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId192869709f8391847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId192869709f8391847.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912069210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId540246045" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9264698c09cb44776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId1049698c09cb447dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId7564698c09cb464fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId3263698c09cb46b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId5026698c09cb46f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId7887698c09cb473de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId1209698c09cb47567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId5270698c09cb475c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId6594698c09cb47909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId3311698c09cb47ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4544698c09cb47ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId6657698c09cb458b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6657698c09cb458b2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>