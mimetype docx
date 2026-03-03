--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Baillon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese tallow tree, vegetable tallow</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9264698c09cb44776" w:history="1">
+            <w:hyperlink r:id="rId937669a693e0771dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1049698c09cb447dc" w:history="1">
+            <w:hyperlink r:id="rId600769a693e07725a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,63 +740,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97854364" name="name8249698c09cb458b5" descr="SAQSE_distribution_map.jpg"/>
+            <wp:docPr id="7478378" name="name933069a693e077ef1" descr="SAQSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAQSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6657698c09cb458b2" cstate="print"/>
+                    <a:blip r:embed="rId754869a693e077eee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015). By 1983, 200 000 - 300 000 trees were being grown for the ornamental trade in Houston, Texas alone (USDA, 2000). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Within the EPPO region, apart from the species in trade, there are no current socio-economic benefits for the species. Currently, there is little information available on the value of the species in horticulture. The species is listed as available from two suppliers in the UK (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7564698c09cb464fc" w:history="1">
+      <w:hyperlink r:id="rId186669a693e078b4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/ Plants/Nurseries-Search-Result?query=239677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3377,51 +3377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a noxious weed in the following States: Florida, Mississippi, Texas and Louisiana (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3263698c09cb46b8c" w:history="1">
+      <w:hyperlink r:id="rId772969a693e07920b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=TRSE6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  In Australia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5026698c09cb46f7e" w:history="1">
+      <w:hyperlink r:id="rId426969a693e079684" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 9 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4706,51 +4706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Langeland KA &amp; Enloe SF (2009) Natural area weeds: Chinese tallow (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sapium sebiferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.), [Online]. In: EDIS (Electronic Data Information Source). Publication #SS-AGR-45. Gainesville, FL: University of Florida, IFAS (Institute of Food and Agricultural Science) Extension (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7887698c09cb473de" w:history="1">
+      <w:hyperlink r:id="rId793869a693e079b35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edis.ifas.ufl.edu/ ag148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meyer R (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1209698c09cb47567" w:history="1">
+      <w:hyperlink r:id="rId586469a693e079cab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government, Australia (2017) NSW WeedWise: Chinese tallow tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Department of Primary Industries. Factsheet Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5270698c09cb475c5" w:history="1">
+      <w:hyperlink r:id="rId765569a693e079d0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2000) Plant guide: Chinese tallow tree–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L.) Small, [Online]. In: PLANTS Database–fact sheets &amp; plant guides. Baton Rouge, LA: U.S. Department of Agriculture, Natural Resources Conservation Service, National Plant Data Center (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6594698c09cb47909" w:history="1">
+      <w:hyperlink r:id="rId682469a693e07a029" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 October 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3311698c09cb47ade" w:history="1">
+      <w:hyperlink r:id="rId175969a693e07a225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5880,51 +5880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4544698c09cb47ba3" w:history="1">
+      <w:hyperlink r:id="rId821169a693e07a2ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12350</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6011,137 +6011,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74512016">
+  <w:abstractNum w:abstractNumId="65336104">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13130790">
+    <w:lvl w:ilvl="0" w:tplc="34714835">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13130790" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34714835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74512015">
+  <w:abstractNum w:abstractNumId="65336103">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67866079">
+    <w:lvl w:ilvl="0" w:tplc="68707387">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6893,55 +6893,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74512015">
-    <w:abstractNumId w:val="74512015"/>
+  <w:num w:numId="65336103">
+    <w:abstractNumId w:val="65336103"/>
   </w:num>
-  <w:num w:numId="74512016">
-    <w:abstractNumId w:val="74512016"/>
+  <w:num w:numId="65336104">
+    <w:abstractNumId w:val="65336104"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18491,51 +18491,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912069210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId540246045" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9264698c09cb44776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId1049698c09cb447dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId7564698c09cb464fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId3263698c09cb46b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId5026698c09cb46f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId7887698c09cb473de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId1209698c09cb47567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId5270698c09cb475c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId6594698c09cb47909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId3311698c09cb47ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4544698c09cb47ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId6657698c09cb458b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6657698c09cb458b2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId942937143" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811149057" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId937669a693e0771dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId600769a693e07725a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId186669a693e078b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId772969a693e07920b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId426969a693e079684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId793869a693e079b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId586469a693e079cab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId765569a693e079d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId682469a693e07a029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId175969a693e07a225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821169a693e07a2ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId754869a693e077eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId754869a693e077eee.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>