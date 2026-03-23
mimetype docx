--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Baillon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese tallow tree, vegetable tallow</w:t>
             </w:r>
-            <w:hyperlink r:id="rId937669a693e0771dd" w:history="1">
+            <w:hyperlink r:id="rId454869c1318b3d306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId600769a693e07725a" w:history="1">
+            <w:hyperlink r:id="rId456269c1318b3d372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,63 +740,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7478378" name="name933069a693e077ef1" descr="SAQSE_distribution_map.jpg"/>
+            <wp:docPr id="17357969" name="name409569c1318b3e4f6" descr="SAQSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAQSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId754869a693e077eee" cstate="print"/>
+                    <a:blip r:embed="rId620669c1318b3e4f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015). By 1983, 200 000 - 300 000 trees were being grown for the ornamental trade in Houston, Texas alone (USDA, 2000). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Within the EPPO region, apart from the species in trade, there are no current socio-economic benefits for the species. Currently, there is little information available on the value of the species in horticulture. The species is listed as available from two suppliers in the UK (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId186669a693e078b4f" w:history="1">
+      <w:hyperlink r:id="rId481869c1318b3f170" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/ Plants/Nurseries-Search-Result?query=239677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3377,51 +3377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a noxious weed in the following States: Florida, Mississippi, Texas and Louisiana (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId772969a693e07920b" w:history="1">
+      <w:hyperlink r:id="rId455069c1318b3f82d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=TRSE6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  In Australia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426969a693e079684" w:history="1">
+      <w:hyperlink r:id="rId421369c1318b3fc2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 9 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4706,51 +4706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Langeland KA &amp; Enloe SF (2009) Natural area weeds: Chinese tallow (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sapium sebiferum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.), [Online]. In: EDIS (Electronic Data Information Source). Publication #SS-AGR-45. Gainesville, FL: University of Florida, IFAS (Institute of Food and Agricultural Science) Extension (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793869a693e079b35" w:history="1">
+      <w:hyperlink r:id="rId791769c1318b40098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edis.ifas.ufl.edu/ ag148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meyer R (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586469a693e079cab" w:history="1">
+      <w:hyperlink r:id="rId937569c1318b4020c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government, Australia (2017) NSW WeedWise: Chinese tallow tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Department of Primary Industries. Factsheet Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765569a693e079d0a" w:history="1">
+      <w:hyperlink r:id="rId478369c1318b4026a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2000) Plant guide: Chinese tallow tree–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L.) Small, [Online]. In: PLANTS Database–fact sheets &amp; plant guides. Baton Rouge, LA: U.S. Department of Agriculture, Natural Resources Conservation Service, National Plant Data Center (Producer). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682469a693e07a029" w:history="1">
+      <w:hyperlink r:id="rId715469c1318b40577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 October 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Triadica sebifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175969a693e07a225" w:history="1">
+      <w:hyperlink r:id="rId785169c1318b4076d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5880,51 +5880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821169a693e07a2ef" w:history="1">
+      <w:hyperlink r:id="rId912769c1318b40837" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12350</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6011,137 +6011,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65336104">
+  <w:abstractNum w:abstractNumId="20853385">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34714835">
+    <w:lvl w:ilvl="0" w:tplc="28866017">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34714835" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28866017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65336103">
+  <w:abstractNum w:abstractNumId="20853384">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68707387">
+    <w:lvl w:ilvl="0" w:tplc="58878783">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6893,55 +6893,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65336103">
-    <w:abstractNumId w:val="65336103"/>
+  <w:num w:numId="20853384">
+    <w:abstractNumId w:val="20853384"/>
   </w:num>
-  <w:num w:numId="65336104">
-    <w:abstractNumId w:val="65336104"/>
+  <w:num w:numId="20853385">
+    <w:abstractNumId w:val="20853385"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18491,51 +18491,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId942937143" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811149057" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId937669a693e0771dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId600769a693e07725a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId186669a693e078b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId772969a693e07920b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId426969a693e079684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId793869a693e079b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId586469a693e079cab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId765569a693e079d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId682469a693e07a029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId175969a693e07a225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821169a693e07a2ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId754869a693e077eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId754869a693e077eee.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId702222843" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828703256" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId454869c1318b3d306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/" TargetMode="External"/><Relationship Id="rId456269c1318b3d372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAQSE/categorization" TargetMode="External"/><Relationship Id="rId481869c1318b3f170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/%20Plants/Nurseries-Search-Result?query=239677" TargetMode="External"/><Relationship Id="rId455069c1318b3f82d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=TRSE6" TargetMode="External"/><Relationship Id="rId421369c1318b3fc2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId791769c1318b40098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edis.ifas.ufl.edu/%20ag148" TargetMode="External"/><Relationship Id="rId937569c1318b4020c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId478369c1318b4026a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/38" TargetMode="External"/><Relationship Id="rId715469c1318b40577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/plantguide/pdf/pg_trse6.pdf" TargetMode="External"/><Relationship Id="rId785169c1318b4076d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId912769c1318b40837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12350" TargetMode="External"/><Relationship Id="rId620669c1318b3e4f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId620669c1318b3e4f4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>