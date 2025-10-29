--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Say</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saskatoon borer, round-headed apple-tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId695868e635cdd12ca" w:history="1">
+            <w:hyperlink r:id="rId6881690169b4261a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223168e635cdd1332" w:history="1">
+            <w:hyperlink r:id="rId1424690169b426246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAPECN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49030120" name="name136868e635cdd143d" descr="15204.jpg"/>
+                  <wp:docPr id="69648143" name="name8734690169b426314" descr="15204.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15204.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId402368e635cdd143b" cstate="print"/>
+                          <a:blip r:embed="rId6477690169b426313" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId512868e635cdd1562" w:history="1">
+            <w:hyperlink r:id="rId9718690169b426441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1306,63 +1306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). In 2008 it was detected in Germany on the island of Fehmarn (Nolte &amp; Krieger, 2008), where eradication measures are being applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80707290" name="name649468e635cdd2dbb" descr="SAPECN_distribution_map.jpg"/>
+            <wp:docPr id="93865102" name="name2698690169b4278d0" descr="SAPECN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAPECN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId356368e635cdd2db3" cstate="print"/>
+                    <a:blip r:embed="rId1373690169b4278cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2284,51 +2284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476868e635cdd4042" w:history="1">
+      <w:hyperlink r:id="rId1337690169b4280e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SAPECN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2678,51 +2678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284368e635cdd43da" w:history="1">
+      <w:hyperlink r:id="rId5499690169b42837b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2735,63 +2735,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8300802" name="name124868e635cdd44cf" descr="eu_funding_250.png"/>
+            <wp:docPr id="852116" name="name3040690169b42843f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId980968e635cdd44ce" cstate="print"/>
+                    <a:blip r:embed="rId9295690169b42843d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2889,137 +2889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78667969">
+  <w:abstractNum w:abstractNumId="73338196">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72849057">
+    <w:lvl w:ilvl="0" w:tplc="95309589">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72849057" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95309589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78667968">
+  <w:abstractNum w:abstractNumId="73338195">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77850180">
+    <w:lvl w:ilvl="0" w:tplc="90202285">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3771,55 +3771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78667968">
-    <w:abstractNumId w:val="78667968"/>
+  <w:num w:numId="73338195">
+    <w:abstractNumId w:val="73338195"/>
   </w:num>
-  <w:num w:numId="78667969">
-    <w:abstractNumId w:val="78667969"/>
+  <w:num w:numId="73338196">
+    <w:abstractNumId w:val="73338196"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15369,51 +15369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482848040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId113010199" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId695868e635cdd12ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId223168e635cdd1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId512868e635cdd1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId476868e635cdd4042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId284368e635cdd43da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId402368e635cdd143b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402368e635cdd143b.jpg"/><Relationship Id="rId356368e635cdd2db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356368e635cdd2db3.jpg"/><Relationship Id="rId980968e635cdd44ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId980968e635cdd44ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934898855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId230634952" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6881690169b4261a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId1424690169b426246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId9718690169b426441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId1337690169b4280e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId5499690169b42837b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6477690169b426313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6477690169b426313.jpg"/><Relationship Id="rId1373690169b4278cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1373690169b4278cd.jpg"/><Relationship Id="rId9295690169b42843d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9295690169b42843d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>