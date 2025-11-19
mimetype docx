--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Say</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saskatoon borer, round-headed apple-tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6881690169b4261a2" w:history="1">
+            <w:hyperlink r:id="rId3704691d52f908524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1424690169b426246" w:history="1">
+            <w:hyperlink r:id="rId9168691d52f908592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAPECN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69648143" name="name8734690169b426314" descr="15204.jpg"/>
+                  <wp:docPr id="27293620" name="name2036691d52f908710" descr="15204.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15204.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6477690169b426313" cstate="print"/>
+                          <a:blip r:embed="rId4231691d52f90870f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9718690169b426441" w:history="1">
+            <w:hyperlink r:id="rId5635691d52f90880e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1306,63 +1306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). In 2008 it was detected in Germany on the island of Fehmarn (Nolte &amp; Krieger, 2008), where eradication measures are being applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93865102" name="name2698690169b4278d0" descr="SAPECN_distribution_map.jpg"/>
+            <wp:docPr id="48110475" name="name7260691d52f909c92" descr="SAPECN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAPECN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1373690169b4278cd" cstate="print"/>
+                    <a:blip r:embed="rId5117691d52f909c8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2284,51 +2284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1337690169b4280e2" w:history="1">
+      <w:hyperlink r:id="rId6220691d52f90a621" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SAPECN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2678,51 +2678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5499690169b42837b" w:history="1">
+      <w:hyperlink r:id="rId9347691d52f90a8b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2735,63 +2735,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="852116" name="name3040690169b42843f" descr="eu_funding_250.png"/>
+            <wp:docPr id="38311611" name="name5568691d52f90a944" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9295690169b42843d" cstate="print"/>
+                    <a:blip r:embed="rId4905691d52f90a943" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2889,137 +2889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73338196">
+  <w:abstractNum w:abstractNumId="10033716">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95309589">
+    <w:lvl w:ilvl="0" w:tplc="95851785">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95309589" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95851785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73338195">
+  <w:abstractNum w:abstractNumId="10033715">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90202285">
+    <w:lvl w:ilvl="0" w:tplc="92278465">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3771,55 +3771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73338195">
-    <w:abstractNumId w:val="73338195"/>
+  <w:num w:numId="10033715">
+    <w:abstractNumId w:val="10033715"/>
   </w:num>
-  <w:num w:numId="73338196">
-    <w:abstractNumId w:val="73338196"/>
+  <w:num w:numId="10033716">
+    <w:abstractNumId w:val="10033716"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15369,51 +15369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934898855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId230634952" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6881690169b4261a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId1424690169b426246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId9718690169b426441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId1337690169b4280e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId5499690169b42837b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6477690169b426313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6477690169b426313.jpg"/><Relationship Id="rId1373690169b4278cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1373690169b4278cd.jpg"/><Relationship Id="rId9295690169b42843d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9295690169b42843d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId745224976" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId695122581" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3704691d52f908524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId9168691d52f908592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId5635691d52f90880e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId6220691d52f90a621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId9347691d52f90a8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4231691d52f90870f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4231691d52f90870f.jpg"/><Relationship Id="rId5117691d52f909c8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5117691d52f909c8f.jpg"/><Relationship Id="rId4905691d52f90a943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4905691d52f90a943.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>