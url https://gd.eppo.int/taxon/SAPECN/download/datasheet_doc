--- v2 (2025-11-19)
+++ v3 (2025-12-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Say</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saskatoon borer, round-headed apple-tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3704691d52f908524" w:history="1">
+            <w:hyperlink r:id="rId82606940a4ce4c6de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9168691d52f908592" w:history="1">
+            <w:hyperlink r:id="rId74506940a4ce4c748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAPECN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27293620" name="name2036691d52f908710" descr="15204.jpg"/>
+                  <wp:docPr id="6359052" name="name16616940a4ce4c81d" descr="15204.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15204.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4231691d52f90870f" cstate="print"/>
+                          <a:blip r:embed="rId16406940a4ce4c81b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5635691d52f90880e" w:history="1">
+            <w:hyperlink r:id="rId58306940a4ce4c92a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1306,63 +1306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). In 2008 it was detected in Germany on the island of Fehmarn (Nolte &amp; Krieger, 2008), where eradication measures are being applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48110475" name="name7260691d52f909c92" descr="SAPECN_distribution_map.jpg"/>
+            <wp:docPr id="97326034" name="name63116940a4ce4cfc9" descr="SAPECN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAPECN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5117691d52f909c8f" cstate="print"/>
+                    <a:blip r:embed="rId48636940a4ce4cfc8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2284,51 +2284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6220691d52f90a621" w:history="1">
+      <w:hyperlink r:id="rId69756940a4ce4d781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SAPECN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2678,51 +2678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9347691d52f90a8b3" w:history="1">
+      <w:hyperlink r:id="rId44746940a4ce4da0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2735,63 +2735,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38311611" name="name5568691d52f90a944" descr="eu_funding_250.png"/>
+            <wp:docPr id="74953939" name="name93196940a4ce4da96" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4905691d52f90a943" cstate="print"/>
+                    <a:blip r:embed="rId59746940a4ce4da95" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2889,137 +2889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10033716">
+  <w:abstractNum w:abstractNumId="42665501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95851785">
+    <w:lvl w:ilvl="0" w:tplc="36919731">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95851785" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36919731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10033715">
+  <w:abstractNum w:abstractNumId="42665500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92278465">
+    <w:lvl w:ilvl="0" w:tplc="81828428">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3771,55 +3771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10033715">
-    <w:abstractNumId w:val="10033715"/>
+  <w:num w:numId="42665500">
+    <w:abstractNumId w:val="42665500"/>
   </w:num>
-  <w:num w:numId="10033716">
-    <w:abstractNumId w:val="10033716"/>
+  <w:num w:numId="42665501">
+    <w:abstractNumId w:val="42665501"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15369,51 +15369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId745224976" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId695122581" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3704691d52f908524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId9168691d52f908592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId5635691d52f90880e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId6220691d52f90a621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId9347691d52f90a8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4231691d52f90870f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4231691d52f90870f.jpg"/><Relationship Id="rId5117691d52f909c8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5117691d52f909c8f.jpg"/><Relationship Id="rId4905691d52f90a943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4905691d52f90a943.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117630235" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId770592725" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82606940a4ce4c6de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId74506940a4ce4c748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId58306940a4ce4c92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId69756940a4ce4d781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId44746940a4ce4da0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16406940a4ce4c81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16406940a4ce4c81b.jpg"/><Relationship Id="rId48636940a4ce4cfc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48636940a4ce4cfc8.jpg"/><Relationship Id="rId59746940a4ce4da95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59746940a4ce4da95.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>