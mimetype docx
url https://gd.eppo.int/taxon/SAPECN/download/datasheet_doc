--- v3 (2025-12-16)
+++ v4 (2026-01-28)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Say</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saskatoon borer, round-headed apple-tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82606940a4ce4c6de" w:history="1">
+            <w:hyperlink r:id="rId4195697957c61d645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74506940a4ce4c748" w:history="1">
+            <w:hyperlink r:id="rId8082697957c61d6b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAPECN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6359052" name="name16616940a4ce4c81d" descr="15204.jpg"/>
+                  <wp:docPr id="67943154" name="name1476697957c61d7c5" descr="15204.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15204.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16406940a4ce4c81b" cstate="print"/>
+                          <a:blip r:embed="rId1982697957c61d7c3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId58306940a4ce4c92a" w:history="1">
+            <w:hyperlink r:id="rId1897697957c61d900" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1306,63 +1306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). In 2008 it was detected in Germany on the island of Fehmarn (Nolte &amp; Krieger, 2008), where eradication measures are being applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97326034" name="name63116940a4ce4cfc9" descr="SAPECN_distribution_map.jpg"/>
+            <wp:docPr id="1737387" name="name5694697957c61eaff" descr="SAPECN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAPECN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48636940a4ce4cfc8" cstate="print"/>
+                    <a:blip r:embed="rId8762697957c61eafb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2284,51 +2284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69756940a4ce4d781" w:history="1">
+      <w:hyperlink r:id="rId2059697957c61f2fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SAPECN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2656,73 +2656,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44746940a4ce4da0a" w:history="1">
+      <w:hyperlink r:id="rId6845697957c61f5a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2735,63 +2735,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74953939" name="name93196940a4ce4da96" descr="eu_funding_250.png"/>
+            <wp:docPr id="64699472" name="name2936697957c61f676" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59746940a4ce4da95" cstate="print"/>
+                    <a:blip r:embed="rId6826697957c61f675" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2889,137 +2889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42665501">
+  <w:abstractNum w:abstractNumId="95797722">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36919731">
+    <w:lvl w:ilvl="0" w:tplc="35428812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36919731" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35428812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42665500">
+  <w:abstractNum w:abstractNumId="95797721">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81828428">
+    <w:lvl w:ilvl="0" w:tplc="90144521">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3771,55 +3771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42665500">
-    <w:abstractNumId w:val="42665500"/>
+  <w:num w:numId="95797721">
+    <w:abstractNumId w:val="95797721"/>
   </w:num>
-  <w:num w:numId="42665501">
-    <w:abstractNumId w:val="42665501"/>
+  <w:num w:numId="95797722">
+    <w:abstractNumId w:val="95797722"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15369,51 +15369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117630235" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId770592725" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82606940a4ce4c6de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId74506940a4ce4c748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId58306940a4ce4c92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId69756940a4ce4d781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId44746940a4ce4da0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16406940a4ce4c81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16406940a4ce4c81b.jpg"/><Relationship Id="rId48636940a4ce4cfc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48636940a4ce4cfc8.jpg"/><Relationship Id="rId59746940a4ce4da95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59746940a4ce4da95.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId268447389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId894577736" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4195697957c61d645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId8082697957c61d6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId1897697957c61d900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId2059697957c61f2fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId6845697957c61f5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1982697957c61d7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1982697957c61d7c3.jpg"/><Relationship Id="rId8762697957c61eafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8762697957c61eafb.jpg"/><Relationship Id="rId6826697957c61f675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6826697957c61f675.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>