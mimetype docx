--- v4 (2026-01-28)
+++ v5 (2026-02-17)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Say</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saskatoon borer, round-headed apple-tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4195697957c61d645" w:history="1">
+            <w:hyperlink r:id="rId4766699430b68eed9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8082697957c61d6b0" w:history="1">
+            <w:hyperlink r:id="rId4028699430b68ef4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAPECN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67943154" name="name1476697957c61d7c5" descr="15204.jpg"/>
+                  <wp:docPr id="52830618" name="name5207699430b68f356" descr="15204.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15204.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1982697957c61d7c3" cstate="print"/>
+                          <a:blip r:embed="rId2332699430b68f354" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1897697957c61d900" w:history="1">
+            <w:hyperlink r:id="rId3074699430b68f4fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1306,63 +1306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). In 2008 it was detected in Germany on the island of Fehmarn (Nolte &amp; Krieger, 2008), where eradication measures are being applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1737387" name="name5694697957c61eaff" descr="SAPECN_distribution_map.jpg"/>
+            <wp:docPr id="34931130" name="name8767699430b690801" descr="SAPECN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAPECN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8762697957c61eafb" cstate="print"/>
+                    <a:blip r:embed="rId2920699430b6907fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2284,51 +2284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2059697957c61f2fa" w:history="1">
+      <w:hyperlink r:id="rId2844699430b69126c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SAPECN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2678,51 +2678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6845697957c61f5a9" w:history="1">
+      <w:hyperlink r:id="rId1635699430b69151d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2735,63 +2735,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64699472" name="name2936697957c61f676" descr="eu_funding_250.png"/>
+            <wp:docPr id="78687650" name="name4024699430b6915b9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6826697957c61f675" cstate="print"/>
+                    <a:blip r:embed="rId1103699430b6915b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2889,137 +2889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95797722">
+  <w:abstractNum w:abstractNumId="32023667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35428812">
+    <w:lvl w:ilvl="0" w:tplc="58518592">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35428812" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58518592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95797721">
+  <w:abstractNum w:abstractNumId="32023666">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90144521">
+    <w:lvl w:ilvl="0" w:tplc="29165229">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3771,55 +3771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95797721">
-    <w:abstractNumId w:val="95797721"/>
+  <w:num w:numId="32023666">
+    <w:abstractNumId w:val="32023666"/>
   </w:num>
-  <w:num w:numId="95797722">
-    <w:abstractNumId w:val="95797722"/>
+  <w:num w:numId="32023667">
+    <w:abstractNumId w:val="32023667"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15369,51 +15369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId268447389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId894577736" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4195697957c61d645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId8082697957c61d6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId1897697957c61d900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId2059697957c61f2fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId6845697957c61f5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1982697957c61d7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1982697957c61d7c3.jpg"/><Relationship Id="rId8762697957c61eafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8762697957c61eafb.jpg"/><Relationship Id="rId6826697957c61f675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6826697957c61f675.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId723349834" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256736323" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4766699430b68eed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId4028699430b68ef4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId3074699430b68f4fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId2844699430b69126c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId1635699430b69151d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2332699430b68f354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2332699430b68f354.jpg"/><Relationship Id="rId2920699430b6907fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2920699430b6907fd.jpg"/><Relationship Id="rId1103699430b6915b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1103699430b6915b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>