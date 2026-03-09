--- v5 (2026-02-17)
+++ v6 (2026-03-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Say</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saskatoon borer, round-headed apple-tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4766699430b68eed9" w:history="1">
+            <w:hyperlink r:id="rId214669af5cf0da982" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4028699430b68ef4c" w:history="1">
+            <w:hyperlink r:id="rId767569af5cf0da9ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAPECN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52830618" name="name5207699430b68f356" descr="15204.jpg"/>
+                  <wp:docPr id="60009493" name="name753169af5cf0dadf3" descr="15204.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15204.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2332699430b68f354" cstate="print"/>
+                          <a:blip r:embed="rId895569af5cf0dadf1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3074699430b68f4fc" w:history="1">
+            <w:hyperlink r:id="rId452769af5cf0daee5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1306,63 +1306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). In 2008 it was detected in Germany on the island of Fehmarn (Nolte &amp; Krieger, 2008), where eradication measures are being applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34931130" name="name8767699430b690801" descr="SAPECN_distribution_map.jpg"/>
+            <wp:docPr id="97113916" name="name983869af5cf0dbd40" descr="SAPECN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAPECN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2920699430b6907fd" cstate="print"/>
+                    <a:blip r:embed="rId102969af5cf0dbd3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2284,51 +2284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2844699430b69126c" w:history="1">
+      <w:hyperlink r:id="rId962769af5cf0dc514" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SAPECN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2678,51 +2678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1635699430b69151d" w:history="1">
+      <w:hyperlink r:id="rId360869af5cf0dc79c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2735,63 +2735,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78687650" name="name4024699430b6915b9" descr="eu_funding_250.png"/>
+            <wp:docPr id="81143210" name="name988969af5cf0dc8fe" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1103699430b6915b7" cstate="print"/>
+                    <a:blip r:embed="rId486269af5cf0dc8fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2889,137 +2889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32023667">
+  <w:abstractNum w:abstractNumId="14091042">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58518592">
+    <w:lvl w:ilvl="0" w:tplc="39655099">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58518592" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39655099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32023666">
+  <w:abstractNum w:abstractNumId="14091041">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29165229">
+    <w:lvl w:ilvl="0" w:tplc="63948836">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3771,55 +3771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32023666">
-    <w:abstractNumId w:val="32023666"/>
+  <w:num w:numId="14091041">
+    <w:abstractNumId w:val="14091041"/>
   </w:num>
-  <w:num w:numId="32023667">
-    <w:abstractNumId w:val="32023667"/>
+  <w:num w:numId="14091042">
+    <w:abstractNumId w:val="14091042"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15369,51 +15369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId723349834" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256736323" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4766699430b68eed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId4028699430b68ef4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId3074699430b68f4fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId2844699430b69126c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId1635699430b69151d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2332699430b68f354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2332699430b68f354.jpg"/><Relationship Id="rId2920699430b6907fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2920699430b6907fd.jpg"/><Relationship Id="rId1103699430b6915b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1103699430b6915b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId382696691" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609439758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId214669af5cf0da982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId767569af5cf0da9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId452769af5cf0daee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId962769af5cf0dc514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId360869af5cf0dc79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId895569af5cf0dadf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895569af5cf0dadf1.jpg"/><Relationship Id="rId102969af5cf0dbd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId102969af5cf0dbd3d.jpg"/><Relationship Id="rId486269af5cf0dc8fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId486269af5cf0dc8fc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>