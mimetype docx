--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Say</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saskatoon borer, round-headed apple-tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214669af5cf0da982" w:history="1">
+            <w:hyperlink r:id="rId690769ca143c1f11e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId767569af5cf0da9ea" w:history="1">
+            <w:hyperlink r:id="rId249769ca143c1f187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAPECN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60009493" name="name753169af5cf0dadf3" descr="15204.jpg"/>
+                  <wp:docPr id="50842169" name="name276169ca143c1f754" descr="15204.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15204.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId895569af5cf0dadf1" cstate="print"/>
+                          <a:blip r:embed="rId672469ca143c1f752" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId452769af5cf0daee5" w:history="1">
+            <w:hyperlink r:id="rId476969ca143c1f883" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1306,63 +1306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). In 2008 it was detected in Germany on the island of Fehmarn (Nolte &amp; Krieger, 2008), where eradication measures are being applied.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97113916" name="name983869af5cf0dbd40" descr="SAPECN_distribution_map.jpg"/>
+            <wp:docPr id="928484" name="name211569ca143c20a4e" descr="SAPECN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SAPECN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId102969af5cf0dbd3d" cstate="print"/>
+                    <a:blip r:embed="rId184569ca143c20a4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2284,51 +2284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962769af5cf0dc514" w:history="1">
+      <w:hyperlink r:id="rId233669ca143c212a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/SAPECN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2678,51 +2678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Saperda candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360869af5cf0dc79c" w:history="1">
+      <w:hyperlink r:id="rId548669ca143c21566" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2735,63 +2735,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81143210" name="name988969af5cf0dc8fe" descr="eu_funding_250.png"/>
+            <wp:docPr id="51596975" name="name677169ca143c2161e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId486269af5cf0dc8fc" cstate="print"/>
+                    <a:blip r:embed="rId855969ca143c2161d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2889,137 +2889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14091042">
+  <w:abstractNum w:abstractNumId="72699096">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39655099">
+    <w:lvl w:ilvl="0" w:tplc="91765197">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39655099" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91765197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14091041">
+  <w:abstractNum w:abstractNumId="72699095">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63948836">
+    <w:lvl w:ilvl="0" w:tplc="58109715">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3771,55 +3771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14091041">
-    <w:abstractNumId w:val="14091041"/>
+  <w:num w:numId="72699095">
+    <w:abstractNumId w:val="72699095"/>
   </w:num>
-  <w:num w:numId="14091042">
-    <w:abstractNumId w:val="14091042"/>
+  <w:num w:numId="72699096">
+    <w:abstractNumId w:val="72699096"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15369,51 +15369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId382696691" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609439758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId214669af5cf0da982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId767569af5cf0da9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId452769af5cf0daee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId962769af5cf0dc514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId360869af5cf0dc79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId895569af5cf0dadf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895569af5cf0dadf1.jpg"/><Relationship Id="rId102969af5cf0dbd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId102969af5cf0dbd3d.jpg"/><Relationship Id="rId486269af5cf0dc8fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId486269af5cf0dc8fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId965597781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId514156007" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690769ca143c1f11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/" TargetMode="External"/><Relationship Id="rId249769ca143c1f187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/categorization" TargetMode="External"/><Relationship Id="rId476969ca143c1f883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/photos" TargetMode="External"/><Relationship Id="rId233669ca143c212a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SAPECN/documents" TargetMode="External"/><Relationship Id="rId548669ca143c21566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId672469ca143c1f752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672469ca143c1f752.jpg"/><Relationship Id="rId184569ca143c20a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184569ca143c20a4b.jpg"/><Relationship Id="rId855969ca143c2161d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId855969ca143c2161d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>