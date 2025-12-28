--- v0 (2025-10-08)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SAISNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>FIUBE</t>
   </si>
   <si>
     <t>Ficus benjamina</t>
   </si>
   <si>
     <t>HEEHE</t>
   </si>
   <si>
@@ -185,50 +185,59 @@
     <t>HVEBR</t>
   </si>
   <si>
     <t>Hevea brasiliensis</t>
   </si>
   <si>
     <t>1HIBG</t>
   </si>
   <si>
     <t>Hibiscus</t>
   </si>
   <si>
     <t>MNGIN</t>
   </si>
   <si>
     <t>Mangifera indica</t>
   </si>
   <si>
     <t>MYVCO</t>
   </si>
   <si>
     <t>Myrtus communis</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
+  </si>
+  <si>
+    <t>OCISA</t>
+  </si>
+  <si>
+    <t>Ocimum tenuiflorum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Manjula KN, Renuka S, Rishi RR, Sundararaj R (2022) Insect pests of Ocimum sanctum Linn. in Karnataka. ENTOMON 47(1), 71-74 https://doi.org/10.33307/entomon.v47i1.690 </t>
   </si>
   <si>
     <t>PEBAM</t>
   </si>
   <si>
     <t>Persea americana</t>
   </si>
   <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>PUNGR</t>
   </si>
   <si>
     <t>Punica granatum</t>
   </si>
   <si>
     <t>SAXCJ</t>
   </si>
   <si>
     <t>Salix humboldtiana</t>
   </si>
@@ -577,51 +586,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="312.495" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -901,127 +910,141 @@
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25" t="s">
         <v>58</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>67</v>
+      </c>
+      <c r="D29" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C30" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>69</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
         <v>70</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" t="s">
+        <v>73</v>
+      </c>
+      <c r="C32" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>