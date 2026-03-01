--- v1 (2025-12-28)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SAISNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>FIUBE</t>
   </si>
   <si>
     <t>Ficus benjamina</t>
   </si>
   <si>
     <t>HEEHE</t>
   </si>
   <si>
@@ -170,50 +170,59 @@
     <t>Ficus</t>
   </si>
   <si>
     <t>1FOLG</t>
   </si>
   <si>
     <t>Fortunella</t>
   </si>
   <si>
     <t>GOSHI</t>
   </si>
   <si>
     <t>Gossypium hirsutum</t>
   </si>
   <si>
     <t>HVEBR</t>
   </si>
   <si>
     <t>Hevea brasiliensis</t>
   </si>
   <si>
     <t>1HIBG</t>
   </si>
   <si>
     <t>Hibiscus</t>
+  </si>
+  <si>
+    <t>LVAMA</t>
+  </si>
+  <si>
+    <t>Malva subovata</t>
+  </si>
+  <si>
+    <t>* Gertsson CA, Schneider N (2020) An updated checklist of scale insects in Luxembourg (Hemiptera, Sternorrhyncha, Coccomorpha).  Bulletin de la Societé des naturalistes luxembourgois 122, 131.</t>
   </si>
   <si>
     <t>MNGIN</t>
   </si>
   <si>
     <t>Mangifera indica</t>
   </si>
   <si>
     <t>MYVCO</t>
   </si>
   <si>
     <t>Myrtus communis</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
     <t>OCISA</t>
   </si>
   <si>
     <t>Ocimum tenuiflorum</t>
   </si>
   <si>
     <t xml:space="preserve">* Manjula KN, Renuka S, Rishi RR, Sundararaj R (2022) Insect pests of Ocimum sanctum Linn. in Karnataka. ENTOMON 47(1), 71-74 https://doi.org/10.33307/entomon.v47i1.690 </t>
   </si>
@@ -586,51 +595,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="312.495" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -884,167 +893,181 @@
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>56</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25" t="s">
         <v>58</v>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C29" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>70</v>
+      </c>
+      <c r="D30" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C31" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>72</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
       <c r="C32" t="s">
         <v>74</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>13</v>
+      </c>
+      <c r="B33" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>