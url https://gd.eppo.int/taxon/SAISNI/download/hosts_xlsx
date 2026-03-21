--- v2 (2026-03-01)
+++ v3 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SAISNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>FIUBE</t>
   </si>
   <si>
     <t>Ficus benjamina</t>
   </si>
   <si>
     <t>HEEHE</t>
   </si>
   <si>
@@ -211,81 +211,90 @@
   <si>
     <t>MYVCO</t>
   </si>
   <si>
     <t>Myrtus communis</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
     <t>OCISA</t>
   </si>
   <si>
     <t>Ocimum tenuiflorum</t>
   </si>
   <si>
     <t xml:space="preserve">* Manjula KN, Renuka S, Rishi RR, Sundararaj R (2022) Insect pests of Ocimum sanctum Linn. in Karnataka. ENTOMON 47(1), 71-74 https://doi.org/10.33307/entomon.v47i1.690 </t>
   </si>
   <si>
     <t>PEBAM</t>
   </si>
   <si>
     <t>Persea americana</t>
   </si>
   <si>
+    <t>* Beltran-Moreno M, Llacctas A, Huanca J, Evans G (2025)﻿ A survey of scale insects (Hemiptera, Coccoidea) on avocados, olives, and grapes in the Peruvian region of Arequipa. ZooKeys 1257, 91–125.</t>
+  </si>
+  <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>PUNGR</t>
   </si>
   <si>
     <t>Punica granatum</t>
   </si>
   <si>
     <t>SAXCJ</t>
   </si>
   <si>
     <t>Salix humboldtiana</t>
   </si>
   <si>
     <t>SNAAL</t>
   </si>
   <si>
     <t>Santalum album</t>
   </si>
   <si>
     <t>SYZMY</t>
   </si>
   <si>
     <t>Syzygium myrtifolium</t>
   </si>
   <si>
     <t>* Mazzeo G, Nucifora S, Longo S (2020) Definitive confirmation of establishment of Parasaissetia nigra (Nietner) (Hemiptera, Coccidae) in Sicily (Italy), with notes on its association with a new host, Syzygium myrtifolium Walp. EPPO Bulletin 50(2), 295–298.</t>
+  </si>
+  <si>
+    <t>VITVI</t>
+  </si>
+  <si>
+    <t>Vitis vinifera</t>
   </si>
   <si>
     <t>CJFMI</t>
   </si>
   <si>
     <t>x Citrofortunella microcarpa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -595,51 +604,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="312.495" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -947,127 +956,143 @@
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>63</v>
       </c>
       <c r="C27" t="s">
         <v>64</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D30" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>78</v>
+      </c>
+      <c r="D33" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>13</v>
+      </c>
+      <c r="B34" t="s">
+        <v>79</v>
+      </c>
+      <c r="C34" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>