--- v0 (2025-10-09)
+++ v1 (2026-03-27)
@@ -12,65 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SACSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>DIATSA</t>
+  </si>
+  <si>
+    <t>Diatraea saccharalis (as Saccharum)</t>
+  </si>
+  <si>
+    <t>* Carbognin ÉR, Ferreira CP, Fernandes OA (2026) Population dynamics and infestation intensity of Diatraea saccharalis (Fabricius)(Lepidoptera: Crambidae) in sugarcane (Saccharum spp.): adult monitoring as a decision-support tool in pest management. Crop Protection. 201, 107482.</t>
   </si>
   <si>
     <t>EORELO</t>
   </si>
   <si>
     <t>Eoreuma loftini (as Saccharum)</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Bellé C, Kulczynski SM, Kuhn PR, Carneiro RM, Lima-Medina I, Gomes CB (2017) First report of Meloidogyne ethiopica parasitizing sugarcane in Brazil. Plant Disease 101(4), 635. https://doi.org/10.1094/PDIS-09-16-1303-PDN</t>
   </si>
   <si>
     <t>ERWIST</t>
   </si>
   <si>
     <t>Pantoea stewartii subsp. stewartii</t>
   </si>
   <si>
     <t>* Cui D, Huang MT, Hu CY, Su JB, Lin LH, Javed T, Deng ZH, Gao SJ (2021) First report of Pantoea stewartii subsp. stewartii causing bacterial leaf wilt of sugarcane in China. Plant Disease 105 (4), 1190.https://doi.org/10.1094/PDIS-09-20-2015-PDN
 ------- sugarcane (no species mentioned)</t>
@@ -399,116 +408,130 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="291.215" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D3" t="s">
         <v>9</v>
       </c>
+      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">