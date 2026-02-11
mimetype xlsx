--- v0 (2025-10-10)
+++ v1 (2026-02-11)
@@ -12,98 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SACOF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Migeon A &amp; Dorkeld F (2022) Spider Mites Web. A comprehensive database for the Tetranychidae. http://www1.montpellier.inra.fr/CBGP/spmweb</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Babatola JO (1979) Varietal reaction of rice and other food crops to the rice-root nematodes, Hirschmanniella oryzae, H. imamuri and H. spinicaudata. Nematropica 9, 123-128.
 ------- Experiments.
 * Sharma SB (2001) Plant parasitic nematodes in rice-wheat based cropping systems in South Asia. Journal of Crop Production 4, 227-247. 
 ------- It is not specified whether the nematode was found in the roots or in the soil.
 * Siddiqi MR (1973) Hirschmanniella oryzae. C.I.H. Descriptions of plant-parasitic nematodes 2. CIP, St. Albans, UK.</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PSDMAV</t>
   </si>
   <si>
     <t>Acidovorax avenae</t>
   </si>
   <si>
     <t>* Fontana PD, Rago AM, Fontana CA, Vignolo GM, Cocconcelli PS, Mariotti JA (2013) Isolation and genetic characterization of Acidovorax avenae from red stripe infected sugarcane in Northwestern Argentina. European Journal of Plant Pathology 137(3), 525-534.</t>
   </si>
   <si>
     <t>ADORSI</t>
   </si>
   <si>
     <t>Adoretus sinicus</t>
   </si>
   <si>
     <t>TOMAPO</t>
   </si>
   <si>
     <t>Aeneolamia contigua</t>
   </si>
@@ -1191,1299 +1194,1301 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C34" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C35" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C36" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D36" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C37" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D37" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C40" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D40" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D41" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C44" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C45" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D45" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C46" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D49" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C57" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C58" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C59" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B60" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C60" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B63" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C63" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D63" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B64" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B65" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C65" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B66" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C66" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B67" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C67" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B68" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C68" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D68" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B69" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C69" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B70" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C70" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B71" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C71" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B72" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C72" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D72" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B73" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C73" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B74" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C74" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B75" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C75" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D75" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B76" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C76" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B77" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C77" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B78" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C78" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B79" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C79" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D79" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B80" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C80" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D80" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B81" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C81" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C82" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C83" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D83" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B84" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C84" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D84" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B85" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C85" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D85" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B86" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C86" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B87" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C87" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B88" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C88" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B89" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C89" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D89" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B90" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C90" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B91" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C91" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B92" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C92" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D92" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B93" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C93" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D93" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B94" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C94" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B95" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C95" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B96" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C96" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B97" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C97" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B98" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C98" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B99" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C99" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D99" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B100" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C100" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D100" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B101" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C101" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D101" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B102" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C102" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D102"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>