--- v1 (2026-02-11)
+++ v2 (2026-03-03)
@@ -321,384 +321,385 @@
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Bellé C, Kulczynski SM, Kuhn PR, Carneiro RM, Lima-Medina I, Gomes CB (2017) First report of Meloidogyne ethiopica parasitizing sugarcane in Brazil. Plant Disease 101(4), 635. https://doi.org/10.1094/PDIS-09-16-1303-PDN
 ------- the article mentions sugarcane as Saccharum spp.  Saccharum officinarum is the species usually called sugarcane.</t>
   </si>
   <si>
     <t>MELGEX</t>
   </si>
   <si>
     <t>Meloidogyne exigua</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
+    <t>PSEDSE</t>
+  </si>
+  <si>
+    <t>Mythimna separata</t>
+  </si>
+  <si>
+    <t>NEOMBE</t>
+  </si>
+  <si>
+    <t>Neomaskellia bergii</t>
+  </si>
+  <si>
+    <t>OPOGSC</t>
+  </si>
+  <si>
+    <t>Opogona sacchari</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Oldham JN (1928) Hieroxestis subcervinella, Wlk., an enemy of the banana in the Canary Islands. Bulletin of Entomological Research, 19(2), 147-166. </t>
+  </si>
+  <si>
+    <t>PARYMI</t>
+  </si>
+  <si>
+    <t>Paraleyrodes minei</t>
+  </si>
+  <si>
+    <t>* Yin J, Wang C, Li Y, Luo Z, Li J, Zhang R, Wang X, Shan H (2024) First report of the nesting whitefly, Paraleyrodes minei Iaccarino (Homoptera: Aleyrodidae), a new sugarcane pest in Yunnan, China. Phytoparasitica 52(5), 82.</t>
+  </si>
+  <si>
+    <t>PRSCPH</t>
+  </si>
+  <si>
+    <t>Peronosclerospora philippinensis</t>
+  </si>
+  <si>
+    <t>SCLPST</t>
+  </si>
+  <si>
+    <t>Peronosclerospora spontanea</t>
+  </si>
+  <si>
+    <t>PLANKE</t>
+  </si>
+  <si>
+    <t>Planococcus kenyae</t>
+  </si>
+  <si>
+    <t>POOPCO</t>
+  </si>
+  <si>
+    <t>Poophilus costalis</t>
+  </si>
+  <si>
+    <t>* Shih HT, Tsay HC, Yang JT (2005) Notes on the geographic distribution and host plants for Poophilus costalis (Walker, 1851) (Hemiptera: Cercopoidea: Aphrophoridae). Plant Protection Bulletin 47, 171–178.</t>
+  </si>
+  <si>
+    <t>PSCAMI</t>
+  </si>
+  <si>
+    <t>Pseudacanthotermes militaris</t>
+  </si>
+  <si>
+    <t>PUCCKU</t>
+  </si>
+  <si>
+    <t>Puccinia kuehnii</t>
+  </si>
+  <si>
+    <t>PUCCML</t>
+  </si>
+  <si>
+    <t>Puccinia melanocephala</t>
+  </si>
+  <si>
+    <t>RHYCFE</t>
+  </si>
+  <si>
+    <t>Rhynchophorus ferrugineus</t>
+  </si>
+  <si>
+    <t>* Jaya S, Suresh T, Sobhitha Rani RS, Sreekumar S (2000) Evidence of seven larval instars in Rhynchophorus ferrugineus reared on sugarcane. Journal of Entomological Research 24, 27-31.</t>
+  </si>
+  <si>
+    <t>RICASC</t>
+  </si>
+  <si>
+    <t>Ricania speculum</t>
+  </si>
+  <si>
+    <t>ROOEX</t>
+  </si>
+  <si>
+    <t>Rottboellia cochinchinensis</t>
+  </si>
+  <si>
+    <t>HELYBU</t>
+  </si>
+  <si>
+    <t>Rotylenchus buxophilus</t>
+  </si>
+  <si>
+    <t>SCIPAU</t>
+  </si>
+  <si>
+    <t>Scirpophaga nivella</t>
+  </si>
+  <si>
+    <t>SESACA</t>
+  </si>
+  <si>
+    <t>Sesamia calamistis</t>
+  </si>
+  <si>
+    <t>SESACR</t>
+  </si>
+  <si>
+    <t>Sesamia cretica</t>
+  </si>
+  <si>
+    <t>SESAIN</t>
+  </si>
+  <si>
+    <t>Sesamia inferens</t>
+  </si>
+  <si>
+    <t>SOROIN</t>
+  </si>
+  <si>
+    <t>Sorosporium indicum</t>
+  </si>
+  <si>
+    <t>SPHTER</t>
+  </si>
+  <si>
+    <t>Sphacelotheca erianthi</t>
+  </si>
+  <si>
+    <t>SPHTMA</t>
+  </si>
+  <si>
+    <t>Sphacelotheca macrospora</t>
+  </si>
+  <si>
+    <t>SPODMA</t>
+  </si>
+  <si>
+    <t>Spodoptera mauritia</t>
+  </si>
+  <si>
+    <t>USTISC</t>
+  </si>
+  <si>
+    <t>Sporisorium scitamineum</t>
+  </si>
+  <si>
+    <t>STAGSA</t>
+  </si>
+  <si>
+    <t>Stagonospora sacchari</t>
+  </si>
+  <si>
+    <t>THRIOR</t>
+  </si>
+  <si>
+    <t>Stenchaetothrips biformis</t>
+  </si>
+  <si>
+    <t>* Sallam N, Braithwaite K, Tree D (2013) Oriental rice thrips, Stenchaetothrips biformis (Bagnall), recorded attacking sugarcane for the first time in Australia. In: Proceedings of the 35th Conference of the Australian Society of Sugar Cane Technologists held at Townsville, Queensland, Australia, 16-18 April 2013 [Proceedings of the 35th Conference of the Australian Society of Sugar Cane Technologists held at Townsville, Queensland, Australia, 16-18 April 2013.], [ed. by Bruce R C]. Mackay, Australia: Australian Society of Sugar Cane Technologists. Ag 04.</t>
+  </si>
+  <si>
+    <t>STRLU</t>
+  </si>
+  <si>
+    <t>Striga asiatica</t>
+  </si>
+  <si>
+    <t>SGS000</t>
+  </si>
+  <si>
+    <t>Sugarcane sereh agent</t>
+  </si>
+  <si>
+    <t>MSPV00</t>
+  </si>
+  <si>
+    <t>Tenuivirus zeae</t>
+  </si>
+  <si>
+    <t>TYLRCL</t>
+  </si>
+  <si>
+    <t>Tylenchorhynchus claytoni</t>
+  </si>
+  <si>
+    <t>XYLBCR</t>
+  </si>
+  <si>
+    <t>Xylosandrus crassiusculus</t>
+  </si>
+  <si>
+    <t>* Wood SL, Bright DE (1992) A catalogue of Scolytidae and Platypodidae (Coleoptera). Great Basin Naturalist Memoirs no. 13. Part 2: Taxonomic Index, volume A, p 791.</t>
+  </si>
+  <si>
+    <t>Major host</t>
+  </si>
+  <si>
+    <t>CHIOTE</t>
+  </si>
+  <si>
+    <t>Aulacaspis tegalensis</t>
+  </si>
+  <si>
+    <t>BLAAGR</t>
+  </si>
+  <si>
+    <t>Blastobasis graminea</t>
+  </si>
+  <si>
+    <t>BUSSFU</t>
+  </si>
+  <si>
+    <t>Busseola fusca</t>
+  </si>
+  <si>
+    <t>PHYPSA</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma sacchari'</t>
+  </si>
+  <si>
+    <t>* Kirdat K, Tiwarekar B, Thorat V, Sathe S, Shouche Y, Yadav A (2021) 'Candidatus Phytoplasma sacchari’, a novel taxon-associated with Sugarcane Grassy Shoot (SCGS) disease. International Journal of Systematic and Evolutionary Microbiology 71(1), 004591. https://doi.org/10.1099/ijsem.0.004591</t>
+  </si>
+  <si>
+    <t>DIATAU</t>
+  </si>
+  <si>
+    <t>Chilo auricilius</t>
+  </si>
+  <si>
+    <t>DIATIN</t>
+  </si>
+  <si>
+    <t>Chilo infuscatellus</t>
+  </si>
+  <si>
+    <t>CHILZO</t>
+  </si>
+  <si>
+    <t>Chilo partellus</t>
+  </si>
+  <si>
+    <t>* Way MJ, Kfir R (1997) The stem borer Chilo partellus (Swinhoe) (Lepidoptera: Pyralidae) in sugarcane in southern Africa. African Entomology 5(1), 170-172</t>
+  </si>
+  <si>
+    <t>PROSSA</t>
+  </si>
+  <si>
+    <t>Chilo sacchariphagus</t>
+  </si>
+  <si>
+    <t>CINTPU</t>
+  </si>
+  <si>
+    <t>Cintractia pulverulenta</t>
+  </si>
+  <si>
+    <t>DIATSA</t>
+  </si>
+  <si>
+    <t>Diatraea saccharalis</t>
+  </si>
+  <si>
+    <t>Eoreuma loftini</t>
+  </si>
+  <si>
+    <t>* Showler AT, Wilson BE, Reagan TE (2012) Mexican rice borer, Eoreuma loftini (Lepidoptera: Crambidae) injury to corn greater than to sorghum and sugarcane under field conditions. Journal of Economic Entomology 105(5), 1597-1602.</t>
+  </si>
+  <si>
+    <t>EUMGLA</t>
+  </si>
+  <si>
+    <t>Eumargarodes laingi</t>
+  </si>
+  <si>
+    <t>* Allsopp PG, McGill NG, Stringer JK (2000) Host-plant resistance in sugarcane to pink ground pearls, Eumargarodes laingi Jakubski (Hemiptera: Margarodidae): Confirmation and further screening of clones. Australian Journal of Entomology 39, 316-321.</t>
+  </si>
+  <si>
+    <t>ANMLOR</t>
+  </si>
+  <si>
+    <t>Exomala orientalis</t>
+  </si>
+  <si>
+    <t>FDV000</t>
+  </si>
+  <si>
+    <t>Fijivirus fijiense</t>
+  </si>
+  <si>
+    <t>CLABXY</t>
+  </si>
+  <si>
+    <t>Leifsonia xyli subsp. xyli</t>
+  </si>
+  <si>
+    <t>* Chakraborty M, Soda N, Strachan S, Ngo CN, Bhuiyan SA, Shiddiky MJ, Ford R (2024) Ratoon stunting disease of sugarcane: A review emphasizing detection strategies and challenges. Phytopathology 114(1), 7-20.</t>
+  </si>
+  <si>
+    <t>MSV000</t>
+  </si>
+  <si>
+    <t>Mastrevirus storeyi</t>
+  </si>
+  <si>
+    <t>* Thottappilly G, Bosque-Perez NA, Rossel HW (1993) Viruses and virus diseases of maize in tropical Africa. Plant Pathology 42(4), 494-509.</t>
+  </si>
+  <si>
+    <t>MELNCO</t>
+  </si>
+  <si>
+    <t>Melanotus communis</t>
+  </si>
+  <si>
+    <t>* Karounos M, Cherry R, Odero D, Sandhu H, Beuzelin J (2019) Host plant preference of Melanotus communis (Coleoptera: Elateridae) among weeds and sugar cane varieties found in Florida sugar cane fields. Florida Entomologist 102(2), 403-407.</t>
+  </si>
+  <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus</t>
   </si>
   <si>
-    <t>* Ávila CJ, Caparróz G, Santos V, Silva IF (2023) Soil insects associated with sugarcane crop in Mato Grosso do Sul, Brazil. Ciência Rural 53, e20220333. https://doi.org/10.1590/0103-8478cr20220333</t>
-[...326 lines deleted...]
-    <t>* Karounos M, Cherry R, Odero D, Sandhu H, Beuzelin J (2019) Host plant preference of Melanotus communis (Coleoptera: Elateridae) among weeds and sugar cane varieties found in Florida sugar cane fields. Florida Entomologist 102(2), 403-407.</t>
+    <t>* Ávila CJ, Caparróz G, Santos V, Silva IF (2023) Soil insects associated with sugarcane crop in Mato Grosso do Sul, Brazil. Ciência Rural 53, e20220333. https://doi.org/10.1590/0103-8478cr20220333
+* Leiva-Espinoza ST, Román A, Aguilar V, Requejo E, Meza-Maicelo W, Banda-Martinez D, Huaman-Pilco ÁF, Loyola F, Loja M, Oliva-Cruz M, Maicelo-Quintana J (2025) Identification of Metamasius hemipterus (Coleoptera: Dryophthoridae) and its biological control through the use of species of the genus Beauveria and Metarhizium. Amazonas, Peru. Frontiers in Agronomy 7, 1695515.</t>
   </si>
   <si>
     <t>PERKSA</t>
   </si>
   <si>
     <t>Perkinsiella saccharicida</t>
   </si>
   <si>
     <t>PRSCSA</t>
   </si>
   <si>
     <t>Peronosclerospora sacchari</t>
   </si>
   <si>
     <t>PHYGSM</t>
   </si>
   <si>
     <t>Phyllophaga smithi</t>
   </si>
   <si>
     <t>SCMV00</t>
   </si>
   <si>
     <t>Potyvirus sacchari</t>
   </si>
@@ -1626,863 +1627,863 @@
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36" t="s">
         <v>94</v>
       </c>
       <c r="C36" t="s">
         <v>95</v>
       </c>
       <c r="D36" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>98</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38" t="s">
+        <v>99</v>
+      </c>
+      <c r="C38" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39" t="s">
+        <v>101</v>
+      </c>
+      <c r="C39" t="s">
         <v>102</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>103</v>
       </c>
-      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40" t="s">
         <v>104</v>
       </c>
       <c r="C40" t="s">
         <v>105</v>
       </c>
       <c r="D40" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41" t="s">
         <v>108</v>
       </c>
-      <c r="D41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42" t="s">
+        <v>109</v>
+      </c>
+      <c r="C42" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>15</v>
       </c>
       <c r="B43" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>15</v>
       </c>
       <c r="B44" t="s">
+        <v>113</v>
+      </c>
+      <c r="C44" t="s">
         <v>114</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>115</v>
       </c>
-      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45" t="s">
         <v>116</v>
       </c>
       <c r="C45" t="s">
         <v>117</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46" t="s">
+        <v>118</v>
+      </c>
+      <c r="C46" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47" t="s">
+        <v>120</v>
+      </c>
+      <c r="C47" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48" t="s">
+        <v>122</v>
+      </c>
+      <c r="C48" t="s">
         <v>123</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>124</v>
       </c>
-      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49" t="s">
         <v>125</v>
       </c>
       <c r="C49" t="s">
         <v>126</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50" t="s">
+        <v>127</v>
+      </c>
+      <c r="C50" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51" t="s">
+        <v>129</v>
+      </c>
+      <c r="C51" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52" t="s">
+        <v>131</v>
+      </c>
+      <c r="C52" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53" t="s">
+        <v>133</v>
+      </c>
+      <c r="C53" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54" t="s">
+        <v>135</v>
+      </c>
+      <c r="C54" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55" t="s">
+        <v>137</v>
+      </c>
+      <c r="C55" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56" t="s">
+        <v>139</v>
+      </c>
+      <c r="C56" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57" t="s">
+        <v>141</v>
+      </c>
+      <c r="C57" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58" t="s">
+        <v>143</v>
+      </c>
+      <c r="C58" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59" t="s">
+        <v>145</v>
+      </c>
+      <c r="C59" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60" t="s">
+        <v>147</v>
+      </c>
+      <c r="C60" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61" t="s">
+        <v>149</v>
+      </c>
+      <c r="C61" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62" t="s">
+        <v>151</v>
+      </c>
+      <c r="C62" t="s">
         <v>152</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>153</v>
       </c>
-      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63" t="s">
         <v>154</v>
       </c>
       <c r="C63" t="s">
         <v>155</v>
       </c>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64" t="s">
+        <v>156</v>
+      </c>
+      <c r="C64" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65" t="s">
+        <v>158</v>
+      </c>
+      <c r="C65" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66" t="s">
+        <v>160</v>
+      </c>
+      <c r="C66" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67" t="s">
+        <v>162</v>
+      </c>
+      <c r="C67" t="s">
         <v>163</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>164</v>
       </c>
-      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>15</v>
+        <v>165</v>
       </c>
       <c r="B68" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C68" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D68" t="s">
         <v>167</v>
       </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>165</v>
+      </c>
+      <c r="B69" t="s">
         <v>168</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B70" t="s">
+        <v>170</v>
+      </c>
+      <c r="C70" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B71" t="s">
+        <v>172</v>
+      </c>
+      <c r="C71" t="s">
         <v>173</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>174</v>
       </c>
-      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B72" t="s">
         <v>175</v>
       </c>
       <c r="C72" t="s">
         <v>176</v>
       </c>
-      <c r="D72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B73" t="s">
+        <v>177</v>
+      </c>
+      <c r="C73" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B74" t="s">
+        <v>179</v>
+      </c>
+      <c r="C74" t="s">
         <v>180</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>181</v>
       </c>
-      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B75" t="s">
         <v>182</v>
       </c>
       <c r="C75" t="s">
         <v>183</v>
       </c>
-      <c r="D75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B76" t="s">
+        <v>184</v>
+      </c>
+      <c r="C76" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B77" t="s">
+        <v>186</v>
+      </c>
+      <c r="C77" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B78" t="s">
+        <v>60</v>
+      </c>
+      <c r="C78" t="s">
+        <v>188</v>
+      </c>
+      <c r="D78" t="s">
         <v>189</v>
       </c>
-      <c r="C78" t="s">
-[...2 lines deleted...]
-      <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B79" t="s">
-        <v>60</v>
+        <v>190</v>
       </c>
       <c r="C79" t="s">
         <v>191</v>
       </c>
       <c r="D79" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B80" t="s">
         <v>193</v>
       </c>
       <c r="C80" t="s">
         <v>194</v>
       </c>
-      <c r="D80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B81" t="s">
+        <v>195</v>
+      </c>
+      <c r="C81" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B82" t="s">
+        <v>197</v>
+      </c>
+      <c r="C82" t="s">
         <v>198</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>199</v>
       </c>
-      <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B83" t="s">
         <v>200</v>
       </c>
       <c r="C83" t="s">
         <v>201</v>
       </c>
       <c r="D83" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B84" t="s">
         <v>203</v>
       </c>
       <c r="C84" t="s">
         <v>204</v>
       </c>
       <c r="D84" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B85" t="s">
         <v>206</v>
       </c>
       <c r="C85" t="s">
         <v>207</v>
       </c>
       <c r="D85" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B86" t="s">
         <v>209</v>
       </c>
       <c r="C86" t="s">
         <v>210</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B87" t="s">
         <v>211</v>
       </c>
       <c r="C87" t="s">
         <v>212</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B88" t="s">
         <v>213</v>
       </c>
       <c r="C88" t="s">
         <v>214</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B89" t="s">
         <v>215</v>
       </c>
       <c r="C89" t="s">
         <v>216</v>
       </c>
       <c r="D89" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B90" t="s">
         <v>218</v>
       </c>
       <c r="C90" t="s">
         <v>219</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B91" t="s">
         <v>220</v>
       </c>
       <c r="C91" t="s">
         <v>221</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B92" t="s">
         <v>222</v>
       </c>
       <c r="C92" t="s">
         <v>223</v>
       </c>
       <c r="D92" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B93" t="s">
         <v>225</v>
       </c>
       <c r="C93" t="s">
         <v>226</v>
       </c>
       <c r="D93" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B94" t="s">
         <v>228</v>
       </c>
       <c r="C94" t="s">
         <v>229</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B95" t="s">
         <v>230</v>
       </c>
       <c r="C95" t="s">
         <v>231</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B96" t="s">
         <v>232</v>
       </c>
       <c r="C96" t="s">
         <v>233</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B97" t="s">
         <v>234</v>
       </c>
       <c r="C97" t="s">
         <v>235</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B98" t="s">
         <v>236</v>
       </c>
       <c r="C98" t="s">
         <v>237</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B99" t="s">
         <v>238</v>
       </c>
       <c r="C99" t="s">
         <v>239</v>
       </c>
       <c r="D99" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B100" t="s">
         <v>241</v>
       </c>
       <c r="C100" t="s">
         <v>242</v>
       </c>
       <c r="D100" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B101" t="s">
         <v>244</v>
       </c>
       <c r="C101" t="s">
         <v>245</v>
       </c>
       <c r="D101" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B102" t="s">
         <v>247</v>
       </c>
       <c r="C102" t="s">
         <v>248</v>
       </c>
       <c r="D102"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 