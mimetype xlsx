--- v2 (2026-03-03)
+++ v3 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SACOF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Migeon A &amp; Dorkeld F (2022) Spider Mites Web. A comprehensive database for the Tetranychidae. http://www1.montpellier.inra.fr/CBGP/spmweb</t>
@@ -173,50 +173,59 @@
   </si>
   <si>
     <t>Colaspis hypochlora</t>
   </si>
   <si>
     <t>DIABUH</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata howardi</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 ------- Larval host.</t>
   </si>
   <si>
     <t>DPREAB</t>
   </si>
   <si>
     <t>Diaprepes abbreviatus</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA PLH Panel (EFSA Panel on Plant Health) (2023) Pest categorisation of Diaprepes abbreviatus. EFSA Journal 21(11), 1–42. https://doi.org/10.2903/j.efsa.2023.83
 -------host plant supporting the whole life cycle. </t>
   </si>
   <si>
+    <t>DIATSA</t>
+  </si>
+  <si>
+    <t>Diatraea saccharalis (as Saccharum)</t>
+  </si>
+  <si>
+    <t>* Carbognin ÉR, Ferreira CP, Fernandes OA (2026) Population dynamics and infestation intensity of Diatraea saccharalis (Fabricius)(Lepidoptera: Crambidae) in sugarcane (Saccharum spp.): adult monitoring as a decision-support tool in pest management. Crop Protection. 201, 107482.</t>
+  </si>
+  <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>EARIIN</t>
   </si>
   <si>
     <t>Earias insulana</t>
   </si>
   <si>
     <t>ELASLI</t>
   </si>
   <si>
     <t>Elasmopalpus lignosellus</t>
   </si>
   <si>
     <t>* Gill HK, Capinera JL, McSorley R (2017) Featured Creatures. Lesser cornstalk borer. Elasmopalpus lignosellus (Zeller) (Insecta: lepidoptera: Pyralidae). University of Florida (US). http://entnemdept.ufl.edu/creatures/field/lesser_cornstalk_borer.htm
 * Sandhu HS, Nuessly GS, Cherry RH, Gilbert RA, Webb SE (2011) Effects of Elasmopalpus lignosellus (Lepidoptera: Pyralidae) damage on sugarcane yield. Journal of Economic Entomology 104(2), 474-483.
 * Sandhu HS, Nuessly GS, Webb SE, Cherry RH, Gilbert RA (2013) Temperature-dependent reproductive and life table parameters of Elasmopalpus lignosellus (Lepidoptera: Pyralidae) on sugarcane. Florida Entomologist 96(2), 380-389.</t>
   </si>
@@ -384,62 +393,59 @@
   <si>
     <t>Peronosclerospora spontanea</t>
   </si>
   <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae</t>
   </si>
   <si>
     <t>POOPCO</t>
   </si>
   <si>
     <t>Poophilus costalis</t>
   </si>
   <si>
     <t>* Shih HT, Tsay HC, Yang JT (2005) Notes on the geographic distribution and host plants for Poophilus costalis (Walker, 1851) (Hemiptera: Cercopoidea: Aphrophoridae). Plant Protection Bulletin 47, 171–178.</t>
   </si>
   <si>
     <t>PSCAMI</t>
   </si>
   <si>
     <t>Pseudacanthotermes militaris</t>
   </si>
   <si>
-    <t>PUCCKU</t>
-[...4 lines deleted...]
-  <si>
     <t>PUCCML</t>
   </si>
   <si>
     <t>Puccinia melanocephala</t>
   </si>
   <si>
+    <t>* Kelly P L, Reeder R, Tafesse A (2009) First confirmed report of sugarcane common rust (Puccinia melanocephala) in Ethiopia. Plant Pathology 58 (6), 1172. http://www.blackwell-synergy.com/loi/ppa DOI:10.1111/j.1365-3059.2009.02102.x</t>
+  </si>
+  <si>
     <t>RHYCFE</t>
   </si>
   <si>
     <t>Rhynchophorus ferrugineus</t>
   </si>
   <si>
     <t>* Jaya S, Suresh T, Sobhitha Rani RS, Sreekumar S (2000) Evidence of seven larval instars in Rhynchophorus ferrugineus reared on sugarcane. Journal of Entomological Research 24, 27-31.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum</t>
   </si>
   <si>
     <t>ROOEX</t>
   </si>
   <si>
     <t>Rottboellia cochinchinensis</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
@@ -586,53 +592,50 @@
     <t>DIATIN</t>
   </si>
   <si>
     <t>Chilo infuscatellus</t>
   </si>
   <si>
     <t>CHILZO</t>
   </si>
   <si>
     <t>Chilo partellus</t>
   </si>
   <si>
     <t>* Way MJ, Kfir R (1997) The stem borer Chilo partellus (Swinhoe) (Lepidoptera: Pyralidae) in sugarcane in southern Africa. African Entomology 5(1), 170-172</t>
   </si>
   <si>
     <t>PROSSA</t>
   </si>
   <si>
     <t>Chilo sacchariphagus</t>
   </si>
   <si>
     <t>CINTPU</t>
   </si>
   <si>
     <t>Cintractia pulverulenta</t>
-  </si>
-[...1 lines deleted...]
-    <t>DIATSA</t>
   </si>
   <si>
     <t>Diatraea saccharalis</t>
   </si>
   <si>
     <t>Eoreuma loftini</t>
   </si>
   <si>
     <t>* Showler AT, Wilson BE, Reagan TE (2012) Mexican rice borer, Eoreuma loftini (Lepidoptera: Crambidae) injury to corn greater than to sorghum and sugarcane under field conditions. Journal of Economic Entomology 105(5), 1597-1602.</t>
   </si>
   <si>
     <t>EUMGLA</t>
   </si>
   <si>
     <t>Eumargarodes laingi</t>
   </si>
   <si>
     <t>* Allsopp PG, McGill NG, Stringer JK (2000) Host-plant resistance in sugarcane to pink ground pearls, Eumargarodes laingi Jakubski (Hemiptera: Margarodidae): Confirmation and further screening of clones. Australian Journal of Entomology 39, 316-321.</t>
   </si>
   <si>
     <t>ANMLOR</t>
   </si>
   <si>
     <t>Exomala orientalis</t>
   </si>
@@ -683,50 +686,59 @@
     <t>PERKSA</t>
   </si>
   <si>
     <t>Perkinsiella saccharicida</t>
   </si>
   <si>
     <t>PRSCSA</t>
   </si>
   <si>
     <t>Peronosclerospora sacchari</t>
   </si>
   <si>
     <t>PHYGSM</t>
   </si>
   <si>
     <t>Phyllophaga smithi</t>
   </si>
   <si>
     <t>SCMV00</t>
   </si>
   <si>
     <t>Potyvirus sacchari</t>
   </si>
   <si>
     <t>* Nisa SG, Farooq MA, Iqbal U, Fatima A, Ahmad Z, Tabassam S, Waseem S, Tassadaq S, Haroon U, Chaudhary HJ, Munis MF (2022) Incidence and detection of wilting pathogen and Sugarcane mosaic virus (SCMV) in Pakistan. Journal of Phytopathology 170 (7-8), 453-461.</t>
+  </si>
+  <si>
+    <t>PUCCKU</t>
+  </si>
+  <si>
+    <t>Puccinia kuehnii</t>
+  </si>
+  <si>
+    <t>* Cárdenas DE, Carrillo-Tarazona Y, Sood SG, Hincapie MA, Wang J, Rott PC, Cano LM (2024) A diagnostic guide for orange rust disease in sugarcane. Plant Health Progress 25(4), 514-526.</t>
   </si>
   <si>
     <t>PYRLPE</t>
   </si>
   <si>
     <t>Pyrilla perpusilla</t>
   </si>
   <si>
     <t>SPPHOB</t>
   </si>
   <si>
     <t>Rhabdoscelus obscurus</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum</t>
   </si>
   <si>
     <t>* Arango G, Rizo D (1977) [Some considerations on the behaviour of Rhynchophorus palmarum and Metamasius hemipterus on sugarcane.] Revista Colombiana de Entomologia 3, 23-28 (in Spanish).
 * Giblin-Davis RM, Gerber K, Griffith R (1989) Laboratory rearing of Rhynchophorus cruentatus and R. palmarum (Coleoptera: Curculionidae). Florida Entomologist 72(3), 480-488.
 ------- Artificial diet made with pineapple and sugarcane to rear R. palmarum in the laboratory.
 * Lepesme P (1947) Les insectes des palmiers. Paul Lechevalier editeur, Paris, 903 pp.
 * Restrepo L, Rivera F, Raigosa J (1982) Life cycle, habit and morphometry of Metamasius hemipterus and Rhynchophorus palmarum on sugarcane. Acta Agronómica 32, 33-44 (in Spanish).
@@ -1129,51 +1141,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D102"/>
+  <dimension ref="A1:D103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="662.838" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1403,1095 +1415,1115 @@
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>57</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>64</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>65</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>69</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>70</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C28" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>74</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29" t="s">
         <v>75</v>
       </c>
       <c r="C29" t="s">
         <v>76</v>
       </c>
       <c r="D29" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
         <v>78</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
       <c r="D30" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31" t="s">
         <v>81</v>
       </c>
       <c r="C31" t="s">
         <v>82</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>85</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33" t="s">
         <v>86</v>
       </c>
       <c r="C33" t="s">
         <v>87</v>
       </c>
       <c r="D33" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34" t="s">
         <v>89</v>
       </c>
       <c r="C34" t="s">
         <v>90</v>
       </c>
       <c r="D34" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35" t="s">
         <v>92</v>
       </c>
       <c r="C35" t="s">
         <v>93</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C36" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>96</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>98</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>103</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40" t="s">
         <v>104</v>
       </c>
       <c r="C40" t="s">
         <v>105</v>
       </c>
       <c r="D40" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41" t="s">
         <v>108</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C44" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>115</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45" t="s">
         <v>116</v>
       </c>
       <c r="C45" t="s">
         <v>117</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C46" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>122</v>
+      </c>
+      <c r="D47" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C48" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D48" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C49" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C51" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C55" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C56" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C57" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C58" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C59" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C61" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D62" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C65" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C66" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C67" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D67" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B68" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C68" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B69" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C69" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B70" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C70" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B71" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C71" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D71" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B72" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C72" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B73" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C73" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B74" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C74" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D74" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B75" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C75" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B76" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C76" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B77" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="C77" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D77"/>
+        <v>188</v>
+      </c>
+      <c r="D77" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B78" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C78" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D78" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B79" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C79" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D79" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B80" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C80" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C81" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B82" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C82" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D82" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B83" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C83" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D83" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B84" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C84" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D84" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B85" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C85" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D85" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B86" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C86" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B87" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C87" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B88" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C88" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B89" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C89" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D89" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B90" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C90" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="D90"/>
+        <v>220</v>
+      </c>
+      <c r="D90" t="s">
+        <v>221</v>
+      </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B91" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C91" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B92" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C92" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B93" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C93" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D93" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B94" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C94" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="D94"/>
+        <v>230</v>
+      </c>
+      <c r="D94" t="s">
+        <v>231</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B95" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C95" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B96" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C96" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B97" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C97" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B98" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C98" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B99" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C99" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B100" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C100" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D100" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B101" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C101" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D101" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B102" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C102" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="D102"/>
+        <v>249</v>
+      </c>
+      <c r="D102" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>167</v>
+      </c>
+      <c r="B103" t="s">
+        <v>251</v>
+      </c>
+      <c r="C103" t="s">
+        <v>252</v>
+      </c>
+      <c r="D103"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>