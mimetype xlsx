--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -41,51 +41,51 @@
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Bahder BW, Helmick EE, Chakrabarti S, Osorio S, Soto N, Chouvenc T, Harrison NA (2018) Disease progression of a lethal decline caused by the 16SrIV‐D phytoplasma in Florida palms. Plant Pathology 67(8), 1821-1828.</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Mou DF, Helmick EE, Bahder BW (2022) Multilocus Sequence Analysis reveals new hosts of palm lethal decline phytoplasmas in Florida, USA. Plant Health Progress 23(4), 399-408.
 ------- new host.</t>
   </si>
   <si>
     <t>DIOCFR</t>
   </si>
   <si>
     <t>Diocalandra frumenti</t>
   </si>
   <si>
     <t>MYNDCR</t>
   </si>
   <si>
     <t>Haplaxius crudus</t>
   </si>
   <si>
     <t>* Howard FW, Mead FW (1980) A survey of Auchenorrhyncha (Insecta: Homoptera) associated with palms in southern Florida. Tropical Agriculture 57(2), pp.145-153.
 --------- Adult host.</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>