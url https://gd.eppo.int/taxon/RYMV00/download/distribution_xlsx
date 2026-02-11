--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -218,51 +218,51 @@
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>