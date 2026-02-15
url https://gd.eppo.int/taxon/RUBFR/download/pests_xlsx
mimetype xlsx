--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RUBFR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACNLCO</t>
   </si>
   <si>
     <t>Acanalonia conica</t>
   </si>
   <si>
     <t>* Kóbor P, Kondorosy E, Nagy C, Orosz A (2021) Acanalonia conica (Say, 1830): A new alien planthopper species established in Hungary (Auchenorrhyncha: Fulgoroidea: Acanaloniidae). Acta Phytopathologica et Entomologica Hungarica 56(2), 201-207. https://doi.org/10.1556/038.2021.00132</t>
   </si>
   <si>
@@ -263,51 +263,52 @@
 ------- Putative host plant (adults were collected).</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae (as Rubus)</t>
   </si>
   <si>
     <t>* Coneva E, Murphy JF, Boozer R, Velasquez N (2009) Viruses identified in blackberries grown in Alabama. Phytopathology 99(6 suppl.), S24.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>PHYTCR</t>
   </si>
   <si>
     <t>Phytophthora cryptogea (as Rubus)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
-    <t>* Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.</t>
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.
+* Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.</t>
   </si>
   <si>
     <t>CORBFA</t>
   </si>
   <si>
     <t>Rhodococcus fascians (as Rubus)</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum (as Rubus)</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii (as Rubus)</t>
   </si>
   <si>
     <t>* NPPO of Spain. EPPO Reporting Service 2021/008. Available at https://gd.eppo.int/reporting/article-6947.
 ------- detected on blaclberry during official surveys.</t>
   </si>
   <si>
     <t>SLRSV0</t>
@@ -331,50 +332,54 @@
     <t>Thrips palmi (as Rubus)</t>
   </si>
   <si>
     <t>* Zamora Landa AI, Lemus Soriano BA, Cambero Campos OJ, Pinedo-Escatel JA (2021) Nuevos registros de trips y daños asociados a blueberries y zarzamora en el Estado de Michoacán, México. Southwestern Entomologist 45(4), 1165-1170.</t>
   </si>
   <si>
     <t>TSVBL0</t>
   </si>
   <si>
     <t>Tobacco streak virus black raspberry latent strain (as Rubus)</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
   <si>
     <t>* Özbek Çatal B, Çalişkan Keçe AF, Ulusoy MR (2021) Distribution and host plants of Drosophilidae (Diptera) species detected in fruit orchards of the Eastern Mediterranean Region of Turkey. Mustafa Kemal University Journal of Agricultural Sciences 26(2), 431-442. https://doi.org/10.37908/mkutbd.873838</t>
   </si>
   <si>
     <t>ZAPRTU</t>
   </si>
   <si>
     <t>Zaprionus tuberculatus</t>
+  </si>
+  <si>
+    <t>* Özbek Çatal B, Çalişkan Keçe AF, Ulusoy MR (2021) Distribution and host plants of Drosophilidae (Diptera) species detected in fruit orchards of the Eastern Mediterranean Region of Turkey. Mustafa Kemal University Journal of Agricultural Sciences 26(2), 431-442. https://doi.org/10.37908/mkutbd.873838
+* Jobim K, da Rosa BR, da Luz Kaster P, Ovruski SM, Garcia FR (2025) Interactions of the Invasive Fruit Flies Drosophila suzukii, Zaprionus indianus, Zaprionus tuberculatus and Ceratitis capitata with Their Hosts in the Brazilian Pampa Biome. Insects 16(12):, 1285. https://doi.org/10.3390/insects16121285</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>DROSSU</t>
   </si>
   <si>
     <t>Drosophila suzukii</t>
   </si>
   <si>
     <t>* Bellamy DE, Sisterson MS, Walse SS (2013) Quantifying host potentials: indexing postharvest fresh fruits for spotted wing drosophila, Drosophila suzukii. PLoS One 8(4), e61227.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Rubus)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp.
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp.
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
@@ -1250,104 +1255,104 @@
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>98</v>
       </c>
       <c r="C38" t="s">
         <v>99</v>
       </c>
       <c r="D38" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
         <v>101</v>
       </c>
       <c r="C39" t="s">
         <v>102</v>
       </c>
       <c r="D39" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B40" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C40" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D40" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C41" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D41" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C42" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D42" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B43" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C43" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D43"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>