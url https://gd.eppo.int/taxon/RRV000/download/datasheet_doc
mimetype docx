--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">rose rosette virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rose rosette disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379168e72b43ca956" w:history="1">
+            <w:hyperlink r:id="rId90406905df2e36b56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179968e72b43ca9c0" w:history="1">
+            <w:hyperlink r:id="rId16686905df2e36bc3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RRV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86471027" name="name288868e72b43cb166" descr="4390.jpg"/>
+                  <wp:docPr id="8926945" name="name62696905df2e37458" descr="4390.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4390.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId453468e72b43cb164" cstate="print"/>
+                          <a:blip r:embed="rId14686905df2e37457" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId941668e72b43cb2ac" w:history="1">
+            <w:hyperlink r:id="rId16616905df2e37556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1513,63 +1513,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017). RRV is not reported elsewhere.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34257466" name="name573868e72b43cc6cb" descr="RRV000_distribution_map.jpg"/>
+            <wp:docPr id="66014572" name="name48256905df2e389dc" descr="RRV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RRV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId338168e72b43cc6c9" cstate="print"/>
+                    <a:blip r:embed="rId86766905df2e389d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3765,51 +3765,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239-252.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2024) Sustainable Roses. Developing sustainable roses through education and breeding. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513868e72b43cd6b3" w:history="1">
+      <w:hyperlink r:id="rId38106905df2e39b04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://roserosette.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (consulted 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3844,81 +3844,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622668e72b43cd731" w:history="1">
+      <w:hyperlink r:id="rId21906905df2e39b88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens11121514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker C, Schubert T, Srivastava P, Paret M &amp; Babu B (2014) Rose rosette disease (Rose rosette virus) found in Florida. Florida Department of Agriculture and Consumer Services, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345168e72b43cd766" w:history="1">
+      <w:hyperlink r:id="rId20516905df2e39bc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3944,101 +3944,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 818-827. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999468e72b43cd7d6" w:history="1">
+      <w:hyperlink r:id="rId12916905df2e39c41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-21-0131-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Babu B, Paret ML, Schubert T, Baker C, Knox G, Iriarte F, Aldrich J, Ritchie L, Harmon CL &amp; Folimonova SY (2015) Rose rosette disease: A new disease of roses in Florida: PP317/PP317, 5/2015. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EDIS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015 (4). Gainesville, FL, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933268e72b43cd828" w:history="1">
+      <w:hyperlink r:id="rId96016905df2e39c96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-pp317-2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555468e72b43cd8c1" w:history="1">
+      <w:hyperlink r:id="rId70046905df2e39d37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-017-0479-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4161,81 +4161,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 482-491. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582968e72b43cd975" w:history="1">
+      <w:hyperlink r:id="rId12436905df2e39db5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-05-22-0047-DG</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloyd RA (2013) Rose rosette disease. MF2974. Kansas State University Agricultural Experiment Station and Cooperative Extension Service, 2 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692768e72b43cd9a9" w:history="1">
+      <w:hyperlink r:id="rId17896905df2e39dec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4444,51 +4444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 00194. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106568e72b43cdb3a" w:history="1">
+      <w:hyperlink r:id="rId56436905df2e39f98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001943</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405968e72b43cdc12" w:history="1">
+      <w:hyperlink r:id="rId17266905df2e3a079" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2016.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,101 +4660,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213068e72b43cdca1" w:history="1">
+      <w:hyperlink r:id="rId53826905df2e3a10e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983168e72b43cdcf2" w:history="1">
+      <w:hyperlink r:id="rId20026905df2e3a161" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4856,51 +4856,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 92-101.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hand F (2014) Controlling Rose Rosette Disease. In The Buckeye. Ohio Nursery and Landscape Association, Ohio, USA, pp. 37-40. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289668e72b43cdddc" w:history="1">
+      <w:hyperlink r:id="rId22906905df2e3a262" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoy M (2013) Common name: eriophyid mite vector of rose rosette disease (RRD). Scientific name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Keifer (Arachnida: Acari: Eriophyidae). University of Florida, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747668e72b43cde3a" w:history="1">
+      <w:hyperlink r:id="rId82146905df2e3a2c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5072,51 +5072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-59. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707568e72b43cdf2e" w:history="1">
+      <w:hyperlink r:id="rId24076905df2e3a485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-009-9319-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5218,51 +5218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 592-595. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558468e72b43ce014" w:history="1">
+      <w:hyperlink r:id="rId97316905df2e3a57a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI12550-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5308,51 +5308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67–79. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725868e72b43ce0b0" w:history="1">
+      <w:hyperlink r:id="rId65946905df2e3a60f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12834</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5474,51 +5474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1603-1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236268e72b43ce1bf" w:history="1">
+      <w:hyperlink r:id="rId13516905df2e3a721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5564,81 +5564,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2633–2648. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId388668e72b43ce24d" w:history="1">
+      <w:hyperlink r:id="rId89686905df2e3a7b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-021-05156-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2014a) Observations on Rose Rosette Disease. University of Tennessee (US). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716468e72b43ce27f" w:history="1">
+      <w:hyperlink r:id="rId60206905df2e3a7e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,81 +5673,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 143–146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148768e72b43ce2fa" w:history="1">
+      <w:hyperlink r:id="rId97436905df2e3a863" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2016) Observations on Rose Rosette Disease. The University of Tennessee. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788168e72b43ce32c" w:history="1">
+      <w:hyperlink r:id="rId76166905df2e3a896" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5813,51 +5813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Emaravirus rosae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345768e72b43ce3df" w:history="1">
+      <w:hyperlink r:id="rId47186905df2e3a977" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5870,63 +5870,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74332282" name="name993668e72b43ce4a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="50643159" name="name97166905df2e3aa5b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId358668e72b43ce4a5" cstate="print"/>
+                    <a:blip r:embed="rId64526905df2e3aa5a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6024,137 +6024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84094563">
+  <w:abstractNum w:abstractNumId="19401344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29745666">
+    <w:lvl w:ilvl="0" w:tplc="28361700">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29745666" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28361700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84094562">
+  <w:abstractNum w:abstractNumId="19401343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30246697">
+    <w:lvl w:ilvl="0" w:tplc="79685306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6906,55 +6906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84094562">
-    <w:abstractNumId w:val="84094562"/>
+  <w:num w:numId="19401343">
+    <w:abstractNumId w:val="19401343"/>
   </w:num>
-  <w:num w:numId="84094563">
-    <w:abstractNumId w:val="84094563"/>
+  <w:num w:numId="19401344">
+    <w:abstractNumId w:val="19401344"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18504,51 +18504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId975300219" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId768923461" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId379168e72b43ca956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId179968e72b43ca9c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId941668e72b43cb2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId513868e72b43cd6b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId622668e72b43cd731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId345168e72b43cd766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId999468e72b43cd7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId933268e72b43cd828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId555468e72b43cd8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId582968e72b43cd975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId692768e72b43cd9a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId106568e72b43cdb3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId405968e72b43cdc12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId213068e72b43cdca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId983168e72b43cdcf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId289668e72b43cdddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId747668e72b43cde3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId707568e72b43cdf2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId558468e72b43ce014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId725868e72b43ce0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId236268e72b43ce1bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId388668e72b43ce24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId716468e72b43ce27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId148768e72b43ce2fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId788168e72b43ce32c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId345768e72b43ce3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId453468e72b43cb164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId453468e72b43cb164.jpg"/><Relationship Id="rId338168e72b43cc6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId338168e72b43cc6c9.jpg"/><Relationship Id="rId358668e72b43ce4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358668e72b43ce4a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296641370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541538738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90406905df2e36b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId16686905df2e36bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId16616905df2e37556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId38106905df2e39b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId21906905df2e39b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId20516905df2e39bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId12916905df2e39c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId96016905df2e39c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId70046905df2e39d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId12436905df2e39db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId17896905df2e39dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId56436905df2e39f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId17266905df2e3a079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId53826905df2e3a10e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId20026905df2e3a161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId22906905df2e3a262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId82146905df2e3a2c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId24076905df2e3a485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId97316905df2e3a57a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId65946905df2e3a60f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId13516905df2e3a721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId89686905df2e3a7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId60206905df2e3a7e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId97436905df2e3a863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId76166905df2e3a896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId47186905df2e3a977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14686905df2e37457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14686905df2e37457.jpg"/><Relationship Id="rId86766905df2e389d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86766905df2e389d9.jpg"/><Relationship Id="rId64526905df2e3aa5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64526905df2e3aa5a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>