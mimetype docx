--- v1 (2025-11-01)
+++ v2 (2025-12-14)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">rose rosette virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rose rosette disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90406905df2e36b56" w:history="1">
+            <w:hyperlink r:id="rId4878693ed7cd0f8ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16686905df2e36bc3" w:history="1">
+            <w:hyperlink r:id="rId3075693ed7cd0f969" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RRV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8926945" name="name62696905df2e37458" descr="4390.jpg"/>
+                  <wp:docPr id="64446939" name="name4751693ed7cd1019e" descr="4390.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4390.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14686905df2e37457" cstate="print"/>
+                          <a:blip r:embed="rId7035693ed7cd1019c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16616905df2e37556" w:history="1">
+            <w:hyperlink r:id="rId2493693ed7cd102ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1513,63 +1513,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017). RRV is not reported elsewhere.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66014572" name="name48256905df2e389dc" descr="RRV000_distribution_map.jpg"/>
+            <wp:docPr id="28878858" name="name4407693ed7cd1136c" descr="RRV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RRV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86766905df2e389d9" cstate="print"/>
+                    <a:blip r:embed="rId1030693ed7cd1136a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3765,51 +3765,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239-252.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2024) Sustainable Roses. Developing sustainable roses through education and breeding. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38106905df2e39b04" w:history="1">
+      <w:hyperlink r:id="rId5863693ed7cd12394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://roserosette.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (consulted 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3844,81 +3844,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21906905df2e39b88" w:history="1">
+      <w:hyperlink r:id="rId1388693ed7cd1242d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens11121514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker C, Schubert T, Srivastava P, Paret M &amp; Babu B (2014) Rose rosette disease (Rose rosette virus) found in Florida. Florida Department of Agriculture and Consumer Services, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20516905df2e39bc0" w:history="1">
+      <w:hyperlink r:id="rId3153693ed7cd12473" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3944,101 +3944,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 818-827. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12916905df2e39c41" w:history="1">
+      <w:hyperlink r:id="rId9742693ed7cd124e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-21-0131-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Babu B, Paret ML, Schubert T, Baker C, Knox G, Iriarte F, Aldrich J, Ritchie L, Harmon CL &amp; Folimonova SY (2015) Rose rosette disease: A new disease of roses in Florida: PP317/PP317, 5/2015. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EDIS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015 (4). Gainesville, FL, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96016905df2e39c96" w:history="1">
+      <w:hyperlink r:id="rId8717693ed7cd1253a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-pp317-2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70046905df2e39d37" w:history="1">
+      <w:hyperlink r:id="rId6343693ed7cd125d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-017-0479-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4161,81 +4161,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 482-491. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12436905df2e39db5" w:history="1">
+      <w:hyperlink r:id="rId6313693ed7cd12648" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-05-22-0047-DG</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloyd RA (2013) Rose rosette disease. MF2974. Kansas State University Agricultural Experiment Station and Cooperative Extension Service, 2 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17896905df2e39dec" w:history="1">
+      <w:hyperlink r:id="rId9378693ed7cd1267b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4444,51 +4444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 00194. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56436905df2e39f98" w:history="1">
+      <w:hyperlink r:id="rId8555693ed7cd1282c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001943</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17266905df2e3a079" w:history="1">
+      <w:hyperlink r:id="rId1807693ed7cd12913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2016.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,101 +4660,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53826905df2e3a10e" w:history="1">
+      <w:hyperlink r:id="rId1858693ed7cd129a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20026905df2e3a161" w:history="1">
+      <w:hyperlink r:id="rId9514693ed7cd129f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4856,51 +4856,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 92-101.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hand F (2014) Controlling Rose Rosette Disease. In The Buckeye. Ohio Nursery and Landscape Association, Ohio, USA, pp. 37-40. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22906905df2e3a262" w:history="1">
+      <w:hyperlink r:id="rId7692693ed7cd12ae8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoy M (2013) Common name: eriophyid mite vector of rose rosette disease (RRD). Scientific name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Keifer (Arachnida: Acari: Eriophyidae). University of Florida, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82146905df2e3a2c2" w:history="1">
+      <w:hyperlink r:id="rId5915693ed7cd12b48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5072,51 +5072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-59. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24076905df2e3a485" w:history="1">
+      <w:hyperlink r:id="rId8879693ed7cd12c41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-009-9319-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5218,51 +5218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 592-595. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97316905df2e3a57a" w:history="1">
+      <w:hyperlink r:id="rId2695693ed7cd12d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI12550-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5308,51 +5308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67–79. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65946905df2e3a60f" w:history="1">
+      <w:hyperlink r:id="rId4071693ed7cd12dbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12834</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5474,51 +5474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1603-1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13516905df2e3a721" w:history="1">
+      <w:hyperlink r:id="rId8137693ed7cd12ed5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5564,81 +5564,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2633–2648. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89686905df2e3a7b1" w:history="1">
+      <w:hyperlink r:id="rId7040693ed7cd12f64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-021-05156-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2014a) Observations on Rose Rosette Disease. University of Tennessee (US). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60206905df2e3a7e3" w:history="1">
+      <w:hyperlink r:id="rId2255693ed7cd12f95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,81 +5673,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 143–146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97436905df2e3a863" w:history="1">
+      <w:hyperlink r:id="rId3585693ed7cd13012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2016) Observations on Rose Rosette Disease. The University of Tennessee. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76166905df2e3a896" w:history="1">
+      <w:hyperlink r:id="rId3085693ed7cd13045" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5813,51 +5813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Emaravirus rosae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47186905df2e3a977" w:history="1">
+      <w:hyperlink r:id="rId5796693ed7cd130f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5870,63 +5870,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50643159" name="name97166905df2e3aa5b" descr="eu_funding_250.png"/>
+            <wp:docPr id="5529626" name="name7433693ed7cd13197" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64526905df2e3aa5a" cstate="print"/>
+                    <a:blip r:embed="rId9472693ed7cd13196" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6024,137 +6024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19401344">
+  <w:abstractNum w:abstractNumId="27860592">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28361700">
+    <w:lvl w:ilvl="0" w:tplc="97727401">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28361700" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97727401" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19401343">
+  <w:abstractNum w:abstractNumId="27860591">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79685306">
+    <w:lvl w:ilvl="0" w:tplc="45572517">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6906,55 +6906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19401343">
-    <w:abstractNumId w:val="19401343"/>
+  <w:num w:numId="27860591">
+    <w:abstractNumId w:val="27860591"/>
   </w:num>
-  <w:num w:numId="19401344">
-    <w:abstractNumId w:val="19401344"/>
+  <w:num w:numId="27860592">
+    <w:abstractNumId w:val="27860592"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18504,51 +18504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296641370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541538738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90406905df2e36b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId16686905df2e36bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId16616905df2e37556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId38106905df2e39b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId21906905df2e39b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId20516905df2e39bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId12916905df2e39c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId96016905df2e39c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId70046905df2e39d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId12436905df2e39db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId17896905df2e39dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId56436905df2e39f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId17266905df2e3a079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId53826905df2e3a10e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId20026905df2e3a161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId22906905df2e3a262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId82146905df2e3a2c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId24076905df2e3a485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId97316905df2e3a57a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId65946905df2e3a60f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId13516905df2e3a721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId89686905df2e3a7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId60206905df2e3a7e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId97436905df2e3a863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId76166905df2e3a896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId47186905df2e3a977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14686905df2e37457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14686905df2e37457.jpg"/><Relationship Id="rId86766905df2e389d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86766905df2e389d9.jpg"/><Relationship Id="rId64526905df2e3aa5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64526905df2e3aa5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766604710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108495361" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4878693ed7cd0f8ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId3075693ed7cd0f969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId2493693ed7cd102ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId5863693ed7cd12394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId1388693ed7cd1242d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId3153693ed7cd12473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId9742693ed7cd124e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId8717693ed7cd1253a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId6343693ed7cd125d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId6313693ed7cd12648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId9378693ed7cd1267b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId8555693ed7cd1282c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId1807693ed7cd12913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId1858693ed7cd129a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId9514693ed7cd129f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId7692693ed7cd12ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId5915693ed7cd12b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId8879693ed7cd12c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId2695693ed7cd12d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId4071693ed7cd12dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId8137693ed7cd12ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId7040693ed7cd12f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId2255693ed7cd12f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId3585693ed7cd13012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId3085693ed7cd13045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId5796693ed7cd130f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7035693ed7cd1019c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7035693ed7cd1019c.jpg"/><Relationship Id="rId1030693ed7cd1136a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1030693ed7cd1136a.jpg"/><Relationship Id="rId9472693ed7cd13196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9472693ed7cd13196.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>