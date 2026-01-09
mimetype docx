--- v2 (2025-12-14)
+++ v3 (2026-01-09)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">rose rosette virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rose rosette disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4878693ed7cd0f8ff" w:history="1">
+            <w:hyperlink r:id="rId1063696151e868f4e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3075693ed7cd0f969" w:history="1">
+            <w:hyperlink r:id="rId9311696151e868fd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RRV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64446939" name="name4751693ed7cd1019e" descr="4390.jpg"/>
+                  <wp:docPr id="66654145" name="name3952696151e8697b8" descr="4390.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4390.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7035693ed7cd1019c" cstate="print"/>
+                          <a:blip r:embed="rId5502696151e8697b6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2493693ed7cd102ac" w:history="1">
+            <w:hyperlink r:id="rId5231696151e86993c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1513,63 +1513,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017). RRV is not reported elsewhere.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28878858" name="name4407693ed7cd1136c" descr="RRV000_distribution_map.jpg"/>
+            <wp:docPr id="9116320" name="name9091696151e86ae72" descr="RRV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RRV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1030693ed7cd1136a" cstate="print"/>
+                    <a:blip r:embed="rId1618696151e86ae6e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3765,51 +3765,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239-252.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2024) Sustainable Roses. Developing sustainable roses through education and breeding. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5863693ed7cd12394" w:history="1">
+      <w:hyperlink r:id="rId9628696151e86c105" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://roserosette.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (consulted 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3844,81 +3844,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1388693ed7cd1242d" w:history="1">
+      <w:hyperlink r:id="rId4537696151e86c188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens11121514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker C, Schubert T, Srivastava P, Paret M &amp; Babu B (2014) Rose rosette disease (Rose rosette virus) found in Florida. Florida Department of Agriculture and Consumer Services, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3153693ed7cd12473" w:history="1">
+      <w:hyperlink r:id="rId4957696151e86c1bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3944,101 +3944,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 818-827. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9742693ed7cd124e7" w:history="1">
+      <w:hyperlink r:id="rId3410696151e86c231" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-21-0131-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Babu B, Paret ML, Schubert T, Baker C, Knox G, Iriarte F, Aldrich J, Ritchie L, Harmon CL &amp; Folimonova SY (2015) Rose rosette disease: A new disease of roses in Florida: PP317/PP317, 5/2015. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EDIS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015 (4). Gainesville, FL, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8717693ed7cd1253a" w:history="1">
+      <w:hyperlink r:id="rId5210696151e86c283" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-pp317-2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6343693ed7cd125d7" w:history="1">
+      <w:hyperlink r:id="rId2400696151e86c31f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-017-0479-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4161,81 +4161,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 482-491. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6313693ed7cd12648" w:history="1">
+      <w:hyperlink r:id="rId2053696151e86c38f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-05-22-0047-DG</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloyd RA (2013) Rose rosette disease. MF2974. Kansas State University Agricultural Experiment Station and Cooperative Extension Service, 2 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9378693ed7cd1267b" w:history="1">
+      <w:hyperlink r:id="rId5424696151e86c3c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4444,51 +4444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 00194. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8555693ed7cd1282c" w:history="1">
+      <w:hyperlink r:id="rId5215696151e86c567" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001943</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1807693ed7cd12913" w:history="1">
+      <w:hyperlink r:id="rId4644696151e86c66d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2016.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,101 +4660,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1858693ed7cd129a5" w:history="1">
+      <w:hyperlink r:id="rId6691696151e86c704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9514693ed7cd129f9" w:history="1">
+      <w:hyperlink r:id="rId8093696151e86c757" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4856,51 +4856,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 92-101.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hand F (2014) Controlling Rose Rosette Disease. In The Buckeye. Ohio Nursery and Landscape Association, Ohio, USA, pp. 37-40. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7692693ed7cd12ae8" w:history="1">
+      <w:hyperlink r:id="rId9023696151e86c843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoy M (2013) Common name: eriophyid mite vector of rose rosette disease (RRD). Scientific name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Keifer (Arachnida: Acari: Eriophyidae). University of Florida, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5915693ed7cd12b48" w:history="1">
+      <w:hyperlink r:id="rId6253696151e86c8a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5072,51 +5072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-59. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8879693ed7cd12c41" w:history="1">
+      <w:hyperlink r:id="rId6205696151e86c99b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-009-9319-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5218,51 +5218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 592-595. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2695693ed7cd12d2c" w:history="1">
+      <w:hyperlink r:id="rId7826696151e86ca86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI12550-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5308,51 +5308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67–79. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4071693ed7cd12dbc" w:history="1">
+      <w:hyperlink r:id="rId3362696151e86cb15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12834</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5474,51 +5474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1603-1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8137693ed7cd12ed5" w:history="1">
+      <w:hyperlink r:id="rId4005696151e86cc1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5564,81 +5564,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2633–2648. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7040693ed7cd12f64" w:history="1">
+      <w:hyperlink r:id="rId6439696151e86ccaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-021-05156-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2014a) Observations on Rose Rosette Disease. University of Tennessee (US). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2255693ed7cd12f95" w:history="1">
+      <w:hyperlink r:id="rId2205696151e86ccdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,81 +5673,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 143–146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3585693ed7cd13012" w:history="1">
+      <w:hyperlink r:id="rId4024696151e86cd57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2016) Observations on Rose Rosette Disease. The University of Tennessee. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3085693ed7cd13045" w:history="1">
+      <w:hyperlink r:id="rId7384696151e86cd89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5791,73 +5791,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Emaravirus rosae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5796693ed7cd130f9" w:history="1">
+      <w:hyperlink r:id="rId5706696151e86ce3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5870,63 +5870,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5529626" name="name7433693ed7cd13197" descr="eu_funding_250.png"/>
+            <wp:docPr id="71747538" name="name5136696151e86d309" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9472693ed7cd13196" cstate="print"/>
+                    <a:blip r:embed="rId8443696151e86d308" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6024,137 +6024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27860592">
+  <w:abstractNum w:abstractNumId="40410948">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97727401">
+    <w:lvl w:ilvl="0" w:tplc="91604659">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97727401" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91604659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27860591">
+  <w:abstractNum w:abstractNumId="40410947">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45572517">
+    <w:lvl w:ilvl="0" w:tplc="21665376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6906,55 +6906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27860591">
-    <w:abstractNumId w:val="27860591"/>
+  <w:num w:numId="40410947">
+    <w:abstractNumId w:val="40410947"/>
   </w:num>
-  <w:num w:numId="27860592">
-    <w:abstractNumId w:val="27860592"/>
+  <w:num w:numId="40410948">
+    <w:abstractNumId w:val="40410948"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18504,51 +18504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766604710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108495361" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4878693ed7cd0f8ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId3075693ed7cd0f969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId2493693ed7cd102ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId5863693ed7cd12394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId1388693ed7cd1242d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId3153693ed7cd12473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId9742693ed7cd124e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId8717693ed7cd1253a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId6343693ed7cd125d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId6313693ed7cd12648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId9378693ed7cd1267b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId8555693ed7cd1282c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId1807693ed7cd12913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId1858693ed7cd129a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId9514693ed7cd129f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId7692693ed7cd12ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId5915693ed7cd12b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId8879693ed7cd12c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId2695693ed7cd12d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId4071693ed7cd12dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId8137693ed7cd12ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId7040693ed7cd12f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId2255693ed7cd12f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId3585693ed7cd13012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId3085693ed7cd13045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId5796693ed7cd130f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7035693ed7cd1019c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7035693ed7cd1019c.jpg"/><Relationship Id="rId1030693ed7cd1136a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1030693ed7cd1136a.jpg"/><Relationship Id="rId9472693ed7cd13196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9472693ed7cd13196.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId899811343" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520782408" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1063696151e868f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId9311696151e868fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId5231696151e86993c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId9628696151e86c105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId4537696151e86c188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId4957696151e86c1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId3410696151e86c231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId5210696151e86c283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId2400696151e86c31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId2053696151e86c38f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId5424696151e86c3c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId5215696151e86c567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId4644696151e86c66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId6691696151e86c704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId8093696151e86c757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId9023696151e86c843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId6253696151e86c8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId6205696151e86c99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId7826696151e86ca86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId3362696151e86cb15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId4005696151e86cc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId6439696151e86ccaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId2205696151e86ccdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId4024696151e86cd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId7384696151e86cd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId5706696151e86ce3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5502696151e8697b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5502696151e8697b6.jpg"/><Relationship Id="rId1618696151e86ae6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1618696151e86ae6e.jpg"/><Relationship Id="rId8443696151e86d308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8443696151e86d308.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>