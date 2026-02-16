--- v3 (2026-01-09)
+++ v4 (2026-02-16)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">rose rosette virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rose rosette disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1063696151e868f4e" w:history="1">
+            <w:hyperlink r:id="rId2895699381647c747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -339,53 +339,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9311696151e868fd0" w:history="1">
+            <w:hyperlink r:id="rId6338699381647c7b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RRV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66654145" name="name3952696151e8697b8" descr="4390.jpg"/>
+                  <wp:docPr id="30567840" name="name5356699381647cd91" descr="4390.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4390.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5502696151e8697b6" cstate="print"/>
+                          <a:blip r:embed="rId8880699381647cd8e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5231696151e86993c" w:history="1">
+            <w:hyperlink r:id="rId1016699381647cec0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1513,63 +1513,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017). RRV is not reported elsewhere.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9116320" name="name9091696151e86ae72" descr="RRV000_distribution_map.jpg"/>
+            <wp:docPr id="35012079" name="name1925699381647e1ad" descr="RRV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RRV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1618696151e86ae6e" cstate="print"/>
+                    <a:blip r:embed="rId9178699381647e1a9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3765,51 +3765,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239-252.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2024) Sustainable Roses. Developing sustainable roses through education and breeding. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9628696151e86c105" w:history="1">
+      <w:hyperlink r:id="rId7401699381647f24a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://roserosette.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (consulted 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3844,81 +3844,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4537696151e86c188" w:history="1">
+      <w:hyperlink r:id="rId5756699381647f2cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens11121514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker C, Schubert T, Srivastava P, Paret M &amp; Babu B (2014) Rose rosette disease (Rose rosette virus) found in Florida. Florida Department of Agriculture and Consumer Services, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4957696151e86c1bd" w:history="1">
+      <w:hyperlink r:id="rId7628699381647f306" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3944,101 +3944,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 818-827. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3410696151e86c231" w:history="1">
+      <w:hyperlink r:id="rId7341699381647f37a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-21-0131-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Babu B, Paret ML, Schubert T, Baker C, Knox G, Iriarte F, Aldrich J, Ritchie L, Harmon CL &amp; Folimonova SY (2015) Rose rosette disease: A new disease of roses in Florida: PP317/PP317, 5/2015. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EDIS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015 (4). Gainesville, FL, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5210696151e86c283" w:history="1">
+      <w:hyperlink r:id="rId1869699381647f3cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-pp317-2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2400696151e86c31f" w:history="1">
+      <w:hyperlink r:id="rId7709699381647f46d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-017-0479-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4161,81 +4161,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 482-491. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2053696151e86c38f" w:history="1">
+      <w:hyperlink r:id="rId4347699381647f4de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-05-22-0047-DG</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloyd RA (2013) Rose rosette disease. MF2974. Kansas State University Agricultural Experiment Station and Cooperative Extension Service, 2 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5424696151e86c3c2" w:history="1">
+      <w:hyperlink r:id="rId8254699381647f512" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4444,51 +4444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 00194. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5215696151e86c567" w:history="1">
+      <w:hyperlink r:id="rId8740699381647f6bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001943</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4644696151e86c66d" w:history="1">
+      <w:hyperlink r:id="rId9490699381647f790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2016.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,101 +4660,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6691696151e86c704" w:history="1">
+      <w:hyperlink r:id="rId7823699381647f822" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8093696151e86c757" w:history="1">
+      <w:hyperlink r:id="rId7794699381647f874" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4856,51 +4856,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 92-101.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hand F (2014) Controlling Rose Rosette Disease. In The Buckeye. Ohio Nursery and Landscape Association, Ohio, USA, pp. 37-40. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9023696151e86c843" w:history="1">
+      <w:hyperlink r:id="rId6069699381647f966" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoy M (2013) Common name: eriophyid mite vector of rose rosette disease (RRD). Scientific name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Keifer (Arachnida: Acari: Eriophyidae). University of Florida, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6253696151e86c8a2" w:history="1">
+      <w:hyperlink r:id="rId8137699381647f9c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5072,51 +5072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-59. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6205696151e86c99b" w:history="1">
+      <w:hyperlink r:id="rId3511699381647fac6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-009-9319-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5218,51 +5218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 592-595. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7826696151e86ca86" w:history="1">
+      <w:hyperlink r:id="rId3713699381647fbb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI12550-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5308,51 +5308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67–79. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3362696151e86cb15" w:history="1">
+      <w:hyperlink r:id="rId5031699381647fc89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12834</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5474,51 +5474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1603-1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4005696151e86cc1d" w:history="1">
+      <w:hyperlink r:id="rId647169938164800f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5564,81 +5564,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2633–2648. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6439696151e86ccaa" w:history="1">
+      <w:hyperlink r:id="rId55186993816480193" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-021-05156-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2014a) Observations on Rose Rosette Disease. University of Tennessee (US). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2205696151e86ccdc" w:history="1">
+      <w:hyperlink r:id="rId443469938164801c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,81 +5673,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 143–146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4024696151e86cd57" w:history="1">
+      <w:hyperlink r:id="rId6515699381648024d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2016) Observations on Rose Rosette Disease. The University of Tennessee. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7384696151e86cd89" w:history="1">
+      <w:hyperlink r:id="rId655169938164802b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5813,51 +5813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Emaravirus rosae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5706696151e86ce3f" w:history="1">
+      <w:hyperlink r:id="rId73646993816480433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5870,63 +5870,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71747538" name="name5136696151e86d309" descr="eu_funding_250.png"/>
+            <wp:docPr id="35823031" name="name38136993816480780" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8443696151e86d308" cstate="print"/>
+                    <a:blip r:embed="rId1143699381648077e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6024,137 +6024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40410948">
+  <w:abstractNum w:abstractNumId="86619944">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91604659">
+    <w:lvl w:ilvl="0" w:tplc="53618444">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91604659" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53618444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40410947">
+  <w:abstractNum w:abstractNumId="86619943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21665376">
+    <w:lvl w:ilvl="0" w:tplc="31405678">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6906,55 +6906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40410947">
-    <w:abstractNumId w:val="40410947"/>
+  <w:num w:numId="86619943">
+    <w:abstractNumId w:val="86619943"/>
   </w:num>
-  <w:num w:numId="40410948">
-    <w:abstractNumId w:val="40410948"/>
+  <w:num w:numId="86619944">
+    <w:abstractNumId w:val="86619944"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18504,51 +18504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId899811343" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520782408" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1063696151e868f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId9311696151e868fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId5231696151e86993c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId9628696151e86c105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId4537696151e86c188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId4957696151e86c1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId3410696151e86c231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId5210696151e86c283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId2400696151e86c31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId2053696151e86c38f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId5424696151e86c3c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId5215696151e86c567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId4644696151e86c66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId6691696151e86c704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId8093696151e86c757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId9023696151e86c843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId6253696151e86c8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId6205696151e86c99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId7826696151e86ca86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId3362696151e86cb15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId4005696151e86cc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId6439696151e86ccaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId2205696151e86ccdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId4024696151e86cd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId7384696151e86cd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId5706696151e86ce3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5502696151e8697b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5502696151e8697b6.jpg"/><Relationship Id="rId1618696151e86ae6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1618696151e86ae6e.jpg"/><Relationship Id="rId8443696151e86d308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8443696151e86d308.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId678404529" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId880765698" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2895699381647c747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId6338699381647c7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId1016699381647cec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId7401699381647f24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId5756699381647f2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId7628699381647f306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId7341699381647f37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId1869699381647f3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId7709699381647f46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId4347699381647f4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId8254699381647f512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId8740699381647f6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId9490699381647f790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId7823699381647f822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId7794699381647f874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId6069699381647f966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId8137699381647f9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId3511699381647fac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId3713699381647fbb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId5031699381647fc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId647169938164800f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId55186993816480193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId443469938164801c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId6515699381648024d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId655169938164802b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId73646993816480433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8880699381647cd8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8880699381647cd8e.jpg"/><Relationship Id="rId9178699381647e1a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9178699381647e1a9.jpg"/><Relationship Id="rId1143699381648077e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1143699381648077e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>