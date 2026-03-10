--- v4 (2026-02-16)
+++ v5 (2026-03-10)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">rose rosette virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rose rosette disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2895699381647c747" w:history="1">
+            <w:hyperlink r:id="rId360069b05e8e12bd2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6338699381647c7b1" w:history="1">
+            <w:hyperlink r:id="rId992569b05e8e12c66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RRV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30567840" name="name5356699381647cd91" descr="4390.jpg"/>
+                  <wp:docPr id="54537003" name="name629469b05e8e12d43" descr="4390.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4390.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8880699381647cd8e" cstate="print"/>
+                          <a:blip r:embed="rId952269b05e8e12d42" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1016699381647cec0" w:history="1">
+            <w:hyperlink r:id="rId406369b05e8e12f1d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1513,63 +1513,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017). RRV is not reported elsewhere.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35012079" name="name1925699381647e1ad" descr="RRV000_distribution_map.jpg"/>
+            <wp:docPr id="84156240" name="name829269b05e8e137ea" descr="RRV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RRV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9178699381647e1a9" cstate="print"/>
+                    <a:blip r:embed="rId555569b05e8e137e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3765,51 +3765,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239-252.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2024) Sustainable Roses. Developing sustainable roses through education and breeding. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7401699381647f24a" w:history="1">
+      <w:hyperlink r:id="rId291069b05e8e15321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://roserosette.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (consulted 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3844,81 +3844,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5756699381647f2cf" w:history="1">
+      <w:hyperlink r:id="rId458169b05e8e1552f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens11121514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker C, Schubert T, Srivastava P, Paret M &amp; Babu B (2014) Rose rosette disease (Rose rosette virus) found in Florida. Florida Department of Agriculture and Consumer Services, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7628699381647f306" w:history="1">
+      <w:hyperlink r:id="rId595569b05e8e155b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3944,101 +3944,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 818-827. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7341699381647f37a" w:history="1">
+      <w:hyperlink r:id="rId374769b05e8e15647" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-21-0131-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Babu B, Paret ML, Schubert T, Baker C, Knox G, Iriarte F, Aldrich J, Ritchie L, Harmon CL &amp; Folimonova SY (2015) Rose rosette disease: A new disease of roses in Florida: PP317/PP317, 5/2015. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EDIS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015 (4). Gainesville, FL, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1869699381647f3cc" w:history="1">
+      <w:hyperlink r:id="rId631269b05e8e15805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-pp317-2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7709699381647f46d" w:history="1">
+      <w:hyperlink r:id="rId685669b05e8e158b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-017-0479-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4161,81 +4161,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 482-491. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4347699381647f4de" w:history="1">
+      <w:hyperlink r:id="rId488669b05e8e15977" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-05-22-0047-DG</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloyd RA (2013) Rose rosette disease. MF2974. Kansas State University Agricultural Experiment Station and Cooperative Extension Service, 2 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8254699381647f512" w:history="1">
+      <w:hyperlink r:id="rId229669b05e8e15d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4444,51 +4444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 00194. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8740699381647f6bb" w:history="1">
+      <w:hyperlink r:id="rId239469b05e8e16866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001943</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9490699381647f790" w:history="1">
+      <w:hyperlink r:id="rId977069b05e8e16a67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2016.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,101 +4660,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7823699381647f822" w:history="1">
+      <w:hyperlink r:id="rId745469b05e8e16b39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7794699381647f874" w:history="1">
+      <w:hyperlink r:id="rId164069b05e8e16b93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4856,51 +4856,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 92-101.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hand F (2014) Controlling Rose Rosette Disease. In The Buckeye. Ohio Nursery and Landscape Association, Ohio, USA, pp. 37-40. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6069699381647f966" w:history="1">
+      <w:hyperlink r:id="rId434969b05e8e171d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoy M (2013) Common name: eriophyid mite vector of rose rosette disease (RRD). Scientific name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Keifer (Arachnida: Acari: Eriophyidae). University of Florida, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8137699381647f9c8" w:history="1">
+      <w:hyperlink r:id="rId812269b05e8e17245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5072,51 +5072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-59. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3511699381647fac6" w:history="1">
+      <w:hyperlink r:id="rId934569b05e8e17575" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-009-9319-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5218,51 +5218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 592-595. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3713699381647fbb7" w:history="1">
+      <w:hyperlink r:id="rId582069b05e8e1773d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI12550-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5308,51 +5308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67–79. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5031699381647fc89" w:history="1">
+      <w:hyperlink r:id="rId915969b05e8e177df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12834</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5474,51 +5474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1603-1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId647169938164800f7" w:history="1">
+      <w:hyperlink r:id="rId325969b05e8e17983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5564,81 +5564,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2633–2648. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55186993816480193" w:history="1">
+      <w:hyperlink r:id="rId487569b05e8e17a8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-021-05156-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2014a) Observations on Rose Rosette Disease. University of Tennessee (US). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443469938164801c9" w:history="1">
+      <w:hyperlink r:id="rId681469b05e8e17ac8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,81 +5673,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 143–146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6515699381648024d" w:history="1">
+      <w:hyperlink r:id="rId616069b05e8e17b4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2016) Observations on Rose Rosette Disease. The University of Tennessee. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655169938164802b8" w:history="1">
+      <w:hyperlink r:id="rId404369b05e8e17b82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5813,51 +5813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Emaravirus rosae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73646993816480433" w:history="1">
+      <w:hyperlink r:id="rId906269b05e8e17c47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5870,63 +5870,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35823031" name="name38136993816480780" descr="eu_funding_250.png"/>
+            <wp:docPr id="59518385" name="name936769b05e8e17d62" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1143699381648077e" cstate="print"/>
+                    <a:blip r:embed="rId627869b05e8e17d61" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6024,137 +6024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86619944">
+  <w:abstractNum w:abstractNumId="17211389">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53618444">
+    <w:lvl w:ilvl="0" w:tplc="10769198">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53618444" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10769198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86619943">
+  <w:abstractNum w:abstractNumId="17211388">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31405678">
+    <w:lvl w:ilvl="0" w:tplc="70796089">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6906,55 +6906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86619943">
-    <w:abstractNumId w:val="86619943"/>
+  <w:num w:numId="17211388">
+    <w:abstractNumId w:val="17211388"/>
   </w:num>
-  <w:num w:numId="86619944">
-    <w:abstractNumId w:val="86619944"/>
+  <w:num w:numId="17211389">
+    <w:abstractNumId w:val="17211389"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18504,51 +18504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId678404529" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId880765698" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2895699381647c747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId6338699381647c7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId1016699381647cec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId7401699381647f24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId5756699381647f2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId7628699381647f306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId7341699381647f37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId1869699381647f3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId7709699381647f46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId4347699381647f4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId8254699381647f512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId8740699381647f6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId9490699381647f790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId7823699381647f822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId7794699381647f874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId6069699381647f966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId8137699381647f9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId3511699381647fac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId3713699381647fbb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId5031699381647fc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId647169938164800f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId55186993816480193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId443469938164801c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId6515699381648024d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId655169938164802b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId73646993816480433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8880699381647cd8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8880699381647cd8e.jpg"/><Relationship Id="rId9178699381647e1a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9178699381647e1a9.jpg"/><Relationship Id="rId1143699381648077e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1143699381648077e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId398287590" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId617854958" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId360069b05e8e12bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId992569b05e8e12c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId406369b05e8e12f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId291069b05e8e15321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId458169b05e8e1552f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId595569b05e8e155b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId374769b05e8e15647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId631269b05e8e15805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId685669b05e8e158b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId488669b05e8e15977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId229669b05e8e15d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId239469b05e8e16866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId977069b05e8e16a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId745469b05e8e16b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId164069b05e8e16b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId434969b05e8e171d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId812269b05e8e17245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId934569b05e8e17575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId582069b05e8e1773d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId915969b05e8e177df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId325969b05e8e17983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId487569b05e8e17a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId681469b05e8e17ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId616069b05e8e17b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId404369b05e8e17b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId906269b05e8e17c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId952269b05e8e12d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId952269b05e8e12d42.jpg"/><Relationship Id="rId555569b05e8e137e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555569b05e8e137e8.jpg"/><Relationship Id="rId627869b05e8e17d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId627869b05e8e17d61.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>