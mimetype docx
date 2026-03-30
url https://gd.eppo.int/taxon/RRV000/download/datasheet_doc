--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">rose rosette virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rose rosette disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360069b05e8e12bd2" w:history="1">
+            <w:hyperlink r:id="rId947969cafd92083be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId992569b05e8e12c66" w:history="1">
+            <w:hyperlink r:id="rId504169cafd9208430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RRV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54537003" name="name629469b05e8e12d43" descr="4390.jpg"/>
+                  <wp:docPr id="79248409" name="name746869cafd9208b1e" descr="4390.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4390.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId952269b05e8e12d42" cstate="print"/>
+                          <a:blip r:embed="rId759169cafd9208b1c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId406369b05e8e12f1d" w:history="1">
+            <w:hyperlink r:id="rId785769cafd9208c08" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1513,63 +1513,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017). RRV is not reported elsewhere.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84156240" name="name829269b05e8e137ea" descr="RRV000_distribution_map.jpg"/>
+            <wp:docPr id="76235954" name="name116069cafd9209d68" descr="RRV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RRV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId555569b05e8e137e8" cstate="print"/>
+                    <a:blip r:embed="rId195969cafd9209d66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3765,51 +3765,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239-252.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2024) Sustainable Roses. Developing sustainable roses through education and breeding. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291069b05e8e15321" w:history="1">
+      <w:hyperlink r:id="rId660669cafd920ad21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://roserosette.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (consulted 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3844,81 +3844,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458169b05e8e1552f" w:history="1">
+      <w:hyperlink r:id="rId911269cafd920ada2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens11121514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker C, Schubert T, Srivastava P, Paret M &amp; Babu B (2014) Rose rosette disease (Rose rosette virus) found in Florida. Florida Department of Agriculture and Consumer Services, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595569b05e8e155b5" w:history="1">
+      <w:hyperlink r:id="rId796169cafd920add8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3944,101 +3944,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 818-827. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374769b05e8e15647" w:history="1">
+      <w:hyperlink r:id="rId574169cafd920ae4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-21-0131-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Babu B, Paret ML, Schubert T, Baker C, Knox G, Iriarte F, Aldrich J, Ritchie L, Harmon CL &amp; Folimonova SY (2015) Rose rosette disease: A new disease of roses in Florida: PP317/PP317, 5/2015. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EDIS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015 (4). Gainesville, FL, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631269b05e8e15805" w:history="1">
+      <w:hyperlink r:id="rId558369cafd920ae9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-pp317-2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685669b05e8e158b4" w:history="1">
+      <w:hyperlink r:id="rId548569cafd920af3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-017-0479-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4161,81 +4161,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 482-491. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488669b05e8e15977" w:history="1">
+      <w:hyperlink r:id="rId215469cafd920afab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-05-22-0047-DG</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloyd RA (2013) Rose rosette disease. MF2974. Kansas State University Agricultural Experiment Station and Cooperative Extension Service, 2 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229669b05e8e15d75" w:history="1">
+      <w:hyperlink r:id="rId99969cafd920afdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4444,51 +4444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 00194. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239469b05e8e16866" w:history="1">
+      <w:hyperlink r:id="rId182769cafd920b16f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001943</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977069b05e8e16a67" w:history="1">
+      <w:hyperlink r:id="rId667369cafd920b23c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2016.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4660,101 +4660,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745469b05e8e16b39" w:history="1">
+      <w:hyperlink r:id="rId801269cafd920b2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164069b05e8e16b93" w:history="1">
+      <w:hyperlink r:id="rId634769cafd920b31a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4856,51 +4856,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 92-101.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hand F (2014) Controlling Rose Rosette Disease. In The Buckeye. Ohio Nursery and Landscape Association, Ohio, USA, pp. 37-40. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434969b05e8e171d4" w:history="1">
+      <w:hyperlink r:id="rId615869cafd920b404" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoy M (2013) Common name: eriophyid mite vector of rose rosette disease (RRD). Scientific name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Keifer (Arachnida: Acari: Eriophyidae). University of Florida, Florida, USA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812269b05e8e17245" w:history="1">
+      <w:hyperlink r:id="rId871969cafd920b462" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5072,51 +5072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-59. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934569b05e8e17575" w:history="1">
+      <w:hyperlink r:id="rId286569cafd920b55a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-009-9319-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5218,51 +5218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 592-595. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582069b05e8e1773d" w:history="1">
+      <w:hyperlink r:id="rId751369cafd920b653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI12550-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5308,51 +5308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67–79. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915969b05e8e177df" w:history="1">
+      <w:hyperlink r:id="rId336869cafd920b6e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12834</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5474,51 +5474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1603-1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325969b05e8e17983" w:history="1">
+      <w:hyperlink r:id="rId137669cafd920b7f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5564,81 +5564,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2633–2648. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487569b05e8e17a8d" w:history="1">
+      <w:hyperlink r:id="rId580869cafd920b87e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-021-05156-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2014a) Observations on Rose Rosette Disease. University of Tennessee (US). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681469b05e8e17ac8" w:history="1">
+      <w:hyperlink r:id="rId174369cafd920b8b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 2024-06-07).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,81 +5673,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 143–146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616069b05e8e17b4c" w:history="1">
+      <w:hyperlink r:id="rId796569cafd920b92d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windham M, Windham A &amp; Hale F (2016) Observations on Rose Rosette Disease. The University of Tennessee. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404369b05e8e17b82" w:history="1">
+      <w:hyperlink r:id="rId768269cafd920b95f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5813,51 +5813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Emaravirus rosae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906269b05e8e17c47" w:history="1">
+      <w:hyperlink r:id="rId903269cafd920ba15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5870,63 +5870,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59518385" name="name936769b05e8e17d62" descr="eu_funding_250.png"/>
+            <wp:docPr id="85905060" name="name714569cafd920bac9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId627869b05e8e17d61" cstate="print"/>
+                    <a:blip r:embed="rId872869cafd920bac8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6024,137 +6024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17211389">
+  <w:abstractNum w:abstractNumId="57252249">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10769198">
+    <w:lvl w:ilvl="0" w:tplc="42521712">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10769198" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42521712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17211388">
+  <w:abstractNum w:abstractNumId="57252248">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70796089">
+    <w:lvl w:ilvl="0" w:tplc="44999055">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6906,55 +6906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17211388">
-    <w:abstractNumId w:val="17211388"/>
+  <w:num w:numId="57252248">
+    <w:abstractNumId w:val="57252248"/>
   </w:num>
-  <w:num w:numId="17211389">
-    <w:abstractNumId w:val="17211389"/>
+  <w:num w:numId="57252249">
+    <w:abstractNumId w:val="57252249"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18504,51 +18504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId398287590" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId617854958" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId360069b05e8e12bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId992569b05e8e12c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId406369b05e8e12f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId291069b05e8e15321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId458169b05e8e1552f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId595569b05e8e155b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId374769b05e8e15647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId631269b05e8e15805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId685669b05e8e158b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId488669b05e8e15977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId229669b05e8e15d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId239469b05e8e16866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId977069b05e8e16a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId745469b05e8e16b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId164069b05e8e16b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId434969b05e8e171d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId812269b05e8e17245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId934569b05e8e17575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId582069b05e8e1773d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId915969b05e8e177df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId325969b05e8e17983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId487569b05e8e17a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId681469b05e8e17ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId616069b05e8e17b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId404369b05e8e17b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId906269b05e8e17c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId952269b05e8e12d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId952269b05e8e12d42.jpg"/><Relationship Id="rId555569b05e8e137e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555569b05e8e137e8.jpg"/><Relationship Id="rId627869b05e8e17d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId627869b05e8e17d61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId581042504" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId855583547" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId947969cafd92083be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/" TargetMode="External"/><Relationship Id="rId504169cafd9208430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/categorization" TargetMode="External"/><Relationship Id="rId785769cafd9208c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/photos" TargetMode="External"/><Relationship Id="rId660669cafd920ad21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roserosette.org" TargetMode="External"/><Relationship Id="rId911269cafd920ada2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens11121514" TargetMode="External"/><Relationship Id="rId796169cafd920add8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccmedia.fdacs.gov/content/download/35585/file/rose%20rosette%20disease.pdf" TargetMode="External"/><Relationship Id="rId574169cafd920ae4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-21-0131-RE" TargetMode="External"/><Relationship Id="rId558369cafd920ae9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-pp317-2015" TargetMode="External"/><Relationship Id="rId548569cafd920af3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-017-0479-y" TargetMode="External"/><Relationship Id="rId215469cafd920afab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-05-22-0047-DG" TargetMode="External"/><Relationship Id="rId99969cafd920afdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookstore.ksre.ksu.edu/pubs/rose-rosette-disease_MF2974.pdf" TargetMode="External"/><Relationship Id="rId182769cafd920b16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001943" TargetMode="External"/><Relationship Id="rId667369cafd920b23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2016.01.013" TargetMode="External"/><Relationship Id="rId801269cafd920b2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId634769cafd920b31a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId615869cafd920b404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chadwickarboretum.osu.edu/sites/chadwick/files/imce/pdf/Buckeye_08August2014_Hand.pdf" TargetMode="External"/><Relationship Id="rId871969cafd920b462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/ORN/ph_fructiphilus.htm" TargetMode="External"/><Relationship Id="rId286569cafd920b55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-009-9319-2" TargetMode="External"/><Relationship Id="rId751369cafd920b653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI12550-17" TargetMode="External"/><Relationship Id="rId336869cafd920b6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12834" TargetMode="External"/><Relationship Id="rId137669cafd920b7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId580869cafd920b87e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-021-05156-1" TargetMode="External"/><Relationship Id="rId174369cafd920b8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId796569cafd920b92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rose.org/wp-content/uploads/2024/05/W833-compressed.pdf" TargetMode="External"/><Relationship Id="rId768269cafd920b95f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newenglandgrows.org/pdfs/ho_WindhamRoseRosette.pdf" TargetMode="External"/><Relationship Id="rId903269cafd920ba15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId759169cafd9208b1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId759169cafd9208b1c.jpg"/><Relationship Id="rId195969cafd9209d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId195969cafd9209d66.jpg"/><Relationship Id="rId872869cafd920bac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId872869cafd920bac8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>