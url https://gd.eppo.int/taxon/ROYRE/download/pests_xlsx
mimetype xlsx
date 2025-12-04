--- v0 (2025-10-23)
+++ v1 (2025-12-04)
@@ -64,51 +64,51 @@
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CCCVD0</t>
   </si>
   <si>
     <t>Cocadviroid cadangi</t>
   </si>
   <si>
     <t>* Imperial JS, Bautista RM, Randles JW (1985) Transmission of the coconut cadang-cadang viroid to six species of palm by inoculation with nucleic acid extracts. Plant Pathology 34, 391-401.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BRONLO</t>
   </si>
   <si>
     <t>Brontispa longissima</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Myrie WA, Harrison NA, Douglas L, Helmick E, Gore-Francis J, Oropeza C, McLaughlin WA (2014) First report of lethal yellowing disease associated with subgroup 16SrIV-A phytoplasmas in Antigua, West Indies. New Disease Reports (2014) 29, 12. http://dx.doi.org/10.5197/j.2044-0588.2014.029.012</t>
   </si>
   <si>
     <t>VINSST</t>
   </si>
   <si>
     <t>Ceroplastes stellifer</t>
   </si>
   <si>
     <t>DIOCFR</t>
   </si>
   <si>
     <t>Diocalandra frumenti</t>
   </si>
   <si>
     <t>* Liao CT, Chen CC (1997) Bulletin of Taichung District Agricultural Improvement Station No. 57, 43-48.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>