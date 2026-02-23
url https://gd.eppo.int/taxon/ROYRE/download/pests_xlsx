--- v1 (2025-12-04)
+++ v2 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ROYRE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann C, Kreiter S, Etienne J &amp; Moraes Gj (1999) Plant mites (Acari) of the French Antilles. 1. Tetranychoidea (Prostigmata). Acarologia, 40, 137–144.</t>
@@ -136,50 +136,59 @@
     <t>* Giblin-Davis RM, Peña JE, Duncan RE (1994) Lethal trap for evaluation of semiochemical mediated attraction of Metamasius hemipterus sericeus (Olivier) (Coleoptera: Curculionidae). Florida Entomologist 77, 247-255.</t>
   </si>
   <si>
     <t>OCTDNI</t>
   </si>
   <si>
     <t>Octodonta nipae</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
   <si>
     <t>* Narvaez M, Cordova-Lara I, Reyes-Martinez C, Puch-Hau C, Mota-Narvaez L, Colli A, Caamal G, Harrison N, Saenz L, Oropeza C (2016) Occurrence of 16SrIV subgroup A phytoplasmas in Roystonea regia and Acrocomia mexicana palms with lethal yellowing-like syndromes in Yucatan, Mexico. Journal of Phytopathology 164(11/12), 1111-1115.</t>
   </si>
   <si>
     <t>PARYMI</t>
   </si>
   <si>
     <t>Paraleyrodes minei</t>
   </si>
   <si>
     <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8), e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>RHYCFE</t>
   </si>
   <si>
     <t>Rhynchophorus ferrugineus</t>
   </si>
   <si>
     <t>* Esteban-Duran J, Yela JL, Beitia Crespo F &amp; Jimenez Alvarez A (1998) [Exotic curculionids liable to be introduced into Spain and other EU countries through imported vegetables.] Boletín de Sanidad Vegetal, Plagas 24, 23 – 40 (in Spanish).
 * Wahizatul AA, Chong JL, Zakeri HA, Norhayai Y, Wan BWO, Yong KW, Ainatun NZ, Modh HH (2017) The red palm weevil, Rhynchophorus ferrugineus: current issues and challenges in Malaysia. Oil Palm Bulletin 74, 17-24.</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum</t>
   </si>
   <si>
     <t>* de la Torre ARC, de la Torre JAA, Moya OM (2010) Biologia, habitos y manejo de Rhynchophorus palmarum. Boletin Tecnico no. 23, Centro de Investigación en Palma de Aceite, Cenipalma, Colombia, 53 pp.
@@ -521,51 +530,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="441.035" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -721,92 +730,106 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>44</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>12</v>
+      </c>
+      <c r="B17" t="s">
         <v>48</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>49</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>50</v>
       </c>
-      <c r="D17" t="s">
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
         <v>51</v>
+      </c>
+      <c r="B18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">