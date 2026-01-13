--- v0 (2025-10-23)
+++ v1 (2026-01-13)
@@ -370,51 +370,52 @@
   <si>
     <t>HISHSE</t>
   </si>
   <si>
     <t>Hishimonus sellatus</t>
   </si>
   <si>
     <t>* Bella S, Aguin-Pombo D, Aguiar AM, Kunz G, Miralles-Nunez A, Foster S, Sanchez-Garcia I, Wilson MR, D’Urso VE (2022) Discovery of Hishimonus diffractus Dai, Fletcher &amp; Zhang, 2013 (Hemiptera: Auchenorrhyncha: Cicadellidae) in Europe, with remarks on previously recorded species of the genus. Zootaxa 5159(4), 558–570. https://doi.org/10.11646/zootaxa.5159.4.5</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV (as Rosa)</t>
   </si>
   <si>
-    <t>* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.</t>
+    <t>* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.
+* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.</t>
   </si>
   <si>
     <t>PNRSV0</t>
   </si>
   <si>
     <t>Ilarvirus PNRSV</t>
   </si>
   <si>
     <t>* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* Wei J, Zou L, Kuang R, He L (2000) Influence of leaf tissue structure on host feeding selection by pea leafminer Liriomyza huidobrensis (Diptera: Agromyzidae). Zoological Studies 39, 295-300.
 * Weintraub PG, Scheffer SJ, Visser D, Valladares G, Soares Correa A, Shepard BM, Rauf A, Murphy ST, Mujica N, MacVean C, Kroschel J (2017) The invasive Liriomyza huidobrensis (Diptera: Agromyzidae): understanding its pest status and management globally. Journal of Insect Science 17(1), 1-27. https://doi.org/10.1093/jisesa/iew125</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
@@ -485,51 +486,52 @@
     <t>* Carneiro RMDG, Correa VR, Almeida MRA, Gomes ACMM, Deimi AM, Castagnone-Sereno P &amp; Karssen G (2014) Meloidogyne luci n. sp. (Nematoda: Meloidogynidae), a root-knot nematode parasitising different crops in Brazil, Chile and Iran. Nematology 16, 289-301.</t>
   </si>
   <si>
     <t>MELGMA</t>
   </si>
   <si>
     <t>Meloidogyne mali (as Rosa)</t>
   </si>
   <si>
     <t xml:space="preserve">* Itoh Y, Ohshima Y, Ichinohe M (1969) A root–knot nematode, Meloidogyne mali n. sp. on apple–tree from Japan (Tylenchida: Heteroderidae). Applied Entomology and Zoology 4: 194-202
 </t>
   </si>
   <si>
     <t>MCCTAB</t>
   </si>
   <si>
     <t>Microcephalothrips abdominalis</t>
   </si>
   <si>
     <t>NPESRS</t>
   </si>
   <si>
     <t>Neopestalotiopsis rosae</t>
   </si>
   <si>
-    <t>* Maharachchikumbura SS, Hyde KD, Groenewald JZ, Xu J, Crous PW (2014) Pestalotiopsis revisited. Studies in Mycology 79, 121-186.
+    <t>* Almeida BP, Junges E, Savian LG (2025) Neopestalotiopsis rosae causing leaf spot on Rosa sp. in Brazil. Caderno Pedagógico 22(11), e20006 .https://doi.org/10.54033/cadpedv22n11-219
+* Maharachchikumbura SS, Hyde KD, Groenewald JZ, Xu J, Crous PW (2014) Pestalotiopsis revisited. Studies in Mycology 79, 121-186.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>ARMV00</t>
   </si>
   <si>
     <t>Nepovirus arabis</t>
   </si>
   <si>
     <t>TORSV0</t>
   </si>
   <si>
     <t>Nepovirus lycopersici</t>
   </si>
   <si>
     <t>* Sattary M, Rakhshanderoo F, Mozafari J (2015) First report of a mosaic disease caused by Tomato ringspot virus on rose and almond plants in Iran. Journal of Plant Pathology 97, 393.</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* McDaniel GL, Buck GJ, Ford RE (1971) Isolation of tobacco ringspot virus from rose. Phytopathology 61, 45-49.</t>