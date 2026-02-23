--- v1 (2026-01-13)
+++ v2 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ROSSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata (as Rosa)</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (record may relate to other species in the femorata complex as it pre-dates Wellso &amp; Manley, 2007.
 * Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. Journal of Economic Entomology, 30(5), 748–750. https://doi.org/10.1093/jee/30.5.748
@@ -112,50 +112,59 @@
   </si>
   <si>
     <t>ANTHBI</t>
   </si>
   <si>
     <t>Anthonomus bisignifer (as Rosa)</t>
   </si>
   <si>
     <t>* Kojima H, Morimoto K (1994) Taxonomic study of the subfamily Anthonominae from Japan (Coleoptera: Curculionidae). Esakia 34, 147-186.</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Rosa)</t>
   </si>
   <si>
     <t>TORTPR</t>
   </si>
   <si>
     <t>Cacoecimorpha pronubana</t>
   </si>
   <si>
     <t>* Inserra S, Calabretta C, Garzia GT (1987) Attack by Cacoecimorpha pronubana (Hbn.) on protected crops of gerbera and rose and possibilities of chemical and biological control. Difesa delle Piante 10(1), 97-100.
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW, Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London.https://www.nhm.ac.uk/our-science/data/hostplants/search/index.dsml</t>
+  </si>
+  <si>
+    <t>ASGV00</t>
+  </si>
+  <si>
+    <t>Capillovirus mali (as Rosa)</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397</t>
   </si>
   <si>
     <t>CRTZBR</t>
   </si>
   <si>
     <t>Ceratothripoides brunneus</t>
   </si>
   <si>
     <t>* Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1–21. https://doi.org/10.3897/zookeys.306.5455
 ------- Collected from this plant in Java (Indonesia).</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Rosa)</t>
   </si>
   <si>
     <t>* Karpun NN, Zhuravleva YeN, Volkovitsh МG, Procenko VYe, Musolin DL (2017) To the fauna and biology of new alien insect pest species of woody plants in humid subtropics of Russia. Izvestia Sankt-Peterburgskoj Lesotehniceskoj Akademii, 2017, is. 220, pp. 169–185 (in Russian with English summary).</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
@@ -225,50 +234,60 @@
     <t>QUADPE</t>
   </si>
   <si>
     <t>Comstockaspis perniciosa</t>
   </si>
   <si>
     <t>* Ben-Dov Y, German V (2003) A systemic catalogue of the Diaspididae (armoured scale insects) of the world, subfamilies Aspidiotinae, Comstockiellinae and Odonaspidinae. Intercept Ltd, Andover UK, 1111 pp.
 * Moghaddam M (2003) An annotated checklist of the scale insects of Iran (Hemiptera, Sternorrhyncha, Coccoidea) with new records and distribution data. Zookeys 334, 1-92. https://doi.org/10.3897/zookeys.334.5818</t>
   </si>
   <si>
     <t>CONLGR</t>
   </si>
   <si>
     <t>Coniella granati</t>
   </si>
   <si>
     <t>* Mahadevakumar S, Deepika YS, Amruthesh KN, Lakshmidevi N (2022) First report of Coniella granati associated with dieback of rose (Rosa sp.) in India. Plant Disease 106, 1304.</t>
   </si>
   <si>
     <t>CONIWE</t>
   </si>
   <si>
     <t>Coniothyrium wernsdorffiae (as Rosa)</t>
   </si>
   <si>
+    <t>CMV000</t>
+  </si>
+  <si>
+    <t>Cucumovirus CMV (as Rosa)</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
+  </si>
+  <si>
     <t>DIABUN</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata undecimpunctata</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 -------- Adult host.</t>
   </si>
   <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
@@ -370,61 +389,69 @@
   <si>
     <t>HISHSE</t>
   </si>
   <si>
     <t>Hishimonus sellatus</t>
   </si>
   <si>
     <t>* Bella S, Aguin-Pombo D, Aguiar AM, Kunz G, Miralles-Nunez A, Foster S, Sanchez-Garcia I, Wilson MR, D’Urso VE (2022) Discovery of Hishimonus diffractus Dai, Fletcher &amp; Zhang, 2013 (Hemiptera: Auchenorrhyncha: Cicadellidae) in Europe, with remarks on previously recorded species of the genus. Zootaxa 5159(4), 558–570. https://doi.org/10.11646/zootaxa.5159.4.5</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV (as Rosa)</t>
   </si>
   <si>
-    <t>* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.
-* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.</t>
+    <t>* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.
+* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.</t>
   </si>
   <si>
     <t>PNRSV0</t>
   </si>
   <si>
     <t>Ilarvirus PNRSV</t>
   </si>
   <si>
-    <t>* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799
+* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
+  </si>
+  <si>
+    <t>TSV000</t>
+  </si>
+  <si>
+    <t>Ilarvirus TSV (as Rosa)</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* Wei J, Zou L, Kuang R, He L (2000) Influence of leaf tissue structure on host feeding selection by pea leafminer Liriomyza huidobrensis (Diptera: Agromyzidae). Zoological Studies 39, 295-300.
 * Weintraub PG, Scheffer SJ, Visser D, Valladares G, Soares Correa A, Shepard BM, Rauf A, Murphy ST, Mujica N, MacVean C, Kroschel J (2017) The invasive Liriomyza huidobrensis (Diptera: Agromyzidae): understanding its pest status and management globally. Journal of Insect Science 17(1), 1-27. https://doi.org/10.1093/jisesa/iew125</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Batsankalashvili M, Kaydan MB, Kirkitadze G, Japoshvili G (2017) Updated checklist of scale insects (Hemiptera: Coccomorpha) in Sakartvelo (Georgia). Annals of Agrarian Science 15(2), 252-268.
 * Moghaddam M (2013) An annotated checklist of the scale insects of Iran (Hemiptera, Sternorrhyncha, Coccoidea) with new records and distribution data. Zookeys 334, 1-92.
 * Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf [Accessed February 15, 2023].</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
@@ -497,57 +524,61 @@
   </si>
   <si>
     <t>MCCTAB</t>
   </si>
   <si>
     <t>Microcephalothrips abdominalis</t>
   </si>
   <si>
     <t>NPESRS</t>
   </si>
   <si>
     <t>Neopestalotiopsis rosae</t>
   </si>
   <si>
     <t>* Almeida BP, Junges E, Savian LG (2025) Neopestalotiopsis rosae causing leaf spot on Rosa sp. in Brazil. Caderno Pedagógico 22(11), e20006 .https://doi.org/10.54033/cadpedv22n11-219
 * Maharachchikumbura SS, Hyde KD, Groenewald JZ, Xu J, Crous PW (2014) Pestalotiopsis revisited. Studies in Mycology 79, 121-186.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>ARMV00</t>
   </si>
   <si>
     <t>Nepovirus arabis</t>
   </si>
   <si>
+    <t>* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
+  </si>
+  <si>
     <t>TORSV0</t>
   </si>
   <si>
     <t>Nepovirus lycopersici</t>
   </si>
   <si>
-    <t>* Sattary M, Rakhshanderoo F, Mozafari J (2015) First report of a mosaic disease caused by Tomato ringspot virus on rose and almond plants in Iran. Journal of Plant Pathology 97, 393.</t>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799
+* Sattary M, Rakhshanderoo F, Mozafari J (2015) First report of a mosaic disease caused by Tomato ringspot virus on rose and almond plants in Iran. Journal of Plant Pathology 97, 393.</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* McDaniel GL, Buck GJ, Ford RE (1971) Isolation of tobacco ringspot virus from rose. Phytopathology 61, 45-49.</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Lu W, Wang Q (2005) Systematics of the New Zealand longicorn beetle genus Oemona Newman with discussion of the taxonomic position of the Australian species, O. simplex White (Coleoptera: Cerambycidae: Cerambycinae). Zootaxa 971, 1-31.
 * Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>OLIGPA</t>
   </si>
   <si>
     <t>Oligonychus perseae</t>
@@ -616,50 +647,59 @@
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTHI</t>
   </si>
   <si>
     <t>Phytophthora hibernalis</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum (as Rosa)</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis (as Rosa)</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
+  </si>
+  <si>
+    <t>PVX000</t>
+  </si>
+  <si>
+    <t>Potexvirus ecspotati</t>
+  </si>
+  <si>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum (as Rosa)</t>
   </si>
   <si>
     <t>* Bergma-Vlami M, van de Bilt JLJ, Tjou-Tam-Sin NNA, Westenberg M, Meekes ETM, Teunissen HAS, Van Vaerenbergh J (2018) Phylogenetic assignment of Ralstonia pseudosolanacearum (Ralstonia solanacearum phylotype I) isolated from Rosa spp. Plant Disease 102(11), 2258-2267.
 ------- On glasshouse roses in the Netherlands.
 * Lee I, Kim YS, Kim J-W, Park DH (2020) Genetic and pathogenic characterization of bacterial wilt pathogen, Ralstonia pseudosolanacearum (Ralstonia solanacearum Phylotype I), on roses in Korea. The Plant Pathology Journal 36(5), 440-449. DOI: https://doi.org/10.5423/PPJ.OA.06.2020.0095</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t xml:space="preserve">* Blom NI, Gorkink-Smits PP, Landman NM, van de Bilt JL, Vogelaar MA, Raaymakers TM, Visser M, Pel MJ, Bergsma-Vlami M (2025) Ralstonia solanacearum (phylotype II) isolated from Rosa spp. in the Netherlands is closely related to phylotype II isolates from other sources in the Netherlands and is virulent on potato. European Journal of Plant Pathology 8, 1-4 https://doi.org/10.1007/s10658-024-02960-8. </t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
@@ -805,50 +845,56 @@
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis (as Rosa)</t>
   </si>
   <si>
     <t>THRIIM</t>
   </si>
   <si>
     <t>Thrips imaginis (as Rosa)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi (as Rosa)</t>
   </si>
   <si>
     <t>* Carvalho AR, Bueno VHP, Diniz AJF (2005) Thrips (Thysanoptera) in protected rose crops in Brazil. Bulletin OILB/SROP 28(1), 39-42 (abst.).</t>
   </si>
   <si>
     <t>THRIPV</t>
   </si>
   <si>
     <t>Thrips parvispinus</t>
+  </si>
+  <si>
+    <t>ACLSV0</t>
+  </si>
+  <si>
+    <t>Trichovirus mali (as Rosa)</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>AMPHNE</t>
   </si>
   <si>
     <t>Wahlgreniella nervata (as Rosa)</t>
   </si>
   <si>
     <t>XIPHAA</t>
   </si>
   <si>
     <t>Xiphinema americanum sensu stricto</t>
   </si>
   <si>
     <t>* Lamberti F,  Bleve-Zacheo T (1979) Studies on Xiphinema americanum sensu lato with descriptions of fifteen new species (Nematoda, Longidoridae). Nematologia Mediterranea 7, 51-106.</t>
   </si>
@@ -1239,51 +1285,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D99"/>
+  <dimension ref="A1:D104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="476.455" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1539,234 +1585,234 @@
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>65</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>76</v>
+      </c>
+      <c r="D26" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>81</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>83</v>
       </c>
       <c r="D29" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
         <v>89</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
         <v>99</v>
       </c>
       <c r="D35" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="s">
         <v>102</v>
       </c>
       <c r="D36" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
@@ -1825,204 +1871,204 @@
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
         <v>116</v>
       </c>
       <c r="C41" t="s">
         <v>117</v>
       </c>
       <c r="D41" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
         <v>119</v>
       </c>
       <c r="C42" t="s">
         <v>120</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
         <v>121</v>
       </c>
       <c r="C43" t="s">
         <v>122</v>
       </c>
       <c r="D43" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
         <v>124</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
       <c r="D44" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
         <v>127</v>
       </c>
       <c r="C45" t="s">
         <v>128</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" t="s">
         <v>130</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
         <v>132</v>
       </c>
       <c r="C47" t="s">
         <v>133</v>
       </c>
       <c r="D47" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
         <v>135</v>
       </c>
       <c r="C48" t="s">
         <v>136</v>
       </c>
       <c r="D48" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
         <v>138</v>
       </c>
       <c r="C49" t="s">
         <v>139</v>
       </c>
       <c r="D49" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
+        <v>140</v>
+      </c>
+      <c r="C50" t="s">
         <v>141</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
         <v>143</v>
       </c>
       <c r="C51" t="s">
         <v>144</v>
       </c>
       <c r="D51" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
         <v>146</v>
       </c>
       <c r="C52" t="s">
         <v>147</v>
       </c>
       <c r="D52" t="s">
-        <v>112</v>
+        <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C53" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D53" t="s">
-        <v>150</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
         <v>151</v>
       </c>
       <c r="C54" t="s">
         <v>152</v>
       </c>
       <c r="D54" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
         <v>154</v>
       </c>
       <c r="C55" t="s">
         <v>155</v>
@@ -2075,576 +2121,648 @@
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
         <v>166</v>
       </c>
       <c r="C59" t="s">
         <v>167</v>
       </c>
       <c r="D59" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
         <v>169</v>
       </c>
       <c r="C60" t="s">
         <v>170</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C61" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D61" t="s">
-        <v>112</v>
+        <v>174</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C62" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D62" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C63" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D63" t="s">
-        <v>178</v>
+        <v>33</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C64" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D64"/>
+        <v>181</v>
+      </c>
+      <c r="D64" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>11</v>
       </c>
       <c r="B65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D65" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>11</v>
       </c>
       <c r="B66" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C66" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D66" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>11</v>
       </c>
       <c r="B67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C67" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>189</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>11</v>
       </c>
       <c r="B68" t="s">
         <v>190</v>
       </c>
       <c r="C68" t="s">
         <v>191</v>
       </c>
       <c r="D68" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>11</v>
       </c>
       <c r="B69" t="s">
         <v>193</v>
       </c>
       <c r="C69" t="s">
         <v>194</v>
       </c>
       <c r="D69" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>11</v>
       </c>
       <c r="B70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C70" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>197</v>
+      </c>
+      <c r="D70" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>11</v>
       </c>
       <c r="B71" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C71" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="D71"/>
+        <v>200</v>
+      </c>
+      <c r="D71" t="s">
+        <v>201</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>11</v>
       </c>
       <c r="B72" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C72" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="D72"/>
+        <v>203</v>
+      </c>
+      <c r="D72" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>11</v>
       </c>
       <c r="B73" t="s">
+        <v>205</v>
+      </c>
+      <c r="C73" t="s">
+        <v>206</v>
+      </c>
+      <c r="D73" t="s">
         <v>201</v>
       </c>
-      <c r="C73" t="s">
-[...2 lines deleted...]
-      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>11</v>
       </c>
       <c r="B74" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C74" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>11</v>
       </c>
       <c r="B75" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C75" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>11</v>
       </c>
       <c r="B76" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C76" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>11</v>
       </c>
       <c r="B77" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C77" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>11</v>
       </c>
       <c r="B78" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C78" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D78" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>11</v>
       </c>
       <c r="B79" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C79" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D79" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>11</v>
       </c>
       <c r="B80" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C80" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D80" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>11</v>
       </c>
       <c r="B81" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C81" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="D81" t="s">
         <v>224</v>
       </c>
+      <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>11</v>
       </c>
       <c r="B82" t="s">
         <v>225</v>
       </c>
       <c r="C82" t="s">
         <v>226</v>
       </c>
       <c r="D82" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>11</v>
       </c>
       <c r="B83" t="s">
         <v>228</v>
       </c>
       <c r="C83" t="s">
         <v>229</v>
       </c>
       <c r="D83" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>11</v>
       </c>
       <c r="B84" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C84" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D84" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>11</v>
       </c>
       <c r="B85" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C85" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D85" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>11</v>
       </c>
       <c r="B86" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C86" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D86"/>
+        <v>238</v>
+      </c>
+      <c r="D86" t="s">
+        <v>239</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>11</v>
       </c>
       <c r="B87" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C87" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="D87"/>
+        <v>241</v>
+      </c>
+      <c r="D87" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>11</v>
       </c>
       <c r="B88" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C88" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D88" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>11</v>
       </c>
       <c r="B89" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C89" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D89" t="s">
-        <v>33</v>
+        <v>247</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>11</v>
       </c>
       <c r="B90" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C90" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>11</v>
       </c>
       <c r="B91" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C91" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>11</v>
       </c>
       <c r="B92" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C92" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D92" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>11</v>
       </c>
       <c r="B93" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C93" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D93" t="s">
-        <v>255</v>
+        <v>36</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>11</v>
       </c>
       <c r="B94" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C94" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D94" t="s">
-        <v>258</v>
+        <v>33</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>11</v>
       </c>
       <c r="B95" t="s">
         <v>259</v>
       </c>
       <c r="C95" t="s">
         <v>260</v>
       </c>
       <c r="D95" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="B96" t="s">
         <v>262</v>
       </c>
       <c r="C96" t="s">
         <v>263</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="B97" t="s">
         <v>264</v>
       </c>
       <c r="C97" t="s">
         <v>265</v>
       </c>
       <c r="D97" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="B98" t="s">
         <v>267</v>
       </c>
       <c r="C98" t="s">
         <v>268</v>
       </c>
       <c r="D98" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="B99" t="s">
         <v>270</v>
       </c>
       <c r="C99" t="s">
         <v>271</v>
       </c>
       <c r="D99" t="s">
         <v>272</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>11</v>
+      </c>
+      <c r="B100" t="s">
+        <v>273</v>
+      </c>
+      <c r="C100" t="s">
+        <v>274</v>
+      </c>
+      <c r="D100" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>275</v>
+      </c>
+      <c r="B101" t="s">
+        <v>276</v>
+      </c>
+      <c r="C101" t="s">
+        <v>277</v>
+      </c>
+      <c r="D101"/>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>275</v>
+      </c>
+      <c r="B102" t="s">
+        <v>278</v>
+      </c>
+      <c r="C102" t="s">
+        <v>279</v>
+      </c>
+      <c r="D102" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>275</v>
+      </c>
+      <c r="B103" t="s">
+        <v>281</v>
+      </c>
+      <c r="C103" t="s">
+        <v>282</v>
+      </c>
+      <c r="D103" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>275</v>
+      </c>
+      <c r="B104" t="s">
+        <v>284</v>
+      </c>
+      <c r="C104" t="s">
+        <v>285</v>
+      </c>
+      <c r="D104" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">