--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -377,66 +377,66 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...4 lines deleted...]
-  <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
+  </si>
+  <si>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
@@ -1845,51 +1845,51 @@
       </c>
       <c r="E57" t="s">
         <v>124</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>79</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" t="s">
         <v>125</v>
       </c>
       <c r="D58" t="s">
         <v>118</v>
       </c>
       <c r="E58" t="s">
         <v>126</v>
       </c>
       <c r="F58" t="s">
-        <v>11</v>
+        <v>96</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>79</v>
       </c>
       <c r="B59" t="s">
         <v>127</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>128</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>79</v>
       </c>
       <c r="B60" t="s">
         <v>129</v>
       </c>