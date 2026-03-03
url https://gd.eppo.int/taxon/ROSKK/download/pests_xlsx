--- v1 (2026-01-10)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ROSKK" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata (as Rosa)</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (record may relate to other species in the femorata complex as it pre-dates Wellso &amp; Manley, 2007.
 * Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. Journal of Economic Entomology, 30(5), 748–750. https://doi.org/10.1093/jee/30.5.748
@@ -85,72 +85,91 @@
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Rosa)</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>ANTHBI</t>
   </si>
   <si>
     <t>Anthonomus bisignifer (as Rosa)</t>
   </si>
   <si>
     <t>* Kojima H, Morimoto K (1994) Taxonomic study of the subfamily Anthonominae from Japan (Coleoptera: Curculionidae). Esakia 34, 147-186.</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Rosa)</t>
   </si>
   <si>
+    <t>ASGV00</t>
+  </si>
+  <si>
+    <t>Capillovirus mali (as Rosa)</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397</t>
+  </si>
+  <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Rosa)</t>
   </si>
   <si>
     <t>* Karpun NN, Zhuravleva YeN, Volkovitsh МG, Procenko VYe, Musolin DL (2017) To the fauna and biology of new alien insect pest species of woody plants in humid subtropics of Russia. Izvestia Sankt-Peterburgskoj Lesotehniceskoj Akademii, 2017, is. 220, pp. 169–185 (in Russian with English summary).</t>
   </si>
   <si>
     <t>RLRAV0</t>
   </si>
   <si>
     <t>Closterovirus rosafolium (as Rosa)</t>
   </si>
   <si>
     <t>* Soltani N, Golino DA, Al Rwahnih M (2021) First report of rose leaf rosette-associated virus infecting rose (Rosa spp.) in California, USA. Plant Disease 105(early view). https://doi.org/10.1094/PDIS-10-20-2268-PDN</t>
   </si>
   <si>
     <t>CONIWE</t>
   </si>
   <si>
     <t>Coniothyrium wernsdorffiae (as Rosa)</t>
+  </si>
+  <si>
+    <t>CMV000</t>
+  </si>
+  <si>
+    <t>Cucumovirus CMV (as Rosa)</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
   </si>
   <si>
     <t>EPIOIO</t>
   </si>
   <si>
     <t>Epichoristodes acerbella (as Rosa)</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Rosa)</t>
   </si>
   <si>
     <t>ERWIAM</t>
   </si>
   <si>
     <t>Erwinia amylovora (as Rosa)</t>
   </si>
   <si>
     <t>* Bastas KK, Sahin F, Atasagun R (2013) First report of fire blight caused by Erwinia amylovora on rosehip (Rosa canina) in Turkey. Plant Disease 97(12) p 1652. 
 * Vanneste JL, Vermeulen M, Lex S, Berger F (2002) Isolation of Erwinia amylovora from blighted plums (Prunus domestica) and potato roses (Rosa rugosa). Acta Horticulturae 590, 89-94.</t>
   </si>
   <si>
     <t>ANMLOR</t>
@@ -180,52 +199,59 @@
   <si>
     <t>LASPPR</t>
   </si>
   <si>
     <t>Grapholita prunivora (as Rosa)</t>
   </si>
   <si>
     <t>Neven LG, Mantey KD (2004) Biology and development of the wild and golden sport of Grapholita prunivora (Lepidoptera: Tortricidae). Environmental entomology, 33(3), 506-512.</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Rosa)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV (as Rosa)</t>
   </si>
   <si>
-    <t>* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.
-* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.</t>
+    <t>* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.
+* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.</t>
+  </si>
+  <si>
+    <t>TSV000</t>
+  </si>
+  <si>
+    <t>Ilarvirus TSV (as Rosa)</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Rosa)</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
   <si>
     <t>Malacosoma americanum (as Rosa)</t>
   </si>
   <si>
     <t>* Britton WE (1935) The eastern tent caterpillar. Connecticut Agricultural Experiment Station Bulletin 378, 65-82.</t>
   </si>
   <si>
     <t>MALAPA</t>
   </si>
   <si>
     <t>Malacosoma parallela</t>
   </si>
   <si>
     <t>* Degtyareva VI (1964) [The Main Lepidopteran Pests of Trees and Shrubs of the Central Part of Gissar Mountain Ridge and Gissar valley.] Izdatel’stvo Akademii Nauk Tadzhikskoi SSR, Dushanbe (TJ) (in Russian).</t>
   </si>
@@ -364,50 +390,56 @@
     <t>Tetranychus mexicanus (as Rosa)</t>
   </si>
   <si>
     <t>* Flechtmann CHW (1967) Contribution to knowledge of the mites of plants of some regions of the State of Sao Paulo (as a systematic survey including new species). Piracicaba, Brasil: 47.</t>
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis (as Rosa)</t>
   </si>
   <si>
     <t>THRIIM</t>
   </si>
   <si>
     <t>Thrips imaginis (as Rosa)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi (as Rosa)</t>
   </si>
   <si>
     <t>* Carvalho AR, Bueno VHP, Diniz AJF (2005) Thrips (Thysanoptera) in protected rose crops in Brazil. Bulletin OILB/SROP 28(1), 39-42 (abst.).</t>
+  </si>
+  <si>
+    <t>ACLSV0</t>
+  </si>
+  <si>
+    <t>Trichovirus mali (as Rosa)</t>
   </si>
   <si>
     <t>AMPHNE</t>
   </si>
   <si>
     <t>Wahlgreniella nervata (as Rosa)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica (as Rosa)</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Rosa)</t>
   </si>
@@ -739,51 +771,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -885,514 +917,572 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D12"/>
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>39</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>47</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>63</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>64</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>67</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
       <c r="D25" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" t="s">
         <v>70</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>71</v>
       </c>
-      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>72</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>76</v>
       </c>
       <c r="D28" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>79</v>
       </c>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" t="s">
         <v>81</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" t="s">
         <v>84</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>86</v>
       </c>
       <c r="C32" t="s">
         <v>87</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C33" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>90</v>
+      </c>
+      <c r="D33" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C34" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" t="s">
         <v>91</v>
       </c>
-      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C35" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C37" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>101</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>102</v>
       </c>
       <c r="C39" t="s">
         <v>103</v>
       </c>
       <c r="D39" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>105</v>
       </c>
       <c r="C40" t="s">
         <v>106</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41" t="s">
         <v>108</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D42" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>114</v>
+        <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>115</v>
       </c>
       <c r="C44" t="s">
         <v>116</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>114</v>
+        <v>8</v>
       </c>
       <c r="B45" t="s">
+        <v>117</v>
+      </c>
+      <c r="C45" t="s">
         <v>118</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>119</v>
       </c>
-      <c r="D45" t="s">
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>8</v>
+      </c>
+      <c r="B46" t="s">
         <v>120</v>
+      </c>
+      <c r="C46" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>8</v>
+      </c>
+      <c r="B47" t="s">
+        <v>122</v>
+      </c>
+      <c r="C47" t="s">
+        <v>123</v>
+      </c>
+      <c r="D47"/>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>124</v>
+      </c>
+      <c r="B48" t="s">
+        <v>125</v>
+      </c>
+      <c r="C48" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>124</v>
+      </c>
+      <c r="B49" t="s">
+        <v>128</v>
+      </c>
+      <c r="C49" t="s">
+        <v>129</v>
+      </c>
+      <c r="D49" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">