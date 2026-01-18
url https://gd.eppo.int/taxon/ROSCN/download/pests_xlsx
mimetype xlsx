--- v0 (2025-10-01)
+++ v1 (2026-01-18)
@@ -226,51 +226,52 @@
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Rosa)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV (as Rosa)</t>
   </si>
   <si>
-    <t>* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.</t>
+    <t>* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.
+* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Batsankalashvili M, Kaydan MB, Kirkitadze G, Japoshvili G (2017) Updated checklist of scale insects (Hemiptera: Coccomorpha) in Sakartvelo (Georgia). Annals of Agrarian Science 15(2), 252-268.</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Rosa)</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
   <si>
     <t>Malacosoma americanum (as Rosa)</t>
   </si>
   <si>
     <t>* Britton WE (1935) The eastern tent caterpillar. Connecticut Agricultural Experiment Station Bulletin 378, 65-82.</t>
   </si>