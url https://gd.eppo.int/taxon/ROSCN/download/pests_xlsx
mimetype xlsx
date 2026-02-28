--- v1 (2026-01-18)
+++ v2 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ROSCN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata (as Rosa)</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (record may relate to other species in the femorata complex as it pre-dates Wellso &amp; Manley, 2007.
 * Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. Journal of Economic Entomology, 30(5), 748–750. https://doi.org/10.1093/jee/30.5.748
@@ -94,86 +94,105 @@
   <si>
     <t>ANTHBI</t>
   </si>
   <si>
     <t>Anthonomus bisignifer (as Rosa)</t>
   </si>
   <si>
     <t>* Kojima H, Morimoto K (1994) Taxonomic study of the subfamily Anthonominae from Japan (Coleoptera: Curculionidae). Esakia 34, 147-186.</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Rosa)</t>
   </si>
   <si>
     <t>PHYPRU</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma rubi'</t>
   </si>
   <si>
     <t>* Malembic-Maher S, Salar P, Filippin L, Carle P, Angelini E, Foissac X (2011) Genetic diversity of European phytoplasmas of the 16SrV taxonomic group and proposal of ‘Candidatus Phytoplasma rubi’. International Journal of Systematic and Evolutionary Microbiology 61(9), 2129-2134.</t>
   </si>
   <si>
+    <t>ASGV00</t>
+  </si>
+  <si>
+    <t>Capillovirus mali (as Rosa)</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397</t>
+  </si>
+  <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Rosa)</t>
   </si>
   <si>
     <t>* Karpun NN, Zhuravleva YeN, Volkovitsh МG, Procenko VYe, Musolin DL (2017) To the fauna and biology of new alien insect pest species of woody plants in humid subtropics of Russia. Izvestia Sankt-Peterburgskoj Lesotehniceskoj Akademii, 2017, is. 220, pp. 169–185 (in Russian with English summary).</t>
   </si>
   <si>
     <t>RLRAV0</t>
   </si>
   <si>
     <t>Closterovirus rosafolium (as Rosa)</t>
   </si>
   <si>
     <t>* Soltani N, Golino DA, Al Rwahnih M (2021) First report of rose leaf rosette-associated virus infecting rose (Rosa spp.) in California, USA. Plant Disease 105(early view). https://doi.org/10.1094/PDIS-10-20-2268-PDN</t>
   </si>
   <si>
     <t>CONIWE</t>
   </si>
   <si>
     <t>Coniothyrium wernsdorffiae (as Rosa)</t>
   </si>
   <si>
     <t>CRTHAR</t>
   </si>
   <si>
     <t>Corythucha arcuata</t>
   </si>
   <si>
     <t>* Csóka G, Hirka A, Mutun S, Glavendekić M, Mikó Á, Szőcs L, Paulin M, Eötvös CB, Gáspár C, Csepelényi M, Szénási Á, Franjević M, Gninenko Y, Dautbašić M, Muzejinović O, Zúbrik M, Netoiu C, Buzatu A, Bălăcenoiu F, Jurc M, Jurc D, Bernardinelli I, Streito JC, Avtzis D, Hrašovec B (2020), Spread and potential host range of the invasive oak lace bug [Corythucha arcuata (Say, 1832) – Heteroptera: Tingidae] in Eurasia. Agricultural and Forest Entomology, 22: 61-74. https://doi.org/10.1111/afe.12362
 ------- confirmed host.
 * Simov N, Grozeva S, Langourov M, Georgieva M, Mirchev P, Georgiev G (2018) Rapid expansion of the oak lace bug Corythucha arcuata (Say, 1832) (Hemiptera: Tingidae) in Bulgaria. Historia naturalis bulgarica 27, 51-55.
 ------- Occasional host in Bulgaria.</t>
   </si>
   <si>
+    <t>CMV000</t>
+  </si>
+  <si>
+    <t>Cucumovirus CMV (as Rosa)</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
+  </si>
+  <si>
     <t>RRV000</t>
   </si>
   <si>
     <t>Emaravirus rosae</t>
   </si>
   <si>
     <t>* Allington W, Staples R, Viehmeyer G (1968) Transmission of rose rosette virus by the eriophyid mite Phyllocoptes fructiphilus. Journal of Economic Entomology 61, 1137-1140.
 ------ confirmed host</t>
   </si>
   <si>
     <t>EPIOIO</t>
   </si>
   <si>
     <t>Epichoristodes acerbella (as Rosa)</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Rosa)</t>
   </si>
   <si>
     <t>ERWIAM</t>
   </si>
   <si>
@@ -226,52 +245,59 @@
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Rosa)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV (as Rosa)</t>
   </si>
   <si>
-    <t>* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.
-* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.</t>
+    <t>* Orhan AT, Yeşil S (2025)  Detection of Prunus necrotic ringspot virus (PNRSV) and Apple mosaic virus (ApMV) in Rose (Rosa spp.) Plants in Konya Province. Turkish Journal of Agriculture-Food Science and Technology 13(1), 71-77.
+* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Paz ML, Sivaprasad Y, Garrido P, Ayala L, Mendez K, Garrido A, Debut A, Ramos L, Flores F (2020) First report of apple mosaic virus infecting Rosa spp. in Pichincha province, Ecuador. Journal of Plant Pathology 102(4),p 1359.</t>
+  </si>
+  <si>
+    <t>TSV000</t>
+  </si>
+  <si>
+    <t>Ilarvirus TSV (as Rosa)</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Batsankalashvili M, Kaydan MB, Kirkitadze G, Japoshvili G (2017) Updated checklist of scale insects (Hemiptera: Coccomorpha) in Sakartvelo (Georgia). Annals of Agrarian Science 15(2), 252-268.</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Rosa)</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
   <si>
     <t>Malacosoma americanum (as Rosa)</t>
   </si>
   <si>
     <t>* Britton WE (1935) The eastern tent caterpillar. Connecticut Agricultural Experiment Station Bulletin 378, 65-82.</t>
   </si>
@@ -431,50 +457,56 @@
   <si>
     <t>* Flechtmann CHW (1967) Contribution to knowledge of the mites of plants of some regions of the State of Sao Paulo (as a systematic survey including new species). Piracicaba, Brasil: 47.</t>
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis (as Rosa)</t>
   </si>
   <si>
     <t>THRIIM</t>
   </si>
   <si>
     <t>Thrips imaginis (as Rosa)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi (as Rosa)</t>
   </si>
   <si>
     <t>* Carvalho AR, Bueno VHP, Diniz AJF (2005) Thrips (Thysanoptera) in protected rose crops in Brazil. Bulletin OILB/SROP 28(1), 39-42 (abst.).</t>
   </si>
   <si>
+    <t>ACLSV0</t>
+  </si>
+  <si>
+    <t>Trichovirus mali (as Rosa)</t>
+  </si>
+  <si>
     <t>AMPHNE</t>
   </si>
   <si>
     <t>Wahlgreniella nervata (as Rosa)</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* Commission database of host plants found to be susceptible to Xylella fastidiosa in the Union Territory (update 12 of 2019-04-11).
 ------- As X. fastidiosa subsp. multiplex.
 * EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>* Commission database of host plants found to be susceptible to Xylella fastidiosa in the Union Territory (update 12 of 2019-04-11).
@@ -489,50 +521,62 @@
   </si>
   <si>
     <t>* Riba-Flinch JM, Bedós M (2023) Datos sobre la expansión de la especie exótica Xylosandrus compactus (Eichhoff, 1876) (Coleoptera: Curculionidae: Scolytinae) en las provincias de Girona y Barcelona (NE España). Revista gaditana de Entomología, XIV,  117-135.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica (as Rosa)</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Rosa)</t>
   </si>
   <si>
     <t>* Adom M, Fening K, Billah M, Wilson D, Hevi W, Clottey V,  Ansah-Amprofi F, Bruce A (2021) Pest status, bio-ecology and management of the false codling moth, Thaumatotibia leucotreta (Meyrick) (Lepidoptera: Tortricidae) and its implication for international trade. Bulletin of Entomological Research, 111(1), 17-30. doi:10.1017/S0007485320000358
 ------- frequently intercepted on cut roses.</t>
+  </si>
+  <si>
+    <t>Wild/Weed</t>
+  </si>
+  <si>
+    <t>GPGV00</t>
+  </si>
+  <si>
+    <t>Trichovirus pinovitis</t>
+  </si>
+  <si>
+    <t>* Demian E, Jaksa-Czotter N, Varallyay E (2022) Grapevine pinot gris virus is present in different non-vitis hosts. Plants 11(14), 1830. https://doi.org/10.3390/plants11141830</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -836,51 +880,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="588.571" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -996,185 +1040,185 @@
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>35</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>58</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
@@ -1198,438 +1242,510 @@
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D27" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="s">
         <v>77</v>
       </c>
       <c r="D28" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>80</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
       <c r="C30" t="s">
         <v>82</v>
       </c>
       <c r="D30" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>84</v>
       </c>
       <c r="C31" t="s">
         <v>85</v>
       </c>
       <c r="D31" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
+        <v>84</v>
+      </c>
+      <c r="C32" t="s">
         <v>87</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" t="s">
         <v>90</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>91</v>
       </c>
-      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>92</v>
       </c>
       <c r="C34" t="s">
         <v>93</v>
       </c>
       <c r="D34" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>95</v>
       </c>
       <c r="C35" t="s">
         <v>96</v>
       </c>
       <c r="D35" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>98</v>
       </c>
       <c r="C36" t="s">
         <v>99</v>
       </c>
       <c r="D36" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" t="s">
         <v>101</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
+        <v>103</v>
+      </c>
+      <c r="C38" t="s">
         <v>104</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>106</v>
       </c>
       <c r="C39" t="s">
         <v>107</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C40" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>110</v>
+      </c>
+      <c r="D40" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
+        <v>113</v>
+      </c>
+      <c r="D41" t="s">
         <v>111</v>
       </c>
-      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C42" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C43" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C44" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C45" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>121</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
       <c r="C46" t="s">
         <v>123</v>
       </c>
       <c r="D46" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>125</v>
       </c>
       <c r="C47" t="s">
         <v>126</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>127</v>
       </c>
       <c r="C48" t="s">
         <v>128</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C49" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D49" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C50" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C51" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>136</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>137</v>
       </c>
       <c r="C52" t="s">
         <v>138</v>
       </c>
       <c r="D52" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>140</v>
       </c>
       <c r="C53" t="s">
         <v>141</v>
       </c>
       <c r="D53" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>8</v>
+      </c>
+      <c r="B54" t="s">
+        <v>142</v>
+      </c>
+      <c r="C54" t="s">
         <v>143</v>
       </c>
-      <c r="B54" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>143</v>
+        <v>8</v>
       </c>
       <c r="B55" t="s">
+        <v>144</v>
+      </c>
+      <c r="C55" t="s">
+        <v>145</v>
+      </c>
+      <c r="D55" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>8</v>
+      </c>
+      <c r="B56" t="s">
         <v>147</v>
       </c>
-      <c r="C55" t="s">
+      <c r="C56" t="s">
         <v>148</v>
       </c>
-      <c r="D55" t="s">
+      <c r="D56" t="s">
         <v>149</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>8</v>
+      </c>
+      <c r="B57" t="s">
+        <v>150</v>
+      </c>
+      <c r="C57" t="s">
+        <v>151</v>
+      </c>
+      <c r="D57" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>153</v>
+      </c>
+      <c r="B58" t="s">
+        <v>154</v>
+      </c>
+      <c r="C58" t="s">
+        <v>155</v>
+      </c>
+      <c r="D58" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>153</v>
+      </c>
+      <c r="B59" t="s">
+        <v>157</v>
+      </c>
+      <c r="C59" t="s">
+        <v>158</v>
+      </c>
+      <c r="D59" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>160</v>
+      </c>
+      <c r="B60" t="s">
+        <v>161</v>
+      </c>
+      <c r="C60" t="s">
+        <v>162</v>
+      </c>
+      <c r="D60" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">