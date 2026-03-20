--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -91,51 +91,52 @@
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>ANTHBI</t>
   </si>
   <si>
     <t>Anthonomus bisignifer (as Rosa)</t>
   </si>
   <si>
     <t>* Kojima H, Morimoto K (1994) Taxonomic study of the subfamily Anthonominae from Japan (Coleoptera: Curculionidae). Esakia 34, 147-186.</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Rosa)</t>
   </si>
   <si>
     <t>PHYPRU</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma rubi'</t>
   </si>
   <si>
-    <t>* Malembic-Maher S, Salar P, Filippin L, Carle P, Angelini E, Foissac X (2011) Genetic diversity of European phytoplasmas of the 16SrV taxonomic group and proposal of ‘Candidatus Phytoplasma rubi’. International Journal of Systematic and Evolutionary Microbiology 61(9), 2129-2134.</t>
+    <t>* Jarausch W, Jarausch-Wehrheim B, Danet J L, Broquaire J M, Dosba F, Saillard C, Garnier M (2001) Detection and identification of European stone fruit yellows and other phytoplasmas in wild plants in the surroundings of apricot chlorotic leaf roll-affected orchards in southern France. European Journal of Plant Pathology 107 (2), 209-217
+* Malembic-Maher S, Salar P, Filippin L, Carle P, Angelini E, Foissac X (2011) Genetic diversity of European phytoplasmas of the 16SrV taxonomic group and proposal of ‘Candidatus Phytoplasma rubi’. International Journal of Systematic and Evolutionary Microbiology 61(9), 2129-2134.</t>
   </si>
   <si>
     <t>ASGV00</t>
   </si>
   <si>
     <t>Capillovirus mali (as Rosa)</t>
   </si>
   <si>
     <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Rosa)</t>
   </si>
   <si>
     <t>* Karpun NN, Zhuravleva YeN, Volkovitsh МG, Procenko VYe, Musolin DL (2017) To the fauna and biology of new alien insect pest species of woody plants in humid subtropics of Russia. Izvestia Sankt-Peterburgskoj Lesotehniceskoj Akademii, 2017, is. 220, pp. 169–185 (in Russian with English summary).</t>
   </si>
   <si>
     <t>RLRAV0</t>
   </si>
   <si>
     <t>Closterovirus rosafolium (as Rosa)</t>
   </si>