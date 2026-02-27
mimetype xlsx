--- v0 (2025-10-19)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ROBPS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>APRISW</t>
   </si>
   <si>
     <t>Apriona swainsoni</t>
   </si>
   <si>
     <t>* Anzai Y, Sanamura E, Tamura S, Taki H (2025) Feeding and oviposition preferences of the invasive rusty-spotted longhorn beetle, Apriona swainsoni（Coleoptera: Cerambycidae), in Japan. Jpn. J. Appl. Entomol. Zool. 69: 101–106 https://doi.org/10.1303/jjaez.2025.101 (in Japanese with English abstract)</t>
   </si>
   <si>
@@ -304,50 +304,53 @@
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>OBOLRO</t>
   </si>
   <si>
     <t>Obolodiplosis robiniae</t>
   </si>
   <si>
     <t>* Paik JC, Yukawa J, Euechi N, Sato S, Ganaha T (1994) Gall-inducing species of the family Cecidomyiidae (Diptera) recorded from the Korean peninsula and surrounding islands, in comparison with the gall-midge fauna of Japan. ESAKIA (44), 57-66.</t>
   </si>
   <si>
     <t>PACTRO</t>
   </si>
   <si>
     <t>Parectopa robiniella</t>
+  </si>
+  <si>
+    <t>* Martinez M, Chambon JP (1987) Note sur la présence en France de Parectopa robiniella (Clemens), la mineuse américaine des feuilles de robinier (Lepidoptera, Gracillariidae). Nouvelle Revue d' Entomologie 4(3), 323–328.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Benker U (2018) [Trichoferus campestris (Faldermann, 1835), Coleoptera, Cerambycidae - means of introduction to Germany and its capability of damage.] Mitteilungen der Deutschen Gesellschaft für allgemeine und angewandte Entomologie 21, 253-255.
 ------- Dry wood host.
 * CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3870
 -------Dry wood host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Dry wood host.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 ------- Dry wood host.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
@@ -1121,78 +1124,80 @@
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>84</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>84</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
         <v>89</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">