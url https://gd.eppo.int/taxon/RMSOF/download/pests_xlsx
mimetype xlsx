--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -12,65 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RMSOF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>APLOFR</t>
+  </si>
+  <si>
+    <t>Aphelenchoides fragariae (as Salvia)</t>
+  </si>
+  <si>
+    <t>* McCuiston JL, Hudson LC, Subbotin SA, Davis EL, Warfield CY (2007) Conventional and PCR detection of Aphelenchoides fragariae in diverse ornamental host plant species. Journal of Nematology 39(4), 343-355.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Marcone C, Bellardi MG, Bertaccini A (2016) Phytoplasma diseases of medicinal and aromatic plants.  Journal of Plant Pathology 98(3), 379-404.
 ------- As Rosmarinus officinalis.</t>
   </si>
   <si>
     <t>COKLBU</t>
   </si>
   <si>
     <t>Cochlochila bullita</t>
   </si>
   <si>
     <t>* Giliomee J (2014) First record of the lace bug Cochlochila bullita (Hemiptera: Tingidae) as a pest of rosemary in South Africa. African Entomology 22(3): 670-672.
@@ -495,169 +504,169 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="438.75" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D3" t="s">
         <v>9</v>
       </c>
+      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>17</v>
       </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>22</v>
       </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
@@ -697,50 +706,64 @@
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
         <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">