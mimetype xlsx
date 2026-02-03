--- v1 (2025-10-25)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RMSOF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>APLOFR</t>
   </si>
   <si>
     <t>Aphelenchoides fragariae (as Salvia)</t>
   </si>
   <si>
     <t>* McCuiston JL, Hudson LC, Subbotin SA, Davis EL, Warfield CY (2007) Conventional and PCR detection of Aphelenchoides fragariae in diverse ornamental host plant species. Journal of Nematology 39(4), 343-355.</t>
   </si>
   <si>
@@ -106,50 +106,60 @@
   </si>
   <si>
     <t>ICERPU</t>
   </si>
   <si>
     <t>Icerya purchasi</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* Schoen R, de Krom CE, Westenberg M, Botermans M, van Bruggen AS, Meekes ET, Didden L, Hooftman M, Roenhorst JW (2024) Findings of tobacco ringspot virus in ornamentals in the Netherlands from 1997 to 2020 indicate a need for evaluation of its European Union quarantine status. European Journal of Plant Pathology (early view). https://doi.org/10.1007/s10658-024-02957-3</t>
   </si>
   <si>
     <t>PEROBE</t>
   </si>
   <si>
     <t>Peronospora belbahrii</t>
   </si>
   <si>
     <t>* Naim YB, Falach-Block L, Ben-Daniel B-H, Cohen Y (2019) Host range of Peronospora belbahrii, causal agent of basil downy mildew, in Israel. European Journal of Plant Pathology. 155(3), 789–799. doi:10.1007/s10658-019-01809-9
 ------- confirmed host (experimental and natural) as Rosmarinus officinalis.</t>
+  </si>
+  <si>
+    <t>SCITAU</t>
+  </si>
+  <si>
+    <t>Scirtothrips aurantii</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-12)
+----larvae found during post-import monitoring inspection</t>
   </si>
   <si>
     <t>PRODLI</t>
   </si>
   <si>
     <t>Spodoptera litura</t>
   </si>
   <si>
     <t>* Wen H, Hao H, Lu F, Liou T (2007) [Survey of insect pests on herbs in southern Taiwan]. Plant protection Bulletin (Taipei) 49, 127 (in Chinese).</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* Commission database of host plants found to be susceptible to Xylella fastidiosa in the Union Territory (update 12 of 2019-04-11).
 ------- As X. fastidiosa.
 * EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (fastidiosa, multiplex, pauca) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFF</t>
   </si>
@@ -504,51 +514,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="438.75" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -720,50 +730,64 @@
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">