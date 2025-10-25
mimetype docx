--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Raspberry leaf curl luteovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American leaf curl of raspberry, leaf curl of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId954768e0e7df4e9e8" w:history="1">
+            <w:hyperlink r:id="rId470768fce1bc292e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId690068e0e7df4ea53" w:history="1">
+            <w:hyperlink r:id="rId341268fce1bc29369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8142777" name="name150568e0e7df53fd9" descr="1474.jpg"/>
+                  <wp:docPr id="19160130" name="name454668fce1bc29b38" descr="1474.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1474.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId430768e0e7df53fd6" cstate="print"/>
+                          <a:blip r:embed="rId731568fce1bc29b36" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId969268e0e7df5410a" w:history="1">
+            <w:hyperlink r:id="rId515268fce1bc29c83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1377,90 +1377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RpLCV is still indicated by USDA Aphis as widely prevalent, presumably in wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in five States, Montana, Utah, Ohio, Connecticut and Maine (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId474568e0e7df547fa" w:history="1">
+      <w:hyperlink r:id="rId949068fce1bc2a477" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA APHIS Widely prevalent viruses of the United States website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 2023-11-14).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97285001" name="name224868e0e7df56a4d" descr="RLCV00_distribution_map.jpg"/>
+            <wp:docPr id="53529491" name="name932768fce1bc2b43c" descr="RLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId134368e0e7df56a4a" cstate="print"/>
+                    <a:blip r:embed="rId181168fce1bc2b43a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3586,51 +3586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guzman Martinez M (2020) Identification of Viruses Associated with Raspberry Leaf Curl Disease. Master of Science dissertation, Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163668e0e7df57a50" w:history="1">
+      <w:hyperlink r:id="rId617768fce1bc2c5b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4124,51 +4124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Raspberry leaf curl virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703068e0e7df57db2" w:history="1">
+      <w:hyperlink r:id="rId805568fce1bc2cc28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4319,81 +4319,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 17-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId416568e0e7df57eff" w:history="1">
+      <w:hyperlink r:id="rId481468fce1bc2ce98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02763.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42101015" name="name805668e0e7df59d7f" descr="eu_funding_250.png"/>
+            <wp:docPr id="32954830" name="name228068fce1bc2cf36" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId856268e0e7df59d7d" cstate="print"/>
+                    <a:blip r:embed="rId730768fce1bc2cf35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11915359">
+  <w:abstractNum w:abstractNumId="26308916">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59357896">
+    <w:lvl w:ilvl="0" w:tplc="37011466">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59357896" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37011466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11915358">
+  <w:abstractNum w:abstractNumId="26308915">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81146279">
+    <w:lvl w:ilvl="0" w:tplc="57797792">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11915358">
-    <w:abstractNumId w:val="11915358"/>
+  <w:num w:numId="26308915">
+    <w:abstractNumId w:val="26308915"/>
   </w:num>
-  <w:num w:numId="11915359">
-    <w:abstractNumId w:val="11915359"/>
+  <w:num w:numId="26308916">
+    <w:abstractNumId w:val="26308916"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId972953151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900590931" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId954768e0e7df4e9e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId690068e0e7df4ea53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId969268e0e7df5410a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId474568e0e7df547fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId163668e0e7df57a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId703068e0e7df57db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId416568e0e7df57eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId430768e0e7df53fd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId430768e0e7df53fd6.jpg"/><Relationship Id="rId134368e0e7df56a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134368e0e7df56a4a.jpg"/><Relationship Id="rId856268e0e7df59d7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856268e0e7df59d7d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940490934" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214365692" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId470768fce1bc292e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId341268fce1bc29369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId515268fce1bc29c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId949068fce1bc2a477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId617768fce1bc2c5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId805568fce1bc2cc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId481468fce1bc2ce98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId731568fce1bc29b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731568fce1bc29b36.jpg"/><Relationship Id="rId181168fce1bc2b43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181168fce1bc2b43a.jpg"/><Relationship Id="rId730768fce1bc2cf35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730768fce1bc2cf35.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>