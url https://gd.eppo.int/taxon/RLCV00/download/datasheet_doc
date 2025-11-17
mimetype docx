--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Raspberry leaf curl luteovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American leaf curl of raspberry, leaf curl of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470768fce1bc292e8" w:history="1">
+            <w:hyperlink r:id="rId7964691ab2a85fcce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341268fce1bc29369" w:history="1">
+            <w:hyperlink r:id="rId8608691ab2a85fd39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19160130" name="name454668fce1bc29b38" descr="1474.jpg"/>
+                  <wp:docPr id="7845888" name="name1397691ab2a860545" descr="1474.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1474.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId731568fce1bc29b36" cstate="print"/>
+                          <a:blip r:embed="rId6777691ab2a860543" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId515268fce1bc29c83" w:history="1">
+            <w:hyperlink r:id="rId2562691ab2a860668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1377,90 +1377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RpLCV is still indicated by USDA Aphis as widely prevalent, presumably in wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in five States, Montana, Utah, Ohio, Connecticut and Maine (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId949068fce1bc2a477" w:history="1">
+      <w:hyperlink r:id="rId6729691ab2a860d1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA APHIS Widely prevalent viruses of the United States website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 2023-11-14).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53529491" name="name932768fce1bc2b43c" descr="RLCV00_distribution_map.jpg"/>
+            <wp:docPr id="89665248" name="name8327691ab2a861b2e" descr="RLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId181168fce1bc2b43a" cstate="print"/>
+                    <a:blip r:embed="rId1657691ab2a861b2b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3586,51 +3586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guzman Martinez M (2020) Identification of Viruses Associated with Raspberry Leaf Curl Disease. Master of Science dissertation, Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617768fce1bc2c5b5" w:history="1">
+      <w:hyperlink r:id="rId1816691ab2a862ae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4124,51 +4124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Raspberry leaf curl virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805568fce1bc2cc28" w:history="1">
+      <w:hyperlink r:id="rId6495691ab2a862e4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4319,81 +4319,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 17-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481468fce1bc2ce98" w:history="1">
+      <w:hyperlink r:id="rId2835691ab2a862f7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02763.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32954830" name="name228068fce1bc2cf36" descr="eu_funding_250.png"/>
+            <wp:docPr id="48161773" name="name3156691ab2a862ff4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId730768fce1bc2cf35" cstate="print"/>
+                    <a:blip r:embed="rId4500691ab2a862ff3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26308916">
+  <w:abstractNum w:abstractNumId="47880366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37011466">
+    <w:lvl w:ilvl="0" w:tplc="23888153">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37011466" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23888153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26308915">
+  <w:abstractNum w:abstractNumId="47880365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57797792">
+    <w:lvl w:ilvl="0" w:tplc="42567302">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26308915">
-    <w:abstractNumId w:val="26308915"/>
+  <w:num w:numId="47880365">
+    <w:abstractNumId w:val="47880365"/>
   </w:num>
-  <w:num w:numId="26308916">
-    <w:abstractNumId w:val="26308916"/>
+  <w:num w:numId="47880366">
+    <w:abstractNumId w:val="47880366"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940490934" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214365692" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId470768fce1bc292e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId341268fce1bc29369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId515268fce1bc29c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId949068fce1bc2a477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId617768fce1bc2c5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId805568fce1bc2cc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId481468fce1bc2ce98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId731568fce1bc29b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731568fce1bc29b36.jpg"/><Relationship Id="rId181168fce1bc2b43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181168fce1bc2b43a.jpg"/><Relationship Id="rId730768fce1bc2cf35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730768fce1bc2cf35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId100193917" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId536763793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7964691ab2a85fcce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId8608691ab2a85fd39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId2562691ab2a860668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId6729691ab2a860d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId1816691ab2a862ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId6495691ab2a862e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2835691ab2a862f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId6777691ab2a860543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6777691ab2a860543.jpg"/><Relationship Id="rId1657691ab2a861b2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1657691ab2a861b2b.jpg"/><Relationship Id="rId4500691ab2a862ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4500691ab2a862ff3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>