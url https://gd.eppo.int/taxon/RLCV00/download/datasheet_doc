--- v2 (2025-11-17)
+++ v3 (2025-12-27)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Raspberry leaf curl luteovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American leaf curl of raspberry, leaf curl of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7964691ab2a85fcce" w:history="1">
+            <w:hyperlink r:id="rId946469502663eee76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8608691ab2a85fd39" w:history="1">
+            <w:hyperlink r:id="rId693469502663eeee1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7845888" name="name1397691ab2a860545" descr="1474.jpg"/>
+                  <wp:docPr id="82971514" name="name616169502663ef859" descr="1474.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1474.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6777691ab2a860543" cstate="print"/>
+                          <a:blip r:embed="rId507669502663ef84f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2562691ab2a860668" w:history="1">
+            <w:hyperlink r:id="rId110569502663efae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1377,90 +1377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RpLCV is still indicated by USDA Aphis as widely prevalent, presumably in wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in five States, Montana, Utah, Ohio, Connecticut and Maine (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6729691ab2a860d1a" w:history="1">
+      <w:hyperlink r:id="rId846169502663f0b24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA APHIS Widely prevalent viruses of the United States website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 2023-11-14).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89665248" name="name8327691ab2a861b2e" descr="RLCV00_distribution_map.jpg"/>
+            <wp:docPr id="19566616" name="name987369502663f1bab" descr="RLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1657691ab2a861b2b" cstate="print"/>
+                    <a:blip r:embed="rId147869502663f1ba7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3586,51 +3586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guzman Martinez M (2020) Identification of Viruses Associated with Raspberry Leaf Curl Disease. Master of Science dissertation, Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1816691ab2a862ae2" w:history="1">
+      <w:hyperlink r:id="rId600169502663f3012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4124,51 +4124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Raspberry leaf curl virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6495691ab2a862e4a" w:history="1">
+      <w:hyperlink r:id="rId990469502663f3977" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4319,81 +4319,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 17-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2835691ab2a862f7a" w:history="1">
+      <w:hyperlink r:id="rId503569502663f3cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02763.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48161773" name="name3156691ab2a862ff4" descr="eu_funding_250.png"/>
+            <wp:docPr id="32816248" name="name250969502663f4099" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4500691ab2a862ff3" cstate="print"/>
+                    <a:blip r:embed="rId974069502663f4097" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47880366">
+  <w:abstractNum w:abstractNumId="31073094">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23888153">
+    <w:lvl w:ilvl="0" w:tplc="48720627">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23888153" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48720627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47880365">
+  <w:abstractNum w:abstractNumId="31073093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42567302">
+    <w:lvl w:ilvl="0" w:tplc="94126336">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47880365">
-    <w:abstractNumId w:val="47880365"/>
+  <w:num w:numId="31073093">
+    <w:abstractNumId w:val="31073093"/>
   </w:num>
-  <w:num w:numId="47880366">
-    <w:abstractNumId w:val="47880366"/>
+  <w:num w:numId="31073094">
+    <w:abstractNumId w:val="31073094"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId100193917" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId536763793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7964691ab2a85fcce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId8608691ab2a85fd39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId2562691ab2a860668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId6729691ab2a860d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId1816691ab2a862ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId6495691ab2a862e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2835691ab2a862f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId6777691ab2a860543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6777691ab2a860543.jpg"/><Relationship Id="rId1657691ab2a861b2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1657691ab2a861b2b.jpg"/><Relationship Id="rId4500691ab2a862ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4500691ab2a862ff3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId812488127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId470287380" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId946469502663eee76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId693469502663eeee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId110569502663efae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId846169502663f0b24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId600169502663f3012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId990469502663f3977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId503569502663f3cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId507669502663ef84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId507669502663ef84f.jpg"/><Relationship Id="rId147869502663f1ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId147869502663f1ba7.jpg"/><Relationship Id="rId974069502663f4097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId974069502663f4097.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>