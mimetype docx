--- v3 (2025-12-27)
+++ v4 (2026-01-17)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Raspberry leaf curl luteovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American leaf curl of raspberry, leaf curl of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId946469502663eee76" w:history="1">
+            <w:hyperlink r:id="rId3320696c010169a00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId693469502663eeee1" w:history="1">
+            <w:hyperlink r:id="rId6734696c010169a69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82971514" name="name616169502663ef859" descr="1474.jpg"/>
+                  <wp:docPr id="10165576" name="name5668696c01016a0d4" descr="1474.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1474.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId507669502663ef84f" cstate="print"/>
+                          <a:blip r:embed="rId3594696c01016a0d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId110569502663efae7" w:history="1">
+            <w:hyperlink r:id="rId2728696c01016a1f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1377,90 +1377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RpLCV is still indicated by USDA Aphis as widely prevalent, presumably in wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in five States, Montana, Utah, Ohio, Connecticut and Maine (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId846169502663f0b24" w:history="1">
+      <w:hyperlink r:id="rId7574696c01016a8b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA APHIS Widely prevalent viruses of the United States website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 2023-11-14).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19566616" name="name987369502663f1bab" descr="RLCV00_distribution_map.jpg"/>
+            <wp:docPr id="53138159" name="name5799696c01016b45b" descr="RLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId147869502663f1ba7" cstate="print"/>
+                    <a:blip r:embed="rId5488696c01016b458" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3586,51 +3586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guzman Martinez M (2020) Identification of Viruses Associated with Raspberry Leaf Curl Disease. Master of Science dissertation, Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600169502663f3012" w:history="1">
+      <w:hyperlink r:id="rId7623696c01016c3d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4102,73 +4102,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Raspberry leaf curl virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990469502663f3977" w:history="1">
+      <w:hyperlink r:id="rId2694696c01016c743" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4319,81 +4319,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 17-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503569502663f3cd8" w:history="1">
+      <w:hyperlink r:id="rId8408696c01016c880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02763.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32816248" name="name250969502663f4099" descr="eu_funding_250.png"/>
+            <wp:docPr id="7534653" name="name4842696c01016c8d6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId974069502663f4097" cstate="print"/>
+                    <a:blip r:embed="rId9059696c01016c8d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31073094">
+  <w:abstractNum w:abstractNumId="68014613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48720627">
+    <w:lvl w:ilvl="0" w:tplc="73322463">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48720627" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73322463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31073093">
+  <w:abstractNum w:abstractNumId="68014612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94126336">
+    <w:lvl w:ilvl="0" w:tplc="58403754">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31073093">
-    <w:abstractNumId w:val="31073093"/>
+  <w:num w:numId="68014612">
+    <w:abstractNumId w:val="68014612"/>
   </w:num>
-  <w:num w:numId="31073094">
-    <w:abstractNumId w:val="31073094"/>
+  <w:num w:numId="68014613">
+    <w:abstractNumId w:val="68014613"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId812488127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId470287380" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId946469502663eee76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId693469502663eeee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId110569502663efae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId846169502663f0b24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId600169502663f3012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId990469502663f3977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId503569502663f3cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId507669502663ef84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId507669502663ef84f.jpg"/><Relationship Id="rId147869502663f1ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId147869502663f1ba7.jpg"/><Relationship Id="rId974069502663f4097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId974069502663f4097.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762651857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId698836675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3320696c010169a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId6734696c010169a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId2728696c01016a1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId7574696c01016a8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId7623696c01016c3d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId2694696c01016c743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8408696c01016c880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId3594696c01016a0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3594696c01016a0d2.jpg"/><Relationship Id="rId5488696c01016b458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5488696c01016b458.jpg"/><Relationship Id="rId9059696c01016c8d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9059696c01016c8d5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>