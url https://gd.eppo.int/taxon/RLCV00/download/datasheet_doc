--- v4 (2026-01-17)
+++ v5 (2026-02-08)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Raspberry leaf curl luteovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American leaf curl of raspberry, leaf curl of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3320696c010169a00" w:history="1">
+            <w:hyperlink r:id="rId883569889b5f69ca4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -317,53 +317,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6734696c010169a69" w:history="1">
+            <w:hyperlink r:id="rId222969889b5f69d0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10165576" name="name5668696c01016a0d4" descr="1474.jpg"/>
+                  <wp:docPr id="69429887" name="name488069889b5f6a35e" descr="1474.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1474.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3594696c01016a0d2" cstate="print"/>
+                          <a:blip r:embed="rId354469889b5f6a35c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2728696c01016a1f9" w:history="1">
+            <w:hyperlink r:id="rId562669889b5f6a484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1377,122 +1377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RpLCV is still indicated by USDA Aphis as widely prevalent, presumably in wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in five States, Montana, Utah, Ohio, Connecticut and Maine (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7574696c01016a8b3" w:history="1">
+      <w:hyperlink r:id="rId227569889b5f6ab2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA APHIS Widely prevalent viruses of the United States website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 2023-11-14).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, British Columbia, Manitoba, Ontario, Prince Edward Island, Québec, Saskatchewan), United States of America (Connecticut, Idaho, Maine, Massachusetts, Michigan, Montana, New Hampshire, New York, Ohio, Rhode Island, Utah, Vermont)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3586,51 +3554,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guzman Martinez M (2020) Identification of Viruses Associated with Raspberry Leaf Curl Disease. Master of Science dissertation, Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7623696c01016c3d4" w:history="1">
+      <w:hyperlink r:id="rId451869889b5f6bb7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4124,51 +4092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Raspberry leaf curl virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2694696c01016c743" w:history="1">
+      <w:hyperlink r:id="rId350069889b5f6becd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4319,81 +4287,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 17-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8408696c01016c880" w:history="1">
+      <w:hyperlink r:id="rId420269889b5f6bffd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02763.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7534653" name="name4842696c01016c8d6" descr="eu_funding_250.png"/>
+            <wp:docPr id="20746424" name="name149969889b5f6c06f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9059696c01016c8d5" cstate="print"/>
+                    <a:blip r:embed="rId647169889b5f6c06d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4491,137 +4459,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68014613">
+  <w:abstractNum w:abstractNumId="99367400">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73322463">
+    <w:lvl w:ilvl="0" w:tplc="46190242">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73322463" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46190242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68014612">
+  <w:abstractNum w:abstractNumId="99367399">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58403754">
+    <w:lvl w:ilvl="0" w:tplc="40845898">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5373,55 +5341,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68014612">
-    <w:abstractNumId w:val="68014612"/>
+  <w:num w:numId="99367399">
+    <w:abstractNumId w:val="99367399"/>
   </w:num>
-  <w:num w:numId="68014613">
-    <w:abstractNumId w:val="68014613"/>
+  <w:num w:numId="99367400">
+    <w:abstractNumId w:val="99367400"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16971,51 +16939,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762651857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId698836675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3320696c010169a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId6734696c010169a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId2728696c01016a1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId7574696c01016a8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId7623696c01016c3d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId2694696c01016c743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8408696c01016c880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId3594696c01016a0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3594696c01016a0d2.jpg"/><Relationship Id="rId5488696c01016b458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5488696c01016b458.jpg"/><Relationship Id="rId9059696c01016c8d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9059696c01016c8d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId644504318" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825449980" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId883569889b5f69ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId222969889b5f69d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId562669889b5f6a484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId227569889b5f6ab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId451869889b5f6bb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId350069889b5f6becd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420269889b5f6bffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId354469889b5f6a35c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId354469889b5f6a35c.jpg"/><Relationship Id="rId647169889b5f6c06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647169889b5f6c06d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>