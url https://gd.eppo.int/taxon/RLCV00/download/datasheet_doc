--- v5 (2026-02-08)
+++ v6 (2026-03-21)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Raspberry leaf curl luteovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American leaf curl of raspberry, leaf curl of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId883569889b5f69ca4" w:history="1">
+            <w:hyperlink r:id="rId436869bf14eba8582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222969889b5f69d0f" w:history="1">
+            <w:hyperlink r:id="rId932169bf14eba85eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69429887" name="name488069889b5f6a35e" descr="1474.jpg"/>
+                  <wp:docPr id="42525848" name="name266669bf14eba8b63" descr="1474.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1474.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId354469889b5f6a35c" cstate="print"/>
+                          <a:blip r:embed="rId454169bf14eba8b62" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId562669889b5f6a484" w:history="1">
+            <w:hyperlink r:id="rId141269bf14eba8c82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1377,90 +1377,122 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RpLCV is still indicated by USDA Aphis as widely prevalent, presumably in wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in five States, Montana, Utah, Ohio, Connecticut and Maine (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId227569889b5f6ab2d" w:history="1">
+      <w:hyperlink r:id="rId977469bf14eba9409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA APHIS Widely prevalent viruses of the United States website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 2023-11-14).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="12896702" name="name819269bf14ebaa0c0" descr="RLCV00_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="RLCV00_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId600769bf14ebaa0be" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, British Columbia, Manitoba, Ontario, Prince Edward Island, Québec, Saskatchewan), United States of America (Connecticut, Idaho, Maine, Massachusetts, Michigan, Montana, New Hampshire, New York, Ohio, Rhode Island, Utah, Vermont)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3554,51 +3586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guzman Martinez M (2020) Identification of Viruses Associated with Raspberry Leaf Curl Disease. Master of Science dissertation, Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451869889b5f6bb7b" w:history="1">
+      <w:hyperlink r:id="rId434769bf14ebab071" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4092,51 +4124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Raspberry leaf curl virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350069889b5f6becd" w:history="1">
+      <w:hyperlink r:id="rId800169bf14ebab3d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4287,81 +4319,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 17-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420269889b5f6bffd" w:history="1">
+      <w:hyperlink r:id="rId479069bf14ebab505" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02763.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20746424" name="name149969889b5f6c06f" descr="eu_funding_250.png"/>
+            <wp:docPr id="99750502" name="name229469bf14ebab55b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId647169889b5f6c06d" cstate="print"/>
+                    <a:blip r:embed="rId569469bf14ebab55a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4459,137 +4491,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99367400">
+  <w:abstractNum w:abstractNumId="91553076">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46190242">
+    <w:lvl w:ilvl="0" w:tplc="22778409">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46190242" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22778409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99367399">
+  <w:abstractNum w:abstractNumId="91553075">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40845898">
+    <w:lvl w:ilvl="0" w:tplc="82121002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5341,55 +5373,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99367399">
-    <w:abstractNumId w:val="99367399"/>
+  <w:num w:numId="91553075">
+    <w:abstractNumId w:val="91553075"/>
   </w:num>
-  <w:num w:numId="99367400">
-    <w:abstractNumId w:val="99367400"/>
+  <w:num w:numId="91553076">
+    <w:abstractNumId w:val="91553076"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16939,51 +16971,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId644504318" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825449980" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId883569889b5f69ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId222969889b5f69d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId562669889b5f6a484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId227569889b5f6ab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId451869889b5f6bb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId350069889b5f6becd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420269889b5f6bffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId354469889b5f6a35c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId354469889b5f6a35c.jpg"/><Relationship Id="rId647169889b5f6c06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647169889b5f6c06d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479780692" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751890804" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId436869bf14eba8582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/" TargetMode="External"/><Relationship Id="rId932169bf14eba85eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/categorization" TargetMode="External"/><Relationship Id="rId141269bf14eba8c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RLCV00/photos" TargetMode="External"/><Relationship Id="rId977469bf14eba9409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/subject.cfm?id=11283" TargetMode="External"/><Relationship Id="rId434769bf14ebab071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/concern/graduate_thesis_or_dissertations/m613n428b" TargetMode="External"/><Relationship Id="rId800169bf14ebab3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId479069bf14ebab505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02763.x" TargetMode="External"/><Relationship Id="rId454169bf14eba8b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454169bf14eba8b62.jpg"/><Relationship Id="rId600769bf14ebaa0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId600769bf14ebaa0be.jpg"/><Relationship Id="rId569469bf14ebab55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569469bf14ebab55a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>