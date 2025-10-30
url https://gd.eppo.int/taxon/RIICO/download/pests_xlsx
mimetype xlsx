--- v0 (2025-10-01)
+++ v1 (2025-10-30)
@@ -12,87 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RIICO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Vasquez Gutierrez U, López López H, Frías Treviño GA, Delgado Ortiz JC, Flores Olivas A, Aguirre Uribe LA, Hernández Juarez A (2024) Biological exploration and physicochemical characteristics of Tomato Brown Rugose Fruit Virus in several host crops. Agronomy 14(2), 388. https://doi.org/10.3390/agronomy14020388
 ------- symptoms in inoculation trials in field conditions. </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>Sharma J, Lager P, Kumar Y (2021) First report of Tomato leaf curl New Delhi virus infecting Ricinus communis. New Disease Report. 44:e12053. https://doi.org/10.1002/ndr2.12053</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their Natural Enemies and Host Plants. pp 241-297 In Proceedings of the Workshop on Biological Control of Heliothis: Increasing the effectiveness of natural enemies. USDA.
 ------- as Ruellia lorentziana.
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Likely host (reported as host in the literature but lacking evidence to consider it as main host – see PRA for further details on the host).</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
@@ -794,51 +804,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -902,65 +912,65 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>25</v>
       </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
@@ -1040,171 +1050,171 @@
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>56</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>64</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>72</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>75</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
@@ -1242,65 +1252,65 @@
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
         <v>89</v>
       </c>
       <c r="D31" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>91</v>
       </c>
       <c r="C32" t="s">
         <v>92</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>95</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
       <c r="C34" t="s">
         <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>99</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
@@ -1366,105 +1376,119 @@
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="s">
         <v>115</v>
       </c>
       <c r="D40" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>117</v>
       </c>
       <c r="C41" t="s">
         <v>118</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>120</v>
       </c>
       <c r="C42" t="s">
         <v>121</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B43" t="s">
         <v>123</v>
       </c>
       <c r="C43" t="s">
         <v>124</v>
       </c>
       <c r="D43" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B44" t="s">
         <v>126</v>
       </c>
       <c r="C44" t="s">
         <v>127</v>
       </c>
       <c r="D44" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B45" t="s">
         <v>129</v>
       </c>
       <c r="C45" t="s">
         <v>130</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>122</v>
+      </c>
+      <c r="B46" t="s">
+        <v>132</v>
+      </c>
+      <c r="C46" t="s">
+        <v>133</v>
+      </c>
+      <c r="D46"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>