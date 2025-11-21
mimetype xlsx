--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -121,51 +121,52 @@
   <si>
     <t>ERTNFU</t>
   </si>
   <si>
     <t>Erthesina fullo</t>
   </si>
   <si>
     <t>* Mi Q, Zhang J, Gould E, Chen J, Sun Z, Zhang F (2020) Biology, ecology, and management of Erthesina fullo (Hemiptera: Pentatomidae): A review. Insects 11, 346. https://doi.org/10.3390/insects11060346</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
-    <t>* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55(3), 303-309.</t>
+    <t>* Khan AM, Nizamani IA, Korai AK, Syed RN, Gilal AA, Qureshi KH, Korai SK, Wang X (2025) Seasonal population dynamics and chemical control of the castor mite, Eutetranychus orientalis (Klein), on castor (Ricinus communis) in Tandojam. Pakistan Journal of Agricultural Research 38(2), 153-161.
+* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55(3), 303-309.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.
 * Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host in Western Australia.
 * Li Y, Gu X, Kasson MT, Bateman CC, Guo J, Huang YT, Li Q, Rabaglia RJ, Hulcr J (2016) Distribution, host records, and symbiotic fungi of Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) in China. Florida Entomologist 99(4), 801-804.
 * List of Trees Impacted by Polyphagous Shot Hole Borer (PHSB) in South Africa (2019-07) https://polyphagous-shot-hole-borer.co.za/pshb-tree-list-july-2019/
 ------- Reproductive host in South Africa.
 * University of California. Invasive shot hole borers. ISHB reproductive hosts. https://ucanr.edu/sites/pshb/pest-overview/ishb-reproductive-hosts/ (last accessed 2021-03)
 -------- Susceptible reproductive host (infection may cause tree death).
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>