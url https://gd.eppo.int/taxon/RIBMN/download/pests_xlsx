--- v0 (2025-10-25)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RIBMN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CRONKA</t>
   </si>
   <si>
     <t>Cronartium kamtschaticum (as Ribes)</t>
   </si>
   <si>
     <t>CRONRI</t>
   </si>
   <si>
@@ -170,50 +170,54 @@
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Ribes)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Ribes)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHAGRI</t>
   </si>
   <si>
     <t>Rhagoletis ribicola (as Ribes)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ERPHRI</t>
   </si>
   <si>
     <t>Cecidophyopsis ribis (as Ribes)</t>
   </si>
   <si>
     <t>DIAPST</t>
   </si>
   <si>
     <t>Diaporthe strumella (as Ribes)</t>
   </si>
   <si>
     <t>MCRSGR</t>
   </si>
@@ -800,97 +804,99 @@
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D22"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>