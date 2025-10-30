--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -12,77 +12,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RHYCPH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CCNNU</t>
   </si>
   <si>
     <t>Cocos nucifera</t>
   </si>
   <si>
+    <t>* Hill DS (1983) Agricultural insect pests of the tropics and their control., Ed. 2Cambridge, UK: Cambridge University Press. 746 pp.</t>
+  </si>
+  <si>
     <t>EAIGU</t>
   </si>
   <si>
     <t>Elaeis guineensis</t>
+  </si>
+  <si>
+    <t>* Commander TN, Stanley DON (2022) Population dynamics of African palm weevil (Rhynchophorus phoenicis F.) on breeding sites of oil palm (Elaeis guineensis Jacq.) in Niger Delta, Nigeria. International Journal of Entomology and Nematology Research 6, 1-10.
+* Hil, DS (1983) Agricultural insect pests of the tropics and their control., Ed. 2Cambridge, UK: Cambridge University Press. 746 pp.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>MTRSA</t>
   </si>
   <si>
     <t>Metroxylon sagu</t>
   </si>
   <si>
     <t>PHXDA</t>
   </si>
   <si>
     <t>Phoenix dactylifera</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -412,114 +419,120 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>7</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>