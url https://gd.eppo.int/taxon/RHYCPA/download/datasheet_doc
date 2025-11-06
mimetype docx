--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Chevrolet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American palm weevil, giant palm weevil, palm marrow weevil, palm marrow weevil, palm weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487168f16ed5ac903" w:history="1">
+            <w:hyperlink r:id="rId6319690c340d687db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355568f16ed5ac96e" w:history="1">
+            <w:hyperlink r:id="rId8051690c340d68846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71140587" name="name891568f16ed5ad07e" descr="11203.jpg"/>
+                  <wp:docPr id="56405014" name="name7304690c340d68fb9" descr="11203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId573368f16ed5ad07c" cstate="print"/>
+                          <a:blip r:embed="rId1295690c340d68fb7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId532268f16ed5ad19a" w:history="1">
+            <w:hyperlink r:id="rId3413690c340d690cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus cocophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the red ring nematode, has not been detected in association with weevils captured in California, Texas, and Arizona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63936874" name="name716868f16ed5ae9f2" descr="RHYCPA_distribution_map.jpg"/>
+            <wp:docPr id="56178411" name="name5902690c340d6add6" descr="RHYCPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId186868f16ed5ae9ee" cstate="print"/>
+                    <a:blip r:embed="rId8338690c340d6add3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5115,51 +5115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM manuals outlining control programs for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Brazil (Moura, 2017) and Colombia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId440168f16ed5afd8d" w:history="1">
+      <w:hyperlink r:id="rId7988690c340d6c1c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6899,51 +6899,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1786-1795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172468f16ed5b08c5" w:history="1">
+      <w:hyperlink r:id="rId5971690c340d6cd1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7232,51 +7232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e0143210. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858068f16ed5b0ae7" w:history="1">
+      <w:hyperlink r:id="rId6081690c340d6cf33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://do.org/10.1371/journal.pone.0143210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7380,51 +7380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Curculionidae) and trap bycatch in Southern California. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700468f16ed5b0bd6" w:history="1">
+      <w:hyperlink r:id="rId5041690c340d6d01e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa175</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8655,51 +8655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 205-209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233768f16ed5b13c8" w:history="1">
+      <w:hyperlink r:id="rId4468690c340d6d866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5039/agraria.v9i2a3885</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8959,51 +8959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828768f16ed5b15b6" w:history="1">
+      <w:hyperlink r:id="rId2676690c340d6da5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9079,81 +9079,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 468-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475568f16ed5b16a2" w:history="1">
+      <w:hyperlink r:id="rId5107690c340d6db1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00883.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25136475" name="name355268f16ed5b2198" descr="eu_funding_250.png"/>
+            <wp:docPr id="29322048" name="name9623690c340d6df90" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId433668f16ed5b2196" cstate="print"/>
+                    <a:blip r:embed="rId9125690c340d6df8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9251,137 +9251,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43829861">
+  <w:abstractNum w:abstractNumId="19318568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56759664">
+    <w:lvl w:ilvl="0" w:tplc="78243886">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56759664" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78243886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43829860">
+  <w:abstractNum w:abstractNumId="19318567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66360483">
+    <w:lvl w:ilvl="0" w:tplc="93779869">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10133,55 +10133,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43829860">
-    <w:abstractNumId w:val="43829860"/>
+  <w:num w:numId="19318567">
+    <w:abstractNumId w:val="19318567"/>
   </w:num>
-  <w:num w:numId="43829861">
-    <w:abstractNumId w:val="43829861"/>
+  <w:num w:numId="19318568">
+    <w:abstractNumId w:val="19318568"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21731,51 +21731,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId369719893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259934457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId487168f16ed5ac903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId355568f16ed5ac96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId532268f16ed5ad19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId440168f16ed5afd8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId172468f16ed5b08c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId858068f16ed5b0ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId700468f16ed5b0bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId233768f16ed5b13c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId828768f16ed5b15b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId475568f16ed5b16a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId573368f16ed5ad07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573368f16ed5ad07c.jpg"/><Relationship Id="rId186868f16ed5ae9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186868f16ed5ae9ee.jpg"/><Relationship Id="rId433668f16ed5b2196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId433668f16ed5b2196.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292236941" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618390917" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6319690c340d687db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId8051690c340d68846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId3413690c340d690cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId7988690c340d6c1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId5971690c340d6cd1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId6081690c340d6cf33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId5041690c340d6d01e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId4468690c340d6d866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId2676690c340d6da5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5107690c340d6db1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId1295690c340d68fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1295690c340d68fb7.jpg"/><Relationship Id="rId8338690c340d6add3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8338690c340d6add3.jpg"/><Relationship Id="rId9125690c340d6df8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9125690c340d6df8f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>