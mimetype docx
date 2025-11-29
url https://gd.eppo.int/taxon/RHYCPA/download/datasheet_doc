--- v1 (2025-11-06)
+++ v2 (2025-11-29)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Chevrolet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American palm weevil, giant palm weevil, palm marrow weevil, palm marrow weevil, palm weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6319690c340d687db" w:history="1">
+            <w:hyperlink r:id="rId4797692b6c80d54c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8051690c340d68846" w:history="1">
+            <w:hyperlink r:id="rId6832692b6c80d552e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56405014" name="name7304690c340d68fb9" descr="11203.jpg"/>
+                  <wp:docPr id="81077795" name="name2022692b6c80d6231" descr="11203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1295690c340d68fb7" cstate="print"/>
+                          <a:blip r:embed="rId7837692b6c80d622f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3413690c340d690cc" w:history="1">
+            <w:hyperlink r:id="rId6216692b6c80d6368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus cocophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the red ring nematode, has not been detected in association with weevils captured in California, Texas, and Arizona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56178411" name="name5902690c340d6add6" descr="RHYCPA_distribution_map.jpg"/>
+            <wp:docPr id="91271674" name="name8164692b6c80d94cf" descr="RHYCPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8338690c340d6add3" cstate="print"/>
+                    <a:blip r:embed="rId6425692b6c80d94cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5115,51 +5115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM manuals outlining control programs for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Brazil (Moura, 2017) and Colombia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7988690c340d6c1c5" w:history="1">
+      <w:hyperlink r:id="rId9293692b6c80da955" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6899,51 +6899,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1786-1795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5971690c340d6cd1d" w:history="1">
+      <w:hyperlink r:id="rId8394692b6c80dcdd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7232,51 +7232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e0143210. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6081690c340d6cf33" w:history="1">
+      <w:hyperlink r:id="rId1464692b6c80dd005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://do.org/10.1371/journal.pone.0143210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7380,51 +7380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Curculionidae) and trap bycatch in Southern California. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5041690c340d6d01e" w:history="1">
+      <w:hyperlink r:id="rId2133692b6c80dd107" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa175</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8655,51 +8655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 205-209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4468690c340d6d866" w:history="1">
+      <w:hyperlink r:id="rId4428692b6c80dd936" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5039/agraria.v9i2a3885</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8959,51 +8959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2676690c340d6da5a" w:history="1">
+      <w:hyperlink r:id="rId5410692b6c80ddb5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9079,81 +9079,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 468-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5107690c340d6db1f" w:history="1">
+      <w:hyperlink r:id="rId7639692b6c80ddc2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00883.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29322048" name="name9623690c340d6df90" descr="eu_funding_250.png"/>
+            <wp:docPr id="12788203" name="name9424692b6c80dfa4d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9125690c340d6df8f" cstate="print"/>
+                    <a:blip r:embed="rId7936692b6c80dfa4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9251,137 +9251,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19318568">
+  <w:abstractNum w:abstractNumId="58406858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78243886">
+    <w:lvl w:ilvl="0" w:tplc="32124337">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78243886" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32124337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19318567">
+  <w:abstractNum w:abstractNumId="58406857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93779869">
+    <w:lvl w:ilvl="0" w:tplc="45062153">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10133,55 +10133,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19318567">
-    <w:abstractNumId w:val="19318567"/>
+  <w:num w:numId="58406857">
+    <w:abstractNumId w:val="58406857"/>
   </w:num>
-  <w:num w:numId="19318568">
-    <w:abstractNumId w:val="19318568"/>
+  <w:num w:numId="58406858">
+    <w:abstractNumId w:val="58406858"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21731,51 +21731,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292236941" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618390917" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6319690c340d687db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId8051690c340d68846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId3413690c340d690cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId7988690c340d6c1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId5971690c340d6cd1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId6081690c340d6cf33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId5041690c340d6d01e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId4468690c340d6d866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId2676690c340d6da5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5107690c340d6db1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId1295690c340d68fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1295690c340d68fb7.jpg"/><Relationship Id="rId8338690c340d6add3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8338690c340d6add3.jpg"/><Relationship Id="rId9125690c340d6df8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9125690c340d6df8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId948228200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId847899527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4797692b6c80d54c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId6832692b6c80d552e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId6216692b6c80d6368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId9293692b6c80da955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId8394692b6c80dcdd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId1464692b6c80dd005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId2133692b6c80dd107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId4428692b6c80dd936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId5410692b6c80ddb5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7639692b6c80ddc2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId7837692b6c80d622f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7837692b6c80d622f.jpg"/><Relationship Id="rId6425692b6c80d94cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6425692b6c80d94cc.jpg"/><Relationship Id="rId7936692b6c80dfa4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7936692b6c80dfa4a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>