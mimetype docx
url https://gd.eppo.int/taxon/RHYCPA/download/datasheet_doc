--- v2 (2025-11-29)
+++ v3 (2025-12-20)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Chevrolet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American palm weevil, giant palm weevil, palm marrow weevil, palm marrow weevil, palm weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4797692b6c80d54c3" w:history="1">
+            <w:hyperlink r:id="rId91706946084f9948b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6832692b6c80d552e" w:history="1">
+            <w:hyperlink r:id="rId55096946084f99507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81077795" name="name2022692b6c80d6231" descr="11203.jpg"/>
+                  <wp:docPr id="89844561" name="name58036946084f99f94" descr="11203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7837692b6c80d622f" cstate="print"/>
+                          <a:blip r:embed="rId30346946084f99f92" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6216692b6c80d6368" w:history="1">
+            <w:hyperlink r:id="rId59516946084f9a0fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus cocophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the red ring nematode, has not been detected in association with weevils captured in California, Texas, and Arizona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91271674" name="name8164692b6c80d94cf" descr="RHYCPA_distribution_map.jpg"/>
+            <wp:docPr id="48856192" name="name56916946084f9bbd9" descr="RHYCPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6425692b6c80d94cc" cstate="print"/>
+                    <a:blip r:embed="rId47186946084f9bbd6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5115,51 +5115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM manuals outlining control programs for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Brazil (Moura, 2017) and Colombia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9293692b6c80da955" w:history="1">
+      <w:hyperlink r:id="rId53336946084f9d4d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6899,51 +6899,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1786-1795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8394692b6c80dcdd4" w:history="1">
+      <w:hyperlink r:id="rId66656946084f9e27d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7232,51 +7232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e0143210. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1464692b6c80dd005" w:history="1">
+      <w:hyperlink r:id="rId95196946084f9e54c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://do.org/10.1371/journal.pone.0143210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7380,51 +7380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Curculionidae) and trap bycatch in Southern California. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2133692b6c80dd107" w:history="1">
+      <w:hyperlink r:id="rId84166946084f9e676" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa175</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8655,51 +8655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 205-209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4428692b6c80dd936" w:history="1">
+      <w:hyperlink r:id="rId50416946084f9ef9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5039/agraria.v9i2a3885</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8959,51 +8959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5410692b6c80ddb5f" w:history="1">
+      <w:hyperlink r:id="rId31166946084f9f1dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9079,81 +9079,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 468-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7639692b6c80ddc2c" w:history="1">
+      <w:hyperlink r:id="rId30486946084f9f2dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00883.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12788203" name="name9424692b6c80dfa4d" descr="eu_funding_250.png"/>
+            <wp:docPr id="27897681" name="name68596946084f9f48f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7936692b6c80dfa4a" cstate="print"/>
+                    <a:blip r:embed="rId89176946084f9f48d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9251,137 +9251,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58406858">
+  <w:abstractNum w:abstractNumId="50747891">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32124337">
+    <w:lvl w:ilvl="0" w:tplc="88043403">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32124337" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88043403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58406857">
+  <w:abstractNum w:abstractNumId="50747890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45062153">
+    <w:lvl w:ilvl="0" w:tplc="95990090">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10133,55 +10133,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58406857">
-    <w:abstractNumId w:val="58406857"/>
+  <w:num w:numId="50747890">
+    <w:abstractNumId w:val="50747890"/>
   </w:num>
-  <w:num w:numId="58406858">
-    <w:abstractNumId w:val="58406858"/>
+  <w:num w:numId="50747891">
+    <w:abstractNumId w:val="50747891"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21731,51 +21731,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId948228200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId847899527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4797692b6c80d54c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId6832692b6c80d552e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId6216692b6c80d6368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId9293692b6c80da955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId8394692b6c80dcdd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId1464692b6c80dd005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId2133692b6c80dd107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId4428692b6c80dd936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId5410692b6c80ddb5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7639692b6c80ddc2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId7837692b6c80d622f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7837692b6c80d622f.jpg"/><Relationship Id="rId6425692b6c80d94cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6425692b6c80d94cc.jpg"/><Relationship Id="rId7936692b6c80dfa4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7936692b6c80dfa4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId711051814" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId902759136" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91706946084f9948b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId55096946084f99507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId59516946084f9a0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId53336946084f9d4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId66656946084f9e27d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId95196946084f9e54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId84166946084f9e676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId50416946084f9ef9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId31166946084f9f1dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30486946084f9f2dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId30346946084f99f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30346946084f99f92.jpg"/><Relationship Id="rId47186946084f9bbd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47186946084f9bbd6.jpg"/><Relationship Id="rId89176946084f9f48d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89176946084f9f48d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>