--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Chevrolet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American palm weevil, giant palm weevil, palm marrow weevil, palm marrow weevil, palm weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91706946084f9948b" w:history="1">
+            <w:hyperlink r:id="rId81146962823213bb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55096946084f99507" w:history="1">
+            <w:hyperlink r:id="rId60676962823213c1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89844561" name="name58036946084f99f94" descr="11203.jpg"/>
+                  <wp:docPr id="53436485" name="name3409696282321449f" descr="11203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30346946084f99f92" cstate="print"/>
+                          <a:blip r:embed="rId5141696282321449d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId59516946084f9a0fe" w:history="1">
+            <w:hyperlink r:id="rId558269628232145ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus cocophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the red ring nematode, has not been detected in association with weevils captured in California, Texas, and Arizona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48856192" name="name56916946084f9bbd9" descr="RHYCPA_distribution_map.jpg"/>
+            <wp:docPr id="4729905" name="name11986962823215da2" descr="RHYCPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47186946084f9bbd6" cstate="print"/>
+                    <a:blip r:embed="rId82366962823215d9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5115,51 +5115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM manuals outlining control programs for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Brazil (Moura, 2017) and Colombia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId53336946084f9d4d6" w:history="1">
+      <w:hyperlink r:id="rId146169628232171a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6899,51 +6899,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1786-1795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66656946084f9e27d" w:history="1">
+      <w:hyperlink r:id="rId26086962823217d06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7232,51 +7232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e0143210. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95196946084f9e54c" w:history="1">
+      <w:hyperlink r:id="rId34806962823217f1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://do.org/10.1371/journal.pone.0143210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7380,51 +7380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Curculionidae) and trap bycatch in Southern California. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84166946084f9e676" w:history="1">
+      <w:hyperlink r:id="rId4663696282321800a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa175</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8655,51 +8655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 205-209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50416946084f9ef9b" w:history="1">
+      <w:hyperlink r:id="rId50436962823218818" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5039/agraria.v9i2a3885</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8937,73 +8937,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31166946084f9f1dd" w:history="1">
+      <w:hyperlink r:id="rId64256962823218a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9079,81 +9079,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 468-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30486946084f9f2dc" w:history="1">
+      <w:hyperlink r:id="rId79376962823218ad3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00883.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27897681" name="name68596946084f9f48f" descr="eu_funding_250.png"/>
+            <wp:docPr id="60962576" name="name94466962823218d4a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89176946084f9f48d" cstate="print"/>
+                    <a:blip r:embed="rId19016962823218d49" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9251,137 +9251,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50747891">
+  <w:abstractNum w:abstractNumId="56204160">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88043403">
+    <w:lvl w:ilvl="0" w:tplc="67942133">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88043403" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67942133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50747890">
+  <w:abstractNum w:abstractNumId="56204159">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95990090">
+    <w:lvl w:ilvl="0" w:tplc="81465640">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10133,55 +10133,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50747890">
-    <w:abstractNumId w:val="50747890"/>
+  <w:num w:numId="56204159">
+    <w:abstractNumId w:val="56204159"/>
   </w:num>
-  <w:num w:numId="50747891">
-    <w:abstractNumId w:val="50747891"/>
+  <w:num w:numId="56204160">
+    <w:abstractNumId w:val="56204160"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21731,51 +21731,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId711051814" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId902759136" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91706946084f9948b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId55096946084f99507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId59516946084f9a0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId53336946084f9d4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId66656946084f9e27d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId95196946084f9e54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId84166946084f9e676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId50416946084f9ef9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId31166946084f9f1dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30486946084f9f2dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId30346946084f99f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30346946084f99f92.jpg"/><Relationship Id="rId47186946084f9bbd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47186946084f9bbd6.jpg"/><Relationship Id="rId89176946084f9f48d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89176946084f9f48d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId611779334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328476355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81146962823213bb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId60676962823213c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId558269628232145ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId146169628232171a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId26086962823217d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId34806962823217f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId4663696282321800a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId50436962823218818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId64256962823218a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79376962823218ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId5141696282321449d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5141696282321449d.jpg"/><Relationship Id="rId82366962823215d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82366962823215d9f.jpg"/><Relationship Id="rId19016962823218d49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19016962823218d49.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>