--- v4 (2026-01-10)
+++ v5 (2026-02-19)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Chevrolet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American palm weevil, giant palm weevil, palm marrow weevil, palm marrow weevil, palm weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81146962823213bb2" w:history="1">
+            <w:hyperlink r:id="rId832469976bcded097" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -460,53 +460,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60676962823213c1b" w:history="1">
+            <w:hyperlink r:id="rId457169976bcded106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53436485" name="name3409696282321449f" descr="11203.jpg"/>
+                  <wp:docPr id="69961567" name="name977769976bcded73c" descr="11203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5141696282321449d" cstate="print"/>
+                          <a:blip r:embed="rId803669976bcded73a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId558269628232145ce" w:history="1">
+            <w:hyperlink r:id="rId837069976bcded82f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus cocophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the red ring nematode, has not been detected in association with weevils captured in California, Texas, and Arizona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4729905" name="name11986962823215da2" descr="RHYCPA_distribution_map.jpg"/>
+            <wp:docPr id="14011581" name="name459469976bcdef05d" descr="RHYCPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82366962823215d9f" cstate="print"/>
+                    <a:blip r:embed="rId413069976bcdef05a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5115,51 +5115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM manuals outlining control programs for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Brazil (Moura, 2017) and Colombia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId146169628232171a6" w:history="1">
+      <w:hyperlink r:id="rId997169976bcdf046b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6899,51 +6899,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1786-1795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26086962823217d06" w:history="1">
+      <w:hyperlink r:id="rId704069976bcdf1006" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7232,51 +7232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e0143210. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34806962823217f1f" w:history="1">
+      <w:hyperlink r:id="rId175769976bcdf1233" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://do.org/10.1371/journal.pone.0143210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7380,51 +7380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Curculionidae) and trap bycatch in Southern California. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4663696282321800a" w:history="1">
+      <w:hyperlink r:id="rId915569976bcdf1351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa175</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8655,51 +8655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 205-209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50436962823218818" w:history="1">
+      <w:hyperlink r:id="rId367669976bcdf1b87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5039/agraria.v9i2a3885</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8959,51 +8959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64256962823218a0f" w:history="1">
+      <w:hyperlink r:id="rId602169976bcdf1d88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9079,81 +9079,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 468-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79376962823218ad3" w:history="1">
+      <w:hyperlink r:id="rId765569976bcdf1e51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00883.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60962576" name="name94466962823218d4a" descr="eu_funding_250.png"/>
+            <wp:docPr id="2553352" name="name684169976bcdf1ee6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19016962823218d49" cstate="print"/>
+                    <a:blip r:embed="rId379969976bcdf1ee5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9251,137 +9251,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56204160">
+  <w:abstractNum w:abstractNumId="74018744">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67942133">
+    <w:lvl w:ilvl="0" w:tplc="68487163">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67942133" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68487163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56204159">
+  <w:abstractNum w:abstractNumId="74018743">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81465640">
+    <w:lvl w:ilvl="0" w:tplc="41379900">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10133,55 +10133,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56204159">
-    <w:abstractNumId w:val="56204159"/>
+  <w:num w:numId="74018743">
+    <w:abstractNumId w:val="74018743"/>
   </w:num>
-  <w:num w:numId="56204160">
-    <w:abstractNumId w:val="56204160"/>
+  <w:num w:numId="74018744">
+    <w:abstractNumId w:val="74018744"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21731,51 +21731,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId611779334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328476355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81146962823213bb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId60676962823213c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId558269628232145ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId146169628232171a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId26086962823217d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId34806962823217f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId4663696282321800a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId50436962823218818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId64256962823218a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79376962823218ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId5141696282321449d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5141696282321449d.jpg"/><Relationship Id="rId82366962823215d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82366962823215d9f.jpg"/><Relationship Id="rId19016962823218d49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19016962823218d49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655274743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850474412" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId832469976bcded097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId457169976bcded106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId837069976bcded82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId997169976bcdf046b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId704069976bcdf1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId175769976bcdf1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId915569976bcdf1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId367669976bcdf1b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId602169976bcdf1d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId765569976bcdf1e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId803669976bcded73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803669976bcded73a.jpg"/><Relationship Id="rId413069976bcdef05a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId413069976bcdef05a.jpg"/><Relationship Id="rId379969976bcdf1ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379969976bcdf1ee5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>