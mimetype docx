--- v5 (2026-02-19)
+++ v6 (2026-03-11)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Chevrolet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American palm weevil, giant palm weevil, palm marrow weevil, palm marrow weevil, palm weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId832469976bcded097" w:history="1">
+            <w:hyperlink r:id="rId400769b1e502bc625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457169976bcded106" w:history="1">
+            <w:hyperlink r:id="rId580969b1e502bc68e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69961567" name="name977769976bcded73c" descr="11203.jpg"/>
+                  <wp:docPr id="91329496" name="name149869b1e502bce34" descr="11203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId803669976bcded73a" cstate="print"/>
+                          <a:blip r:embed="rId611369b1e502bce31" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId837069976bcded82f" w:history="1">
+            <w:hyperlink r:id="rId656569b1e502bcf56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus cocophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the red ring nematode, has not been detected in association with weevils captured in California, Texas, and Arizona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14011581" name="name459469976bcdef05d" descr="RHYCPA_distribution_map.jpg"/>
+            <wp:docPr id="64279078" name="name445469b1e502bede4" descr="RHYCPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId413069976bcdef05a" cstate="print"/>
+                    <a:blip r:embed="rId532669b1e502bede0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5115,51 +5115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM manuals outlining control programs for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Brazil (Moura, 2017) and Colombia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId997169976bcdf046b" w:history="1">
+      <w:hyperlink r:id="rId566469b1e502c01c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6899,51 +6899,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1786-1795. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704069976bcdf1006" w:history="1">
+      <w:hyperlink r:id="rId569869b1e502c0d6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7232,51 +7232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e0143210. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175769976bcdf1233" w:history="1">
+      <w:hyperlink r:id="rId358869b1e502c0f86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://do.org/10.1371/journal.pone.0143210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7380,51 +7380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Curculionidae) and trap bycatch in Southern California. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915569976bcdf1351" w:history="1">
+      <w:hyperlink r:id="rId682169b1e502c1073" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa175</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8655,51 +8655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 205-209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367669976bcdf1b87" w:history="1">
+      <w:hyperlink r:id="rId933269b1e502c1924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5039/agraria.v9i2a3885</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8959,51 +8959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus palmarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602169976bcdf1d88" w:history="1">
+      <w:hyperlink r:id="rId318669b1e502c1b1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9079,81 +9079,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 468-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765569976bcdf1e51" w:history="1">
+      <w:hyperlink r:id="rId672969b1e502c1be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00883.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2553352" name="name684169976bcdf1ee6" descr="eu_funding_250.png"/>
+            <wp:docPr id="1397803" name="name339069b1e502c1feb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId379969976bcdf1ee5" cstate="print"/>
+                    <a:blip r:embed="rId130569b1e502c1fe9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9251,137 +9251,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74018744">
+  <w:abstractNum w:abstractNumId="92582725">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68487163">
+    <w:lvl w:ilvl="0" w:tplc="90481925">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68487163" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90481925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74018743">
+  <w:abstractNum w:abstractNumId="92582724">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41379900">
+    <w:lvl w:ilvl="0" w:tplc="81605935">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10133,55 +10133,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74018743">
-    <w:abstractNumId w:val="74018743"/>
+  <w:num w:numId="92582724">
+    <w:abstractNumId w:val="92582724"/>
   </w:num>
-  <w:num w:numId="74018744">
-    <w:abstractNumId w:val="74018744"/>
+  <w:num w:numId="92582725">
+    <w:abstractNumId w:val="92582725"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21731,51 +21731,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655274743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850474412" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId832469976bcded097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId457169976bcded106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId837069976bcded82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId997169976bcdf046b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId704069976bcdf1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId175769976bcdf1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId915569976bcdf1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId367669976bcdf1b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId602169976bcdf1d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId765569976bcdf1e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId803669976bcded73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803669976bcded73a.jpg"/><Relationship Id="rId413069976bcdef05a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId413069976bcdef05a.jpg"/><Relationship Id="rId379969976bcdf1ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379969976bcdf1ee5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId446867468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId160601350" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId400769b1e502bc625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/" TargetMode="External"/><Relationship Id="rId580969b1e502bc68e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/categorization" TargetMode="External"/><Relationship Id="rId656569b1e502bcf56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCPA/photos" TargetMode="External"/><Relationship Id="rId566469b1e502c01c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ica.gov.co/getattachment/19e016c0-0d14-4412-af12-03eecfe398f2/Manejo-del-picudo--Rhynchophorus-palmarum-L--(Cole.aspx" TargetMode="External"/><Relationship Id="rId569869b1e502c0d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa115" TargetMode="External"/><Relationship Id="rId358869b1e502c0f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://do.org/10.1371/journal.pone.0143210" TargetMode="External"/><Relationship Id="rId682169b1e502c1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa175" TargetMode="External"/><Relationship Id="rId933269b1e502c1924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5039/agraria.v9i2a3885" TargetMode="External"/><Relationship Id="rId318669b1e502c1b1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId672969b1e502c1be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00883.x" TargetMode="External"/><Relationship Id="rId611369b1e502bce31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611369b1e502bce31.jpg"/><Relationship Id="rId532669b1e502bede0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId532669b1e502bede0.jpg"/><Relationship Id="rId130569b1e502c1fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130569b1e502c1fe9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>