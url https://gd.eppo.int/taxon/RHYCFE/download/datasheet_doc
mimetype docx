--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Chevrolat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic palm weevil, coconut weevil, palm weevil, red palm weevil, red stripe weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId597968e60f6f2161e" w:history="1">
+            <w:hyperlink r:id="rId853269188e0f6d8f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507468e60f6f21685" w:history="1">
+            <w:hyperlink r:id="rId760469188e0f6d966" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33432849" name="name941168e60f6f21d2b" descr="3052.jpg"/>
+                  <wp:docPr id="16210679" name="name479569188e0f6da3a" descr="3052.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3052.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId621168e60f6f21d29" cstate="print"/>
+                          <a:blip r:embed="rId861669188e0f6da38" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId347168e60f6f21df0" w:history="1">
+            <w:hyperlink r:id="rId721769188e0f6db75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50395934" name="name801268e60f6f23461" descr="RHYCFE_distribution_map.jpg"/>
+            <wp:docPr id="21924762" name="name169969188e0f6f4d7" descr="RHYCFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId943368e60f6f2345f" cstate="print"/>
+                    <a:blip r:embed="rId385869188e0f6f4d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6496,51 +6496,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 202-206.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2013) Save Algarve palms. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590868e60f6f252c9" w:history="1">
+      <w:hyperlink r:id="rId669969188e0f71839" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 14th January, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7610,51 +7610,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchphorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Oliv in the United Arab Emirates, Eastern Region, Al Ain. Proceedings of 1st International Conference on Date Palms, Mar. 8-10, UAE. University, Al-Ain, UAE., pp: 269-281. Available on line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381268e60f6f259cb" w:history="1">
+      <w:hyperlink r:id="rId679369188e0f71f5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -8111,51 +8111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Editors): 29-31 March 2017, Rome, Italy. 200 pp. Licence: CC BY-NC-SA 3.0 IGO. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-CIHEAM (2017) Current situation of red palm weevil in the NENA region [Current situation of management practices, challenges/weaknesses and available research and technologies for its improvement]. Scientific consultation and high-level meeting on red palm weevil Management, Rome, 29-31 March 2017. 25 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637468e60f6f25d41" w:history="1">
+      <w:hyperlink r:id="rId436569188e0f7228a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/a-ms664e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10649,51 +10649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Soroker V, Harari A, Faleiro JR (2015) The role of semiochemicals in date pest management. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sustainable pest management in date palm: current status and emerging challenges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Wakil W, JR Faleiro and T Miller). Springer International Publishing. Switzerland. 445 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368668e60f6f26d12" w:history="1">
+      <w:hyperlink r:id="rId697869188e0f732a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.springer.com/us/book/9783319243955</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11150,51 +11150,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122168e60f6f27037" w:history="1">
+      <w:hyperlink r:id="rId219969188e0f73605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11276,63 +11276,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43261241" name="name510968e60f6f2717d" descr="eu_funding_250.png"/>
+            <wp:docPr id="70531639" name="name601769188e0f73748" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId122468e60f6f2717c" cstate="print"/>
+                    <a:blip r:embed="rId663069188e0f73747" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11430,137 +11430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24339331">
+  <w:abstractNum w:abstractNumId="41507046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78605465">
+    <w:lvl w:ilvl="0" w:tplc="41983930">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78605465" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24339330">
+  <w:abstractNum w:abstractNumId="41507045">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26938857">
+    <w:lvl w:ilvl="0" w:tplc="80654427">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12312,55 +12312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24339330">
-    <w:abstractNumId w:val="24339330"/>
+  <w:num w:numId="41507045">
+    <w:abstractNumId w:val="41507045"/>
   </w:num>
-  <w:num w:numId="24339331">
-    <w:abstractNumId w:val="24339331"/>
+  <w:num w:numId="41507046">
+    <w:abstractNumId w:val="41507046"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23910,51 +23910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId634792710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId260711111" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId597968e60f6f2161e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId507468e60f6f21685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId347168e60f6f21df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId590868e60f6f252c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId381268e60f6f259cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId637468e60f6f25d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId368668e60f6f26d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId122168e60f6f27037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId621168e60f6f21d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId621168e60f6f21d29.jpg"/><Relationship Id="rId943368e60f6f2345f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId943368e60f6f2345f.jpg"/><Relationship Id="rId122468e60f6f2717c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122468e60f6f2717c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId360126646" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId279651018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId853269188e0f6d8f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId760469188e0f6d966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId721769188e0f6db75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId669969188e0f71839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId679369188e0f71f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId436569188e0f7228a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId697869188e0f732a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId219969188e0f73605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId861669188e0f6da38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId861669188e0f6da38.jpg"/><Relationship Id="rId385869188e0f6f4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId385869188e0f6f4d5.jpg"/><Relationship Id="rId663069188e0f73747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId663069188e0f73747.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>