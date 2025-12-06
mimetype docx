--- v1 (2025-11-15)
+++ v2 (2025-12-06)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Chevrolat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic palm weevil, coconut weevil, palm weevil, red palm weevil, red stripe weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId853269188e0f6d8f1" w:history="1">
+            <w:hyperlink r:id="rId86296933cfa9ccf2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId760469188e0f6d966" w:history="1">
+            <w:hyperlink r:id="rId17716933cfa9ccf93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16210679" name="name479569188e0f6da3a" descr="3052.jpg"/>
+                  <wp:docPr id="13058669" name="name95796933cfa9cd058" descr="3052.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3052.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId861669188e0f6da38" cstate="print"/>
+                          <a:blip r:embed="rId26506933cfa9cd057" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId721769188e0f6db75" w:history="1">
+            <w:hyperlink r:id="rId81066933cfa9cd146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21924762" name="name169969188e0f6f4d7" descr="RHYCFE_distribution_map.jpg"/>
+            <wp:docPr id="93103154" name="name74036933cfa9cea34" descr="RHYCFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId385869188e0f6f4d5" cstate="print"/>
+                    <a:blip r:embed="rId27196933cfa9cea32" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6496,51 +6496,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 202-206.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2013) Save Algarve palms. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669969188e0f71839" w:history="1">
+      <w:hyperlink r:id="rId76626933cfa9d092d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 14th January, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7610,51 +7610,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchphorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Oliv in the United Arab Emirates, Eastern Region, Al Ain. Proceedings of 1st International Conference on Date Palms, Mar. 8-10, UAE. University, Al-Ain, UAE., pp: 269-281. Available on line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId679369188e0f71f5d" w:history="1">
+      <w:hyperlink r:id="rId28986933cfa9d1031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -8111,51 +8111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Editors): 29-31 March 2017, Rome, Italy. 200 pp. Licence: CC BY-NC-SA 3.0 IGO. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-CIHEAM (2017) Current situation of red palm weevil in the NENA region [Current situation of management practices, challenges/weaknesses and available research and technologies for its improvement]. Scientific consultation and high-level meeting on red palm weevil Management, Rome, 29-31 March 2017. 25 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436569188e0f7228a" w:history="1">
+      <w:hyperlink r:id="rId32256933cfa9d135d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/a-ms664e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10649,51 +10649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Soroker V, Harari A, Faleiro JR (2015) The role of semiochemicals in date pest management. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sustainable pest management in date palm: current status and emerging challenges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Wakil W, JR Faleiro and T Miller). Springer International Publishing. Switzerland. 445 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697869188e0f732a9" w:history="1">
+      <w:hyperlink r:id="rId81906933cfa9d2416" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.springer.com/us/book/9783319243955</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11150,51 +11150,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219969188e0f73605" w:history="1">
+      <w:hyperlink r:id="rId61746933cfa9d2743" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11276,63 +11276,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70531639" name="name601769188e0f73748" descr="eu_funding_250.png"/>
+            <wp:docPr id="776910" name="name83456933cfa9d2840" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId663069188e0f73747" cstate="print"/>
+                    <a:blip r:embed="rId14986933cfa9d283f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11430,137 +11430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41507046">
+  <w:abstractNum w:abstractNumId="76666872">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41983930">
+    <w:lvl w:ilvl="0" w:tplc="70183269">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41983930" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70183269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41507045">
+  <w:abstractNum w:abstractNumId="76666871">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80654427">
+    <w:lvl w:ilvl="0" w:tplc="95458638">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12312,55 +12312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41507045">
-    <w:abstractNumId w:val="41507045"/>
+  <w:num w:numId="76666871">
+    <w:abstractNumId w:val="76666871"/>
   </w:num>
-  <w:num w:numId="41507046">
-    <w:abstractNumId w:val="41507046"/>
+  <w:num w:numId="76666872">
+    <w:abstractNumId w:val="76666872"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23910,51 +23910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId360126646" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId279651018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId853269188e0f6d8f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId760469188e0f6d966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId721769188e0f6db75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId669969188e0f71839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId679369188e0f71f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId436569188e0f7228a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId697869188e0f732a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId219969188e0f73605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId861669188e0f6da38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId861669188e0f6da38.jpg"/><Relationship Id="rId385869188e0f6f4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId385869188e0f6f4d5.jpg"/><Relationship Id="rId663069188e0f73747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId663069188e0f73747.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673316335" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId281202050" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86296933cfa9ccf2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId17716933cfa9ccf93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId81066933cfa9cd146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId76626933cfa9d092d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId28986933cfa9d1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId32256933cfa9d135d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId81906933cfa9d2416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId61746933cfa9d2743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26506933cfa9cd057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26506933cfa9cd057.jpg"/><Relationship Id="rId27196933cfa9cea32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27196933cfa9cea32.jpg"/><Relationship Id="rId14986933cfa9d283f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14986933cfa9d283f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>