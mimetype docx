--- v2 (2025-12-06)
+++ v3 (2026-01-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Chevrolat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic palm weevil, coconut weevil, palm weevil, red palm weevil, red stripe weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86296933cfa9ccf2c" w:history="1">
+            <w:hyperlink r:id="rId77246968049914659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17716933cfa9ccf93" w:history="1">
+            <w:hyperlink r:id="rId663369680499146c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13058669" name="name95796933cfa9cd058" descr="3052.jpg"/>
+                  <wp:docPr id="24388026" name="name917769680499147a7" descr="3052.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3052.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26506933cfa9cd057" cstate="print"/>
+                          <a:blip r:embed="rId781769680499147a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId81066933cfa9cd146" w:history="1">
+            <w:hyperlink r:id="rId468969680499148e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93103154" name="name74036933cfa9cea34" descr="RHYCFE_distribution_map.jpg"/>
+            <wp:docPr id="13433723" name="name83476968049915ea5" descr="RHYCFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27196933cfa9cea32" cstate="print"/>
+                    <a:blip r:embed="rId30906968049915ea1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6496,51 +6496,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 202-206.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2013) Save Algarve palms. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76626933cfa9d092d" w:history="1">
+      <w:hyperlink r:id="rId8410696804991815f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 14th January, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7610,51 +7610,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchphorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Oliv in the United Arab Emirates, Eastern Region, Al Ain. Proceedings of 1st International Conference on Date Palms, Mar. 8-10, UAE. University, Al-Ain, UAE., pp: 269-281. Available on line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28986933cfa9d1031" w:history="1">
+      <w:hyperlink r:id="rId89606968049918a27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -8111,51 +8111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Editors): 29-31 March 2017, Rome, Italy. 200 pp. Licence: CC BY-NC-SA 3.0 IGO. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-CIHEAM (2017) Current situation of red palm weevil in the NENA region [Current situation of management practices, challenges/weaknesses and available research and technologies for its improvement]. Scientific consultation and high-level meeting on red palm weevil Management, Rome, 29-31 March 2017. 25 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32256933cfa9d135d" w:history="1">
+      <w:hyperlink r:id="rId93066968049918d77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/a-ms664e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10649,51 +10649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Soroker V, Harari A, Faleiro JR (2015) The role of semiochemicals in date pest management. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sustainable pest management in date palm: current status and emerging challenges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Wakil W, JR Faleiro and T Miller). Springer International Publishing. Switzerland. 445 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81906933cfa9d2416" w:history="1">
+      <w:hyperlink r:id="rId56946968049919d8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.springer.com/us/book/9783319243955</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11128,73 +11128,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61746933cfa9d2743" w:history="1">
+      <w:hyperlink r:id="rId4671696804991a0d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11276,63 +11276,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="776910" name="name83456933cfa9d2840" descr="eu_funding_250.png"/>
+            <wp:docPr id="73053913" name="name5085696804991a1f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14986933cfa9d283f" cstate="print"/>
+                    <a:blip r:embed="rId4700696804991a1f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11430,137 +11430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76666872">
+  <w:abstractNum w:abstractNumId="69373245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70183269">
+    <w:lvl w:ilvl="0" w:tplc="32601006">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70183269" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32601006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76666871">
+  <w:abstractNum w:abstractNumId="69373244">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95458638">
+    <w:lvl w:ilvl="0" w:tplc="17883624">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12312,55 +12312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76666871">
-    <w:abstractNumId w:val="76666871"/>
+  <w:num w:numId="69373244">
+    <w:abstractNumId w:val="69373244"/>
   </w:num>
-  <w:num w:numId="76666872">
-    <w:abstractNumId w:val="76666872"/>
+  <w:num w:numId="69373245">
+    <w:abstractNumId w:val="69373245"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23910,51 +23910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673316335" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId281202050" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86296933cfa9ccf2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId17716933cfa9ccf93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId81066933cfa9cd146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId76626933cfa9d092d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId28986933cfa9d1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId32256933cfa9d135d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId81906933cfa9d2416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId61746933cfa9d2743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26506933cfa9cd057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26506933cfa9cd057.jpg"/><Relationship Id="rId27196933cfa9cea32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27196933cfa9cea32.jpg"/><Relationship Id="rId14986933cfa9d283f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14986933cfa9d283f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330521317" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId506876810" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77246968049914659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId663369680499146c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId468969680499148e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId8410696804991815f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId89606968049918a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId93066968049918d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId56946968049919d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId4671696804991a0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId781769680499147a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId781769680499147a6.jpg"/><Relationship Id="rId30906968049915ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30906968049915ea1.jpg"/><Relationship Id="rId4700696804991a1f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4700696804991a1f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>