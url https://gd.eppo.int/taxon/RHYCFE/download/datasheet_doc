--- v3 (2026-01-14)
+++ v4 (2026-02-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Chevrolat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic palm weevil, coconut weevil, palm weevil, red palm weevil, red stripe weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77246968049914659" w:history="1">
+            <w:hyperlink r:id="rId37346982f94a161aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId663369680499146c8" w:history="1">
+            <w:hyperlink r:id="rId84826982f94a16217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24388026" name="name917769680499147a7" descr="3052.jpg"/>
+                  <wp:docPr id="75595616" name="name70106982f94a162e8" descr="3052.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3052.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId781769680499147a6" cstate="print"/>
+                          <a:blip r:embed="rId10056982f94a162e7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId468969680499148e6" w:history="1">
+            <w:hyperlink r:id="rId28176982f94a163d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,105 +1910,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13433723" name="name83476968049915ea5" descr="RHYCFE_distribution_map.jpg"/>
+            <wp:docPr id="23833882" name="name21076982f94a17b6c" descr="RHYCFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30906968049915ea1" cstate="print"/>
+                    <a:blip r:embed="rId99146982f94a17b6a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Azerbaijan, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, France (mainland, Corse), Georgia, Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Malta, Montenegro, Morocco, Portugal (mainland, Madeira), Russian Federation (the) (Southern Russia), Spain (mainland, Islas Baleares), Tunisia, Türkiye</w:t>
+        <w:t xml:space="preserve"> Albania, Azerbaijan, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, France (mainland, Corse), Georgia, Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Malta, Montenegro, Morocco, Portugal (mainland, Madeira), Russian Federation (Southern Russia), Spain (mainland, Islas Baleares), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Djibouti, Egypt, Libya, Mauritania, Morocco, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6496,51 +6496,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 202-206.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2013) Save Algarve palms. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8410696804991815f" w:history="1">
+      <w:hyperlink r:id="rId76166982f94a19aa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 14th January, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7610,51 +7610,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchphorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Oliv in the United Arab Emirates, Eastern Region, Al Ain. Proceedings of 1st International Conference on Date Palms, Mar. 8-10, UAE. University, Al-Ain, UAE., pp: 269-281. Available on line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89606968049918a27" w:history="1">
+      <w:hyperlink r:id="rId17716982f94a1a1af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -8111,51 +8111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Editors): 29-31 March 2017, Rome, Italy. 200 pp. Licence: CC BY-NC-SA 3.0 IGO. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-CIHEAM (2017) Current situation of red palm weevil in the NENA region [Current situation of management practices, challenges/weaknesses and available research and technologies for its improvement]. Scientific consultation and high-level meeting on red palm weevil Management, Rome, 29-31 March 2017. 25 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93066968049918d77" w:history="1">
+      <w:hyperlink r:id="rId52816982f94a1a4dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/a-ms664e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10649,51 +10649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Soroker V, Harari A, Faleiro JR (2015) The role of semiochemicals in date pest management. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sustainable pest management in date palm: current status and emerging challenges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Wakil W, JR Faleiro and T Miller). Springer International Publishing. Switzerland. 445 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56946968049919d8e" w:history="1">
+      <w:hyperlink r:id="rId52976982f94a1b4c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.springer.com/us/book/9783319243955</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11150,51 +11150,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4671696804991a0d2" w:history="1">
+      <w:hyperlink r:id="rId20216982f94a1b820" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11276,63 +11276,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73053913" name="name5085696804991a1f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="86462635" name="name41156982f94a1b92d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4700696804991a1f6" cstate="print"/>
+                    <a:blip r:embed="rId32486982f94a1b92c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11430,137 +11430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69373245">
+  <w:abstractNum w:abstractNumId="93026945">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32601006">
+    <w:lvl w:ilvl="0" w:tplc="22871580">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32601006" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22871580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69373244">
+  <w:abstractNum w:abstractNumId="93026944">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17883624">
+    <w:lvl w:ilvl="0" w:tplc="96268553">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12312,55 +12312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69373244">
-    <w:abstractNumId w:val="69373244"/>
+  <w:num w:numId="93026944">
+    <w:abstractNumId w:val="93026944"/>
   </w:num>
-  <w:num w:numId="69373245">
-    <w:abstractNumId w:val="69373245"/>
+  <w:num w:numId="93026945">
+    <w:abstractNumId w:val="93026945"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23910,51 +23910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330521317" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId506876810" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77246968049914659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId663369680499146c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId468969680499148e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId8410696804991815f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId89606968049918a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId93066968049918d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId56946968049919d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId4671696804991a0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId781769680499147a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId781769680499147a6.jpg"/><Relationship Id="rId30906968049915ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30906968049915ea1.jpg"/><Relationship Id="rId4700696804991a1f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4700696804991a1f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822832423" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367960987" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37346982f94a161aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId84826982f94a16217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId28176982f94a163d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId76166982f94a19aa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId17716982f94a1a1af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId52816982f94a1a4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId52976982f94a1b4c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId20216982f94a1b820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10056982f94a162e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10056982f94a162e7.jpg"/><Relationship Id="rId99146982f94a17b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99146982f94a17b6a.jpg"/><Relationship Id="rId32486982f94a1b92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32486982f94a1b92c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>