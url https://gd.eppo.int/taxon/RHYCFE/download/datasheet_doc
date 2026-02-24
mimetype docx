--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Chevrolat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic palm weevil, coconut weevil, palm weevil, red palm weevil, red stripe weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37346982f94a161aa" w:history="1">
+            <w:hyperlink r:id="rId1905699e29242e7a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84826982f94a16217" w:history="1">
+            <w:hyperlink r:id="rId9981699e29242e81a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75595616" name="name70106982f94a162e8" descr="3052.jpg"/>
+                  <wp:docPr id="27343331" name="name7508699e29242f149" descr="3052.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3052.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10056982f94a162e7" cstate="print"/>
+                          <a:blip r:embed="rId4202699e29242f146" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28176982f94a163d4" w:history="1">
+            <w:hyperlink r:id="rId4245699e29242f295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23833882" name="name21076982f94a17b6c" descr="RHYCFE_distribution_map.jpg"/>
+            <wp:docPr id="43548449" name="name7081699e292430bb0" descr="RHYCFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99146982f94a17b6a" cstate="print"/>
+                    <a:blip r:embed="rId9363699e292430bad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2048,51 +2048,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aruba, Guadeloupe, Netherlands Antilles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Uruguay</w:t>
+        <w:t xml:space="preserve"> Argentina, Uruguay</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6496,51 +6496,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 202-206.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2013) Save Algarve palms. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76166982f94a19aa9" w:history="1">
+      <w:hyperlink r:id="rId7123699e292432f56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 14th January, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7610,51 +7610,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchphorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Oliv in the United Arab Emirates, Eastern Region, Al Ain. Proceedings of 1st International Conference on Date Palms, Mar. 8-10, UAE. University, Al-Ain, UAE., pp: 269-281. Available on line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17716982f94a1a1af" w:history="1">
+      <w:hyperlink r:id="rId4704699e29243380b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -8111,51 +8111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Editors): 29-31 March 2017, Rome, Italy. 200 pp. Licence: CC BY-NC-SA 3.0 IGO. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-CIHEAM (2017) Current situation of red palm weevil in the NENA region [Current situation of management practices, challenges/weaknesses and available research and technologies for its improvement]. Scientific consultation and high-level meeting on red palm weevil Management, Rome, 29-31 March 2017. 25 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52816982f94a1a4dc" w:history="1">
+      <w:hyperlink r:id="rId7337699e292433b45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/a-ms664e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10649,51 +10649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Soroker V, Harari A, Faleiro JR (2015) The role of semiochemicals in date pest management. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sustainable pest management in date palm: current status and emerging challenges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Wakil W, JR Faleiro and T Miller). Springer International Publishing. Switzerland. 445 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52976982f94a1b4c8" w:history="1">
+      <w:hyperlink r:id="rId3110699e292434b6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.springer.com/us/book/9783319243955</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11150,51 +11150,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20216982f94a1b820" w:history="1">
+      <w:hyperlink r:id="rId2583699e292434edf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11276,63 +11276,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86462635" name="name41156982f94a1b92d" descr="eu_funding_250.png"/>
+            <wp:docPr id="84837993" name="name3738699e292435042" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32486982f94a1b92c" cstate="print"/>
+                    <a:blip r:embed="rId6637699e292435041" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11430,137 +11430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93026945">
+  <w:abstractNum w:abstractNumId="40367175">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22871580">
+    <w:lvl w:ilvl="0" w:tplc="84669763">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22871580" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84669763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93026944">
+  <w:abstractNum w:abstractNumId="40367174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96268553">
+    <w:lvl w:ilvl="0" w:tplc="47809738">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12312,55 +12312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93026944">
-    <w:abstractNumId w:val="93026944"/>
+  <w:num w:numId="40367174">
+    <w:abstractNumId w:val="40367174"/>
   </w:num>
-  <w:num w:numId="93026945">
-    <w:abstractNumId w:val="93026945"/>
+  <w:num w:numId="40367175">
+    <w:abstractNumId w:val="40367175"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23910,51 +23910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822832423" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367960987" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37346982f94a161aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId84826982f94a16217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId28176982f94a163d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId76166982f94a19aa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId17716982f94a1a1af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId52816982f94a1a4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId52976982f94a1b4c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId20216982f94a1b820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10056982f94a162e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10056982f94a162e7.jpg"/><Relationship Id="rId99146982f94a17b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99146982f94a17b6a.jpg"/><Relationship Id="rId32486982f94a1b92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32486982f94a1b92c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId866581829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId997973853" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1905699e29242e7a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId9981699e29242e81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId4245699e29242f295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId7123699e292432f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId4704699e29243380b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId7337699e292433b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId3110699e292434b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId2583699e292434edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4202699e29242f146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4202699e29242f146.jpg"/><Relationship Id="rId9363699e292430bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9363699e292430bad.jpg"/><Relationship Id="rId6637699e292435041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6637699e292435041.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>