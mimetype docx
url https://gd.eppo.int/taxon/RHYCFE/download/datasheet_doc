--- v5 (2026-02-24)
+++ v6 (2026-03-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Chevrolat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic palm weevil, coconut weevil, palm weevil, red palm weevil, red stripe weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1905699e29242e7a8" w:history="1">
+            <w:hyperlink r:id="rId259469b8dcbaa71ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9981699e29242e81a" w:history="1">
+            <w:hyperlink r:id="rId409569b8dcbaa7258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHYCFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27343331" name="name7508699e29242f149" descr="3052.jpg"/>
+                  <wp:docPr id="15626649" name="name676069b8dcbaa761a" descr="3052.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3052.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4202699e29242f146" cstate="print"/>
+                          <a:blip r:embed="rId475769b8dcbaa7618" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4245699e29242f295" w:history="1">
+            <w:hyperlink r:id="rId296969b8dcbaa7755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43548449" name="name7081699e292430bb0" descr="RHYCFE_distribution_map.jpg"/>
+            <wp:docPr id="98408956" name="name478969b8dcbaa8bf5" descr="RHYCFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHYCFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9363699e292430bad" cstate="print"/>
+                    <a:blip r:embed="rId206969b8dcbaa8bf1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6496,51 +6496,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 202-206.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2013) Save Algarve palms. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7123699e292432f56" w:history="1">
+      <w:hyperlink r:id="rId152469b8dcbaaac3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 14th January, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7610,51 +7610,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchphorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Oliv in the United Arab Emirates, Eastern Region, Al Ain. Proceedings of 1st International Conference on Date Palms, Mar. 8-10, UAE. University, Al-Ain, UAE., pp: 269-281. Available on line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4704699e29243380b" w:history="1">
+      <w:hyperlink r:id="rId758669b8dcbaab367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -8111,51 +8111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Editors): 29-31 March 2017, Rome, Italy. 200 pp. Licence: CC BY-NC-SA 3.0 IGO. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-CIHEAM (2017) Current situation of red palm weevil in the NENA region [Current situation of management practices, challenges/weaknesses and available research and technologies for its improvement]. Scientific consultation and high-level meeting on red palm weevil Management, Rome, 29-31 March 2017. 25 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7337699e292433b45" w:history="1">
+      <w:hyperlink r:id="rId151869b8dcbaab69b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/a-ms664e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10649,51 +10649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Soroker V, Harari A, Faleiro JR (2015) The role of semiochemicals in date pest management. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sustainable pest management in date palm: current status and emerging challenges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Wakil W, JR Faleiro and T Miller). Springer International Publishing. Switzerland. 445 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3110699e292434b6a" w:history="1">
+      <w:hyperlink r:id="rId418669b8dcbaac6be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.springer.com/us/book/9783319243955</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11150,51 +11150,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhynchophorus ferrugineus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2583699e292434edf" w:history="1">
+      <w:hyperlink r:id="rId846769b8dcbaac9fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11276,63 +11276,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84837993" name="name3738699e292435042" descr="eu_funding_250.png"/>
+            <wp:docPr id="49868710" name="name889869b8dcbaacb5b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6637699e292435041" cstate="print"/>
+                    <a:blip r:embed="rId689969b8dcbaacb5a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11430,137 +11430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40367175">
+  <w:abstractNum w:abstractNumId="57738967">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84669763">
+    <w:lvl w:ilvl="0" w:tplc="23009604">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84669763" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23009604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40367174">
+  <w:abstractNum w:abstractNumId="57738966">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47809738">
+    <w:lvl w:ilvl="0" w:tplc="25530299">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12312,55 +12312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40367174">
-    <w:abstractNumId w:val="40367174"/>
+  <w:num w:numId="57738966">
+    <w:abstractNumId w:val="57738966"/>
   </w:num>
-  <w:num w:numId="40367175">
-    <w:abstractNumId w:val="40367175"/>
+  <w:num w:numId="57738967">
+    <w:abstractNumId w:val="57738967"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23910,51 +23910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId866581829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId997973853" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1905699e29242e7a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId9981699e29242e81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId4245699e29242f295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId7123699e292432f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId4704699e29243380b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId7337699e292433b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId3110699e292434b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId2583699e292434edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4202699e29242f146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4202699e29242f146.jpg"/><Relationship Id="rId9363699e292430bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9363699e292430bad.jpg"/><Relationship Id="rId6637699e292435041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6637699e292435041.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293481864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427463181" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId259469b8dcbaa71ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/" TargetMode="External"/><Relationship Id="rId409569b8dcbaa7258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/categorization" TargetMode="External"/><Relationship Id="rId296969b8dcbaa7755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHYCFE/photos" TargetMode="External"/><Relationship Id="rId152469b8dcbaaac3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.savealgarvepalms.com/en/weevil-facts/host-palm-trees" TargetMode="External"/><Relationship Id="rId758669b8dcbaab367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pubhort.org/datepalm/datepalm1/datepalm1_23.pdf" TargetMode="External"/><Relationship Id="rId151869b8dcbaab69b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/a-ms664e.pdf" TargetMode="External"/><Relationship Id="rId418669b8dcbaac6be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319243955" TargetMode="External"/><Relationship Id="rId846769b8dcbaac9fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId475769b8dcbaa7618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId475769b8dcbaa7618.jpg"/><Relationship Id="rId206969b8dcbaa8bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId206969b8dcbaa8bf1.jpg"/><Relationship Id="rId689969b8dcbaacb5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId689969b8dcbaacb5a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>