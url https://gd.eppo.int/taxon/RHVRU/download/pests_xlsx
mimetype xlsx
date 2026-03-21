--- v0 (2025-10-09)
+++ v1 (2026-03-21)
@@ -36,51 +36,52 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Winzer LF, Carnegie AJ, Pegg GS, Leishman MR (2017) Impacts of the invasive fungus Austropuccinia psidii (myrtle rust) on three Australian Myrtaceae species of coastal swamp woodland. Austral Ecology 43(1), 56-68.
--------highly susceptible.</t>
+-------highly susceptible.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>