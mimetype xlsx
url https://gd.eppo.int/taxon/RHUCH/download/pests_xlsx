--- v0 (2025-10-11)
+++ v1 (2026-03-03)
@@ -12,92 +12,102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RHUCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Rhus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kwon DH, Kim SJ, Kang TJ, Lee JH, Kim DH (2017) Analysis of the molecular phylogenetics and genetic structure of an invasive alien species, Ricania shantungensis, in Korea. Journal of Asia-Pacific Entomology 20(3), 901-906.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Rhus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Rhus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -410,62 +420,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="266.506" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -492,50 +502,64 @@
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">