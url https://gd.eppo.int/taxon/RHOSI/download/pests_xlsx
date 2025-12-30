--- v0 (2025-10-07)
+++ v1 (2025-12-30)
@@ -12,80 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RHOSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Rhododendron)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Rhododendron)</t>
+  </si>
+  <si>
+    <t>ECHTAM</t>
+  </si>
+  <si>
+    <t>Echinothrips americanus</t>
+  </si>
+  <si>
+    <t>* Kahrer, A.; Lethmayer, C. (2000) Echinothrips americanus Morgan (Thysanoptera, Thripidae) introduced in Austria. Pflanzenschutzberichte, 59(1), 47-48</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Rhododendron)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHYTCN</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi (as Ericaceae)</t>
   </si>
   <si>
     <t>PHYTHD</t>
   </si>
   <si>
     <t>Phytophthora hedraiandra (as Rhododendron)</t>
   </si>
   <si>
     <t>* Hejna M, Cerny K, Havrdova I, Mrazkova M (2014) First report of Phytophthora hedraiandra causing rhododendron dieback and root rot of common beech in the Czech Republic. Plant Disease 98(10), p 1434.
@@ -497,51 +506,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="473.027" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -575,195 +584,209 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>17</v>
       </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>25</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>39</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>