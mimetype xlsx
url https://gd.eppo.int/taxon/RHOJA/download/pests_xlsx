--- v0 (2025-10-10)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RHOJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Rhododendron)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -93,50 +93,60 @@
 * Schwingle BW, Smith JA, Blanchette RA, Gould S, Blanchette L, Pokorny J, Cohen SD (2006) First report of dieback and leaf lesions on Rhododendron sp. caused by Phytophthora hedraiandra in the United States. Plant Disease 90(1), p 109.</t>
   </si>
   <si>
     <t>PHYTKE</t>
   </si>
   <si>
     <t>Phytophthora kernoviae (as Rhododendron)</t>
   </si>
   <si>
     <t>* Brasier CM, Beales PA, Kirk SA, Denman S, Rose J (2005) Phytophthora kernoviae sp. nov., an invasive pathogen causing bleeding stem lesions on forest trees and foliar necrosis of ornamentals in Britain. Mycological Research, 109(8), 853-859.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae</t>
   </si>
   <si>
     <t>* Kreiter P, Germain JF, Balmes V, Belet A, Cambournac L, Correa M, Descamps S, Faten A, Graverol S, Henry S, Japoshvili G, Lépinay V, Paris B, Ris N, Tourlourat A, Warot S, Robert F (2020) Diversité des cochenilles en horticulture ornementale. Phytoma no. 736, 41-46.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Rhododendron)</t>
+  </si>
+  <si>
+    <t>SCITDO</t>
+  </si>
+  <si>
+    <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-11)
+----found during greenhouse inspection on ornamental plants for planting</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Rhododendron)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>STEPPY</t>
   </si>
   <si>
     <t>Stephanitis pyrioides (as Rhododendron)</t>
   </si>
   <si>
     <t>* Garrison RR, Tobin PC (2022) Development of Azalea Lace Bug, Stephanitis pyrioides, on Susceptible and Resistant Rhododendron species in Western Washington. Journal of Economic Entomology 115(1), 233-239.</t>
   </si>
   <si>
     <t>STEPTA</t>
   </si>
   <si>
     <t>Stephanitis takeyai (as Ericaceae)</t>
@@ -497,51 +507,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="473.027" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -669,101 +679,115 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>39</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>