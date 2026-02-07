--- v0 (2025-10-09)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RHOHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CHMYRH</t>
   </si>
   <si>
     <t>Chrysomyxa ledi var. rhododendri</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -136,50 +136,59 @@
     <t>Stephanitis pyrioides</t>
   </si>
   <si>
     <t>* Garrison RR, Tobin PC (2022) Development of Azalea Lace Bug, Stephanitis pyrioides, on Susceptible and Resistant Rhododendron species in Western Washington. Journal of Economic Entomology 115(1), 233-239.</t>
   </si>
   <si>
     <t>Stephanitis pyrioides (as Rhododendron)</t>
   </si>
   <si>
     <t>STEPTA</t>
   </si>
   <si>
     <t>Stephanitis takeyai (as Ericaceae)</t>
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis (as Rhododendron)</t>
   </si>
   <si>
     <t>TYLRCL</t>
   </si>
   <si>
     <t>Tylenchorhynchus claytoni (as Rhododendron)</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum (as Rhododendron)</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC. 
 * Grünwald NJ, LeBoldus JM &amp; Hamelin RC (2019) Ecology and evolution of the sudden oak death pathogen Phytophthora ramorum. Annual Review of Phytopathology 57: 301-321.
 * O’Hanlon R, Choiseul J, Corrigan M, Catarame T &amp; Destefanis M (2016) Diversity and detections of Phytophthora species from trade and non-trade environments in Ireland. EPPO Bulletin 46(3), 594-602.
 * Trippe A, Berghauer E &amp; Osterbauer N (2008) A high troughput system for the detection of Phytophthora ramorum in susceptible plant species: a preliminary report. In: Frankel SJ, Kliejunas JT &amp; Palmieri KM (2008) Proceedings of the Sudden Oak Death Third Symposium, General Technical Report PSW-GTR-214. US Department of Agriculture, Forest Service, Pacific Southwest Research Station 214, 427-434. 
 *USDA (2010) Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld. Pest Risk Assessment for Oregon. https://static1.squarespace.com/static/58740d57579fb3b4fa5ce66f/t/599dec4b2994ca3914cdde86/1503521868110/Pram_PRA_OR_11192010.pdf
 * Werres S, Marwitz R, Man in’t Veld WA, De Cock AWAM, Bonants PJM, De Weerdt M, Themann K, Ilieva E &amp; Baayen RP (2001) Phytophthora ramorum sp. nov., a new pathogen on Rhododendron and Viburnum. Mycological Research 105(10), 1155-1165.</t>
   </si>
   <si>
     <t>Stephanitis takeyai (as Rhododendron)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -503,51 +512,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="473.027" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -727,73 +736,87 @@
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>41</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" t="s">
         <v>34</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18"/>
+      <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>