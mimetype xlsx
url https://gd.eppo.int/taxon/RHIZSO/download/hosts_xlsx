--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -12,101 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RHIZSO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BRSCH</t>
   </si>
   <si>
     <t>Brassica rapa subsp. chinensis</t>
   </si>
   <si>
     <t>* Bahadur A, Kumar HM A, Singh A, Debnath P, Gupta AK, St P, Yadav GK, Bashyal BM (2024) First report of Rhizoctonia blight caused by Rhizoctonia solani on Chinese cabbage (Brassica rapa subsp. chinensis) in India. Plant Disease. 108(11): 3413.</t>
   </si>
   <si>
     <t>LILDH</t>
   </si>
   <si>
     <t>Lilium davidii hybrids</t>
   </si>
   <si>
     <t>* Xu SJ, Jing ZQ, Guo ZJ, Sun Q. First Report of Root and Bulb Rot Caused by Rhizoctonia solani AG-6 on Lanzhou Lily (Lilium davidii var. unicolor) in China. (2024) Plant Disease. 108 (7), 2218</t>
   </si>
   <si>
     <t>SOLPJ</t>
   </si>
   <si>
     <t>Solanum phureja</t>
   </si>
   <si>
     <t>* Zapata-Pareja JL, Lasso MD, Rodríguez PD, Heredia CA (2022) Manejo Integral del Cultivo de Papa Diploide (Solanum phureja Juz. et Buk.). http://hdl.handle.net/20.500.12324/38030</t>
+  </si>
+  <si>
+    <t>PHSAU</t>
+  </si>
+  <si>
+    <t>Vigna radiata</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Wang D, Wu W, Deng D, Duan C, Sun S, Zhu Z (2025) First report of Rhizoctonia solani causing leaf rot disease on mung bean (Vigan radiata) in China. Plant Disease (early view) </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -410,51 +419,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="288.929" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -490,50 +499,64 @@
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">