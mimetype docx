--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Walsh)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple fruit fly, apple maggot, apple maggot fly, railroad worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId637168e6c33d2fd40" w:history="1">
+            <w:hyperlink r:id="rId10616916dc4702f8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId993768e6c33d2fdb9" w:history="1">
+            <w:hyperlink r:id="rId72396916dc4702ff6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87492469" name="name383868e6c33d30525" descr="1468.jpg"/>
+                  <wp:docPr id="83191444" name="name65026916dc47030e8" descr="1468.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1468.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId336168e6c33d30523" cstate="print"/>
+                          <a:blip r:embed="rId27236916dc47030e7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId161268e6c33d30636" w:history="1">
+            <w:hyperlink r:id="rId73416916dc47031eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2030,63 +2030,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Eastern North America and Mexico and is present in most of North America, from Mexico to Southern provinces of Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57467851" name="name975368e6c33d32048" descr="RHAGPO_distribution_map.jpg"/>
+            <wp:docPr id="48579091" name="name72586916dc4704dd7" descr="RHAGPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId763168e6c33d32045" cstate="print"/>
+                    <a:blip r:embed="rId73876916dc4704dd2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4377,51 +4377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apple maggot) - fact sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId136368e6c33d33107" w:history="1">
+      <w:hyperlink r:id="rId39086916dc4705eda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4857,51 +4857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020), Schenk M, Dijkstra E, Delbianco A, Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1908. 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163568e6c33d33472" w:history="1">
+      <w:hyperlink r:id="rId48636916dc47061da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1908</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5021,51 +5021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 651–659. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221968e6c33d33583" w:history="1">
+      <w:hyperlink r:id="rId93546916dc47062e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH04141-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,81 +6021,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2599-2608.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019). Phenology model database. Apple maggot. University of California Agriculture &amp; Natural Resources – Statewide Integrated Pest Management Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288168e6c33d33baf" w:history="1">
+      <w:hyperlink r:id="rId62976916dc4706912" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Treatment manual. USDA/APHIS, Frederick, USA. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579568e6c33d33bf4" w:history="1">
+      <w:hyperlink r:id="rId99986916dc4706946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6208,81 +6208,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2019) Apple industry guide to the apple maggot quarantine. 6 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209168e6c33d33cff" w:history="1">
+      <w:hyperlink r:id="rId20476916dc4706a45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2020) Apple maggot. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100968e6c33d33d33" w:history="1">
+      <w:hyperlink r:id="rId12946916dc4706a78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6306,51 +6306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. by Robinson AS, Hooper G), pp. 303-313. Elsevier, Amsterdam, Netherlands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wise J (2019) Insecticide options for apple maggot control. Michigan State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623468e6c33d33e0f" w:history="1">
+      <w:hyperlink r:id="rId81486916dc4706af9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6768,51 +6768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 124. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180568e6c33d34101" w:history="1">
+      <w:hyperlink r:id="rId45706916dc4706ddf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1673/031.012.12401</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 189-199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610668e6c33d3426c" w:history="1">
+      <w:hyperlink r:id="rId70726916dc4706f44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3956/2016-92.4.189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7076,51 +7076,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> USDA Compendium of Fruit Fly Host Information (CoFFHI).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   Edition 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568268e6c33d34301" w:history="1">
+      <w:hyperlink r:id="rId57986916dc4706fd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40–58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374768e6c33d34395" w:history="1">
+      <w:hyperlink r:id="rId34356916dc4707064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.entsocbc.ca/index.php/journal/article/view/2469</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728568e6c33d3445c" w:history="1">
+      <w:hyperlink r:id="rId50076916dc4707119" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7471,90 +7471,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1983) Data sheets on quarantine organisms No. 41, Trypetidae (non-European). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293068e6c33d3459e" w:history="1">
+      <w:hyperlink r:id="rId89416916dc470724c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70353717" name="name739268e6c33d3461f" descr="eu_funding_250.png"/>
+            <wp:docPr id="52462165" name="name93866916dc47072bb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId697768e6c33d3461d" cstate="print"/>
+                    <a:blip r:embed="rId85546916dc47072ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7652,137 +7652,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27333304">
+  <w:abstractNum w:abstractNumId="82758645">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34901203">
+    <w:lvl w:ilvl="0" w:tplc="12691688">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34901203" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12691688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27333303">
+  <w:abstractNum w:abstractNumId="82758644">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56051859">
+    <w:lvl w:ilvl="0" w:tplc="55249752">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8534,55 +8534,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27333303">
-    <w:abstractNumId w:val="27333303"/>
+  <w:num w:numId="82758644">
+    <w:abstractNumId w:val="82758644"/>
   </w:num>
-  <w:num w:numId="27333304">
-    <w:abstractNumId w:val="27333304"/>
+  <w:num w:numId="82758645">
+    <w:abstractNumId w:val="82758645"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20132,51 +20132,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567586541" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId362726757" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId637168e6c33d2fd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId993768e6c33d2fdb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId161268e6c33d30636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId136368e6c33d33107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId163568e6c33d33472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId221968e6c33d33583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId288168e6c33d33baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId579568e6c33d33bf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId209168e6c33d33cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId100968e6c33d33d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId623468e6c33d33e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId180568e6c33d34101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId610668e6c33d3426c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId568268e6c33d34301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId374768e6c33d34395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId728568e6c33d3445c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId293068e6c33d3459e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId336168e6c33d30523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId336168e6c33d30523.jpg"/><Relationship Id="rId763168e6c33d32045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId763168e6c33d32045.jpg"/><Relationship Id="rId697768e6c33d3461d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId697768e6c33d3461d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId313884805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId952110160" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10616916dc4702f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId72396916dc4702ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId73416916dc47031eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId39086916dc4705eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId48636916dc47061da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId93546916dc47062e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId62976916dc4706912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId99986916dc4706946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId20476916dc4706a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId12946916dc4706a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId81486916dc4706af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId45706916dc4706ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId70726916dc4706f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId57986916dc4706fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId34356916dc4707064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId50076916dc4707119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89416916dc470724c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId27236916dc47030e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27236916dc47030e7.jpg"/><Relationship Id="rId73876916dc4704dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73876916dc4704dd2.jpg"/><Relationship Id="rId85546916dc47072ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85546916dc47072ba.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>