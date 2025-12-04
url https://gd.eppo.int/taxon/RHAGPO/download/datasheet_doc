--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Walsh)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple fruit fly, apple maggot, apple maggot fly, railroad worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10616916dc4702f8d" w:history="1">
+            <w:hyperlink r:id="rId7505693146d4bbed9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72396916dc4702ff6" w:history="1">
+            <w:hyperlink r:id="rId3902693146d4bbf41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83191444" name="name65026916dc47030e8" descr="1468.jpg"/>
+                  <wp:docPr id="68620321" name="name5362693146d4bc524" descr="1468.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1468.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId27236916dc47030e7" cstate="print"/>
+                          <a:blip r:embed="rId2143693146d4bc522" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId73416916dc47031eb" w:history="1">
+            <w:hyperlink r:id="rId8257693146d4bc679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2030,63 +2030,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Eastern North America and Mexico and is present in most of North America, from Mexico to Southern provinces of Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48579091" name="name72586916dc4704dd7" descr="RHAGPO_distribution_map.jpg"/>
+            <wp:docPr id="24727304" name="name2292693146d4be050" descr="RHAGPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73876916dc4704dd2" cstate="print"/>
+                    <a:blip r:embed="rId7331693146d4be04c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4377,51 +4377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apple maggot) - fact sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39086916dc4705eda" w:history="1">
+      <w:hyperlink r:id="rId4991693146d4bf1b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4857,51 +4857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020), Schenk M, Dijkstra E, Delbianco A, Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1908. 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48636916dc47061da" w:history="1">
+      <w:hyperlink r:id="rId8047693146d4bf4ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1908</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5021,51 +5021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 651–659. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93546916dc47062e7" w:history="1">
+      <w:hyperlink r:id="rId8119693146d4bf5da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH04141-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,81 +6021,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2599-2608.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019). Phenology model database. Apple maggot. University of California Agriculture &amp; Natural Resources – Statewide Integrated Pest Management Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62976916dc4706912" w:history="1">
+      <w:hyperlink r:id="rId7142693146d4bfc54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Treatment manual. USDA/APHIS, Frederick, USA. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99986916dc4706946" w:history="1">
+      <w:hyperlink r:id="rId9149693146d4bfc89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6208,81 +6208,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2019) Apple industry guide to the apple maggot quarantine. 6 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20476916dc4706a45" w:history="1">
+      <w:hyperlink r:id="rId2272693146d4bfd8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2020) Apple maggot. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12946916dc4706a78" w:history="1">
+      <w:hyperlink r:id="rId1744693146d4bfdc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6306,51 +6306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. by Robinson AS, Hooper G), pp. 303-313. Elsevier, Amsterdam, Netherlands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wise J (2019) Insecticide options for apple maggot control. Michigan State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81486916dc4706af9" w:history="1">
+      <w:hyperlink r:id="rId3871693146d4bfe99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6768,51 +6768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 124. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45706916dc4706ddf" w:history="1">
+      <w:hyperlink r:id="rId5225693146d4c018c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1673/031.012.12401</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 189-199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70726916dc4706f44" w:history="1">
+      <w:hyperlink r:id="rId5423693146d4c033d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3956/2016-92.4.189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7076,51 +7076,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> USDA Compendium of Fruit Fly Host Information (CoFFHI).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   Edition 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57986916dc4706fd1" w:history="1">
+      <w:hyperlink r:id="rId5646693146d4c03c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40–58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34356916dc4707064" w:history="1">
+      <w:hyperlink r:id="rId6583693146d4c0460" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.entsocbc.ca/index.php/journal/article/view/2469</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50076916dc4707119" w:history="1">
+      <w:hyperlink r:id="rId8044693146d4c051f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7471,90 +7471,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1983) Data sheets on quarantine organisms No. 41, Trypetidae (non-European). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89416916dc470724c" w:history="1">
+      <w:hyperlink r:id="rId4905693146d4c066d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52462165" name="name93866916dc47072bb" descr="eu_funding_250.png"/>
+            <wp:docPr id="77820181" name="name3006693146d4c06e2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85546916dc47072ba" cstate="print"/>
+                    <a:blip r:embed="rId9402693146d4c06e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7652,137 +7652,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82758645">
+  <w:abstractNum w:abstractNumId="74431695">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12691688">
+    <w:lvl w:ilvl="0" w:tplc="99199814">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12691688" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99199814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82758644">
+  <w:abstractNum w:abstractNumId="74431694">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55249752">
+    <w:lvl w:ilvl="0" w:tplc="37996154">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8534,55 +8534,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82758644">
-    <w:abstractNumId w:val="82758644"/>
+  <w:num w:numId="74431694">
+    <w:abstractNumId w:val="74431694"/>
   </w:num>
-  <w:num w:numId="82758645">
-    <w:abstractNumId w:val="82758645"/>
+  <w:num w:numId="74431695">
+    <w:abstractNumId w:val="74431695"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20132,51 +20132,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId313884805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId952110160" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10616916dc4702f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId72396916dc4702ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId73416916dc47031eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId39086916dc4705eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId48636916dc47061da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId93546916dc47062e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId62976916dc4706912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId99986916dc4706946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId20476916dc4706a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId12946916dc4706a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId81486916dc4706af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId45706916dc4706ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId70726916dc4706f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId57986916dc4706fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId34356916dc4707064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId50076916dc4707119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89416916dc470724c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId27236916dc47030e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27236916dc47030e7.jpg"/><Relationship Id="rId73876916dc4704dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73876916dc4704dd2.jpg"/><Relationship Id="rId85546916dc47072ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85546916dc47072ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997442812" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId222150438" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7505693146d4bbed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId3902693146d4bbf41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId8257693146d4bc679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId4991693146d4bf1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId8047693146d4bf4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId8119693146d4bf5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId7142693146d4bfc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId9149693146d4bfc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId2272693146d4bfd8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId1744693146d4bfdc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId3871693146d4bfe99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId5225693146d4c018c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId5423693146d4c033d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId5646693146d4c03c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6583693146d4c0460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId8044693146d4c051f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4905693146d4c066d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2143693146d4bc522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2143693146d4bc522.jpg"/><Relationship Id="rId7331693146d4be04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7331693146d4be04c.jpg"/><Relationship Id="rId9402693146d4c06e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9402693146d4c06e1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>