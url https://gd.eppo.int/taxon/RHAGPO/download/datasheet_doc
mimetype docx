--- v2 (2025-12-04)
+++ v3 (2025-12-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Walsh)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple fruit fly, apple maggot, apple maggot fly, railroad worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7505693146d4bbed9" w:history="1">
+            <w:hyperlink r:id="rId2381694c9ca9c93d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3902693146d4bbf41" w:history="1">
+            <w:hyperlink r:id="rId8644694c9ca9c9441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68620321" name="name5362693146d4bc524" descr="1468.jpg"/>
+                  <wp:docPr id="77240338" name="name1651694c9ca9c9510" descr="1468.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1468.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2143693146d4bc522" cstate="print"/>
+                          <a:blip r:embed="rId6518694c9ca9c950f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8257693146d4bc679" w:history="1">
+            <w:hyperlink r:id="rId9445694c9ca9c9631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2030,63 +2030,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Eastern North America and Mexico and is present in most of North America, from Mexico to Southern provinces of Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24727304" name="name2292693146d4be050" descr="RHAGPO_distribution_map.jpg"/>
+            <wp:docPr id="30640471" name="name4426694c9ca9ca308" descr="RHAGPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7331693146d4be04c" cstate="print"/>
+                    <a:blip r:embed="rId3661694c9ca9ca305" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4377,51 +4377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apple maggot) - fact sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4991693146d4bf1b2" w:history="1">
+      <w:hyperlink r:id="rId1694694c9ca9cb3e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4857,51 +4857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020), Schenk M, Dijkstra E, Delbianco A, Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1908. 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8047693146d4bf4ba" w:history="1">
+      <w:hyperlink r:id="rId7740694c9ca9cb708" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1908</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5021,51 +5021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 651–659. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8119693146d4bf5da" w:history="1">
+      <w:hyperlink r:id="rId3337694c9ca9cb817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH04141-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,81 +6021,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2599-2608.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019). Phenology model database. Apple maggot. University of California Agriculture &amp; Natural Resources – Statewide Integrated Pest Management Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7142693146d4bfc54" w:history="1">
+      <w:hyperlink r:id="rId9415694c9ca9cbe42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Treatment manual. USDA/APHIS, Frederick, USA. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9149693146d4bfc89" w:history="1">
+      <w:hyperlink r:id="rId9537694c9ca9cbeb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6208,81 +6208,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2019) Apple industry guide to the apple maggot quarantine. 6 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2272693146d4bfd8c" w:history="1">
+      <w:hyperlink r:id="rId2669694c9ca9cbfc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2020) Apple maggot. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1744693146d4bfdc0" w:history="1">
+      <w:hyperlink r:id="rId4267694c9ca9cbff6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6306,51 +6306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. by Robinson AS, Hooper G), pp. 303-313. Elsevier, Amsterdam, Netherlands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wise J (2019) Insecticide options for apple maggot control. Michigan State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3871693146d4bfe99" w:history="1">
+      <w:hyperlink r:id="rId4712694c9ca9cc075" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6768,51 +6768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 124. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5225693146d4c018c" w:history="1">
+      <w:hyperlink r:id="rId2103694c9ca9cc37b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1673/031.012.12401</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 189-199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5423693146d4c033d" w:history="1">
+      <w:hyperlink r:id="rId2810694c9ca9cc4e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3956/2016-92.4.189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7076,51 +7076,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> USDA Compendium of Fruit Fly Host Information (CoFFHI).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   Edition 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5646693146d4c03c8" w:history="1">
+      <w:hyperlink r:id="rId4175694c9ca9cc56c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40–58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6583693146d4c0460" w:history="1">
+      <w:hyperlink r:id="rId1221694c9ca9cc5fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.entsocbc.ca/index.php/journal/article/view/2469</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8044693146d4c051f" w:history="1">
+      <w:hyperlink r:id="rId3240694c9ca9cc6b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7471,90 +7471,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1983) Data sheets on quarantine organisms No. 41, Trypetidae (non-European). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4905693146d4c066d" w:history="1">
+      <w:hyperlink r:id="rId8836694c9ca9cc7e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77820181" name="name3006693146d4c06e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="71835115" name="name8727694c9ca9cc850" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9402693146d4c06e1" cstate="print"/>
+                    <a:blip r:embed="rId6430694c9ca9cc84f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7652,137 +7652,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74431695">
+  <w:abstractNum w:abstractNumId="17995607">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99199814">
+    <w:lvl w:ilvl="0" w:tplc="72088747">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99199814" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72088747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74431694">
+  <w:abstractNum w:abstractNumId="17995606">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37996154">
+    <w:lvl w:ilvl="0" w:tplc="83134656">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8534,55 +8534,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74431694">
-    <w:abstractNumId w:val="74431694"/>
+  <w:num w:numId="17995606">
+    <w:abstractNumId w:val="17995606"/>
   </w:num>
-  <w:num w:numId="74431695">
-    <w:abstractNumId w:val="74431695"/>
+  <w:num w:numId="17995607">
+    <w:abstractNumId w:val="17995607"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20132,51 +20132,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997442812" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId222150438" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7505693146d4bbed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId3902693146d4bbf41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId8257693146d4bc679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId4991693146d4bf1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId8047693146d4bf4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId8119693146d4bf5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId7142693146d4bfc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId9149693146d4bfc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId2272693146d4bfd8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId1744693146d4bfdc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId3871693146d4bfe99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId5225693146d4c018c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId5423693146d4c033d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId5646693146d4c03c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6583693146d4c0460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId8044693146d4c051f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4905693146d4c066d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2143693146d4bc522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2143693146d4bc522.jpg"/><Relationship Id="rId7331693146d4be04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7331693146d4be04c.jpg"/><Relationship Id="rId9402693146d4c06e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9402693146d4c06e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId432208671" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825189523" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2381694c9ca9c93d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId8644694c9ca9c9441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId9445694c9ca9c9631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId1694694c9ca9cb3e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId7740694c9ca9cb708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId3337694c9ca9cb817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId9415694c9ca9cbe42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId9537694c9ca9cbeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId2669694c9ca9cbfc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId4267694c9ca9cbff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId4712694c9ca9cc075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId2103694c9ca9cc37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId2810694c9ca9cc4e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId4175694c9ca9cc56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId1221694c9ca9cc5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId3240694c9ca9cc6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8836694c9ca9cc7e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6518694c9ca9c950f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6518694c9ca9c950f.jpg"/><Relationship Id="rId3661694c9ca9ca305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3661694c9ca9ca305.jpg"/><Relationship Id="rId6430694c9ca9cc84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6430694c9ca9cc84f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>