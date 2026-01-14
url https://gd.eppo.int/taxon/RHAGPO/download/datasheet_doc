--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Walsh)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple fruit fly, apple maggot, apple maggot fly, railroad worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2381694c9ca9c93d6" w:history="1">
+            <w:hyperlink r:id="rId922869674b0d87d44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8644694c9ca9c9441" w:history="1">
+            <w:hyperlink r:id="rId687069674b0d87db2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77240338" name="name1651694c9ca9c9510" descr="1468.jpg"/>
+                  <wp:docPr id="99349975" name="name776369674b0d87eb4" descr="1468.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1468.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6518694c9ca9c950f" cstate="print"/>
+                          <a:blip r:embed="rId740769674b0d87eb2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9445694c9ca9c9631" w:history="1">
+            <w:hyperlink r:id="rId956769674b0d8800e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2030,63 +2030,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Eastern North America and Mexico and is present in most of North America, from Mexico to Southern provinces of Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30640471" name="name4426694c9ca9ca308" descr="RHAGPO_distribution_map.jpg"/>
+            <wp:docPr id="71719056" name="name948869674b0d8957f" descr="RHAGPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3661694c9ca9ca305" cstate="print"/>
+                    <a:blip r:embed="rId264669674b0d8957c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4377,51 +4377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apple maggot) - fact sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1694694c9ca9cb3e1" w:history="1">
+      <w:hyperlink r:id="rId927269674b0d8a70d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4857,51 +4857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020), Schenk M, Dijkstra E, Delbianco A, Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1908. 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7740694c9ca9cb708" w:history="1">
+      <w:hyperlink r:id="rId399469674b0d8aa11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1908</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5021,51 +5021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 651–659. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3337694c9ca9cb817" w:history="1">
+      <w:hyperlink r:id="rId928169674b0d8ab3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH04141-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,81 +6021,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2599-2608.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019). Phenology model database. Apple maggot. University of California Agriculture &amp; Natural Resources – Statewide Integrated Pest Management Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9415694c9ca9cbe42" w:history="1">
+      <w:hyperlink r:id="rId360169674b0d8b1a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Treatment manual. USDA/APHIS, Frederick, USA. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9537694c9ca9cbeb7" w:history="1">
+      <w:hyperlink r:id="rId828469674b0d8b1d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6208,81 +6208,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2019) Apple industry guide to the apple maggot quarantine. 6 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2669694c9ca9cbfc1" w:history="1">
+      <w:hyperlink r:id="rId429969674b0d8b2db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2020) Apple maggot. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4267694c9ca9cbff6" w:history="1">
+      <w:hyperlink r:id="rId709069674b0d8b30f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6306,51 +6306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. by Robinson AS, Hooper G), pp. 303-313. Elsevier, Amsterdam, Netherlands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wise J (2019) Insecticide options for apple maggot control. Michigan State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4712694c9ca9cc075" w:history="1">
+      <w:hyperlink r:id="rId852569674b0d8b419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6768,51 +6768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 124. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2103694c9ca9cc37b" w:history="1">
+      <w:hyperlink r:id="rId743169674b0d8b701" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1673/031.012.12401</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 189-199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2810694c9ca9cc4e5" w:history="1">
+      <w:hyperlink r:id="rId261869674b0d8b879" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3956/2016-92.4.189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7076,51 +7076,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> USDA Compendium of Fruit Fly Host Information (CoFFHI).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   Edition 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4175694c9ca9cc56c" w:history="1">
+      <w:hyperlink r:id="rId886869674b0d8b901" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40–58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1221694c9ca9cc5fc" w:history="1">
+      <w:hyperlink r:id="rId267569674b0d8b997" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.entsocbc.ca/index.php/journal/article/view/2469</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7254,73 +7254,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3240694c9ca9cc6b0" w:history="1">
+      <w:hyperlink r:id="rId227469674b0d8ba5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7471,90 +7471,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1983) Data sheets on quarantine organisms No. 41, Trypetidae (non-European). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8836694c9ca9cc7e4" w:history="1">
+      <w:hyperlink r:id="rId933069674b0d8bb99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71835115" name="name8727694c9ca9cc850" descr="eu_funding_250.png"/>
+            <wp:docPr id="54012104" name="name213269674b0d8bc0f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6430694c9ca9cc84f" cstate="print"/>
+                    <a:blip r:embed="rId229269674b0d8bc0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7652,137 +7652,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17995607">
+  <w:abstractNum w:abstractNumId="91419428">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72088747">
+    <w:lvl w:ilvl="0" w:tplc="97531939">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72088747" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97531939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17995606">
+  <w:abstractNum w:abstractNumId="91419427">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83134656">
+    <w:lvl w:ilvl="0" w:tplc="64465777">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8534,55 +8534,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17995606">
-    <w:abstractNumId w:val="17995606"/>
+  <w:num w:numId="91419427">
+    <w:abstractNumId w:val="91419427"/>
   </w:num>
-  <w:num w:numId="17995607">
-    <w:abstractNumId w:val="17995607"/>
+  <w:num w:numId="91419428">
+    <w:abstractNumId w:val="91419428"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20132,51 +20132,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId432208671" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825189523" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2381694c9ca9c93d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId8644694c9ca9c9441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId9445694c9ca9c9631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId1694694c9ca9cb3e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId7740694c9ca9cb708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId3337694c9ca9cb817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId9415694c9ca9cbe42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId9537694c9ca9cbeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId2669694c9ca9cbfc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId4267694c9ca9cbff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId4712694c9ca9cc075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId2103694c9ca9cc37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId2810694c9ca9cc4e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId4175694c9ca9cc56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId1221694c9ca9cc5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId3240694c9ca9cc6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8836694c9ca9cc7e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6518694c9ca9c950f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6518694c9ca9c950f.jpg"/><Relationship Id="rId3661694c9ca9ca305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3661694c9ca9ca305.jpg"/><Relationship Id="rId6430694c9ca9cc84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6430694c9ca9cc84f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId388726724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId826525893" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId922869674b0d87d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId687069674b0d87db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId956769674b0d8800e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId927269674b0d8a70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId399469674b0d8aa11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId928169674b0d8ab3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId360169674b0d8b1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId828469674b0d8b1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId429969674b0d8b2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId709069674b0d8b30f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId852569674b0d8b419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId743169674b0d8b701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId261869674b0d8b879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId886869674b0d8b901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId267569674b0d8b997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId227469674b0d8ba5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933069674b0d8bb99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId740769674b0d87eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740769674b0d87eb2.jpg"/><Relationship Id="rId264669674b0d8957c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId264669674b0d8957c.jpg"/><Relationship Id="rId229269674b0d8bc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId229269674b0d8bc0e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>