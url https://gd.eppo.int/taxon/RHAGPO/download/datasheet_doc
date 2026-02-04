--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Walsh)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple fruit fly, apple maggot, apple maggot fly, railroad worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId922869674b0d87d44" w:history="1">
+            <w:hyperlink r:id="rId68276982f4a1324ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId687069674b0d87db2" w:history="1">
+            <w:hyperlink r:id="rId95476982f4a13255a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99349975" name="name776369674b0d87eb4" descr="1468.jpg"/>
+                  <wp:docPr id="33722070" name="name65496982f4a132a80" descr="1468.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1468.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId740769674b0d87eb2" cstate="print"/>
+                          <a:blip r:embed="rId84456982f4a132a7f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId956769674b0d8800e" w:history="1">
+            <w:hyperlink r:id="rId63536982f4a132b7c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2030,63 +2030,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Eastern North America and Mexico and is present in most of North America, from Mexico to Southern provinces of Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71719056" name="name948869674b0d8957f" descr="RHAGPO_distribution_map.jpg"/>
+            <wp:docPr id="29309233" name="name32576982f4a134711" descr="RHAGPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId264669674b0d8957c" cstate="print"/>
+                    <a:blip r:embed="rId49586982f4a13470c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4377,51 +4377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apple maggot) - fact sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927269674b0d8a70d" w:history="1">
+      <w:hyperlink r:id="rId24256982f4a135841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4857,51 +4857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020), Schenk M, Dijkstra E, Delbianco A, Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1908. 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399469674b0d8aa11" w:history="1">
+      <w:hyperlink r:id="rId22576982f4a135b56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1908</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5021,51 +5021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 651–659. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928169674b0d8ab3f" w:history="1">
+      <w:hyperlink r:id="rId98126982f4a135c6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH04141-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,81 +6021,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2599-2608.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019). Phenology model database. Apple maggot. University of California Agriculture &amp; Natural Resources – Statewide Integrated Pest Management Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360169674b0d8b1a2" w:history="1">
+      <w:hyperlink r:id="rId32786982f4a1362b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Treatment manual. USDA/APHIS, Frederick, USA. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828469674b0d8b1d6" w:history="1">
+      <w:hyperlink r:id="rId79636982f4a1362eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6208,81 +6208,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2019) Apple industry guide to the apple maggot quarantine. 6 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429969674b0d8b2db" w:history="1">
+      <w:hyperlink r:id="rId55896982f4a136407" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2020) Apple maggot. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709069674b0d8b30f" w:history="1">
+      <w:hyperlink r:id="rId52006982f4a13643c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6306,51 +6306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. by Robinson AS, Hooper G), pp. 303-313. Elsevier, Amsterdam, Netherlands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wise J (2019) Insecticide options for apple maggot control. Michigan State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852569674b0d8b419" w:history="1">
+      <w:hyperlink r:id="rId92896982f4a1364bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6768,51 +6768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 124. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743169674b0d8b701" w:history="1">
+      <w:hyperlink r:id="rId69126982f4a13679b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1673/031.012.12401</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 189-199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261869674b0d8b879" w:history="1">
+      <w:hyperlink r:id="rId54806982f4a13690e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3956/2016-92.4.189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7076,51 +7076,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> USDA Compendium of Fruit Fly Host Information (CoFFHI).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   Edition 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886869674b0d8b901" w:history="1">
+      <w:hyperlink r:id="rId93486982f4a136995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40–58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267569674b0d8b997" w:history="1">
+      <w:hyperlink r:id="rId76986982f4a136a26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.entsocbc.ca/index.php/journal/article/view/2469</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227469674b0d8ba5d" w:history="1">
+      <w:hyperlink r:id="rId97226982f4a136aee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7471,90 +7471,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1983) Data sheets on quarantine organisms No. 41, Trypetidae (non-European). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933069674b0d8bb99" w:history="1">
+      <w:hyperlink r:id="rId49996982f4a136c2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54012104" name="name213269674b0d8bc0f" descr="eu_funding_250.png"/>
+            <wp:docPr id="17487981" name="name56306982f4a136f0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId229269674b0d8bc0e" cstate="print"/>
+                    <a:blip r:embed="rId45946982f4a136f0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7652,137 +7652,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91419428">
+  <w:abstractNum w:abstractNumId="99998849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97531939">
+    <w:lvl w:ilvl="0" w:tplc="98983964">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97531939" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98983964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91419427">
+  <w:abstractNum w:abstractNumId="99998848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64465777">
+    <w:lvl w:ilvl="0" w:tplc="99522726">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8534,55 +8534,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91419427">
-    <w:abstractNumId w:val="91419427"/>
+  <w:num w:numId="99998848">
+    <w:abstractNumId w:val="99998848"/>
   </w:num>
-  <w:num w:numId="91419428">
-    <w:abstractNumId w:val="91419428"/>
+  <w:num w:numId="99998849">
+    <w:abstractNumId w:val="99998849"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20132,51 +20132,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId388726724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId826525893" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId922869674b0d87d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId687069674b0d87db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId956769674b0d8800e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId927269674b0d8a70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId399469674b0d8aa11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId928169674b0d8ab3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId360169674b0d8b1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId828469674b0d8b1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId429969674b0d8b2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId709069674b0d8b30f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId852569674b0d8b419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId743169674b0d8b701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId261869674b0d8b879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId886869674b0d8b901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId267569674b0d8b997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId227469674b0d8ba5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933069674b0d8bb99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId740769674b0d87eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740769674b0d87eb2.jpg"/><Relationship Id="rId264669674b0d8957c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId264669674b0d8957c.jpg"/><Relationship Id="rId229269674b0d8bc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId229269674b0d8bc0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId623541396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId912128807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68276982f4a1324ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId95476982f4a13255a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId63536982f4a132b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId24256982f4a135841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId22576982f4a135b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId98126982f4a135c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId32786982f4a1362b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId79636982f4a1362eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId55896982f4a136407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId52006982f4a13643c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId92896982f4a1364bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId69126982f4a13679b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId54806982f4a13690e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId93486982f4a136995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId76986982f4a136a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId97226982f4a136aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49996982f4a136c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId84456982f4a132a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84456982f4a132a7f.jpg"/><Relationship Id="rId49586982f4a13470c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49586982f4a13470c.jpg"/><Relationship Id="rId45946982f4a136f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45946982f4a136f0b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>