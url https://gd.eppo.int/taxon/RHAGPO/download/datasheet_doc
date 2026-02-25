--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Walsh)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple fruit fly, apple maggot, apple maggot fly, railroad worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68276982f4a1324ed" w:history="1">
+            <w:hyperlink r:id="rId3641699e5f0442c19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95476982f4a13255a" w:history="1">
+            <w:hyperlink r:id="rId9258699e5f0442c82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33722070" name="name65496982f4a132a80" descr="1468.jpg"/>
+                  <wp:docPr id="56437999" name="name8358699e5f044322d" descr="1468.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1468.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId84456982f4a132a7f" cstate="print"/>
+                          <a:blip r:embed="rId4756699e5f044322b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId63536982f4a132b7c" w:history="1">
+            <w:hyperlink r:id="rId4321699e5f0443355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2030,63 +2030,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Eastern North America and Mexico and is present in most of North America, from Mexico to Southern provinces of Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29309233" name="name32576982f4a134711" descr="RHAGPO_distribution_map.jpg"/>
+            <wp:docPr id="95463420" name="name1938699e5f0444afb" descr="RHAGPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49586982f4a13470c" cstate="print"/>
+                    <a:blip r:embed="rId3947699e5f0444af7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4377,51 +4377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apple maggot) - fact sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24256982f4a135841" w:history="1">
+      <w:hyperlink r:id="rId3346699e5f0445beb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4857,51 +4857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020), Schenk M, Dijkstra E, Delbianco A, Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1908. 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22576982f4a135b56" w:history="1">
+      <w:hyperlink r:id="rId4094699e5f0445f33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1908</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5021,51 +5021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 651–659. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98126982f4a135c6a" w:history="1">
+      <w:hyperlink r:id="rId6386699e5f0446042" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH04141-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,81 +6021,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2599-2608.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019). Phenology model database. Apple maggot. University of California Agriculture &amp; Natural Resources – Statewide Integrated Pest Management Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32786982f4a1362b8" w:history="1">
+      <w:hyperlink r:id="rId6466699e5f0446707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Treatment manual. USDA/APHIS, Frederick, USA. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79636982f4a1362eb" w:history="1">
+      <w:hyperlink r:id="rId1344699e5f044673a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6208,81 +6208,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2019) Apple industry guide to the apple maggot quarantine. 6 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55896982f4a136407" w:history="1">
+      <w:hyperlink r:id="rId9473699e5f044683b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2020) Apple maggot. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52006982f4a13643c" w:history="1">
+      <w:hyperlink r:id="rId5639699e5f044686e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6306,51 +6306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. by Robinson AS, Hooper G), pp. 303-313. Elsevier, Amsterdam, Netherlands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wise J (2019) Insecticide options for apple maggot control. Michigan State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92896982f4a1364bd" w:history="1">
+      <w:hyperlink r:id="rId8855699e5f04468ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6768,51 +6768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 124. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69126982f4a13679b" w:history="1">
+      <w:hyperlink r:id="rId5422699e5f0446be5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1673/031.012.12401</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 189-199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54806982f4a13690e" w:history="1">
+      <w:hyperlink r:id="rId7096699e5f0446d4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3956/2016-92.4.189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7076,51 +7076,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> USDA Compendium of Fruit Fly Host Information (CoFFHI).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   Edition 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93486982f4a136995" w:history="1">
+      <w:hyperlink r:id="rId8731699e5f0446dd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40–58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76986982f4a136a26" w:history="1">
+      <w:hyperlink r:id="rId6080699e5f0446e63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.entsocbc.ca/index.php/journal/article/view/2469</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97226982f4a136aee" w:history="1">
+      <w:hyperlink r:id="rId1062699e5f0446f1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7471,90 +7471,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1983) Data sheets on quarantine organisms No. 41, Trypetidae (non-European). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49996982f4a136c2b" w:history="1">
+      <w:hyperlink r:id="rId4905699e5f044704d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17487981" name="name56306982f4a136f0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="57760267" name="name1213699e5f04470f0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45946982f4a136f0b" cstate="print"/>
+                    <a:blip r:embed="rId1653699e5f04470ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7652,137 +7652,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99998849">
+  <w:abstractNum w:abstractNumId="62298342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98983964">
+    <w:lvl w:ilvl="0" w:tplc="31071741">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98983964" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31071741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99998848">
+  <w:abstractNum w:abstractNumId="62298341">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99522726">
+    <w:lvl w:ilvl="0" w:tplc="17877794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8534,55 +8534,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99998848">
-    <w:abstractNumId w:val="99998848"/>
+  <w:num w:numId="62298341">
+    <w:abstractNumId w:val="62298341"/>
   </w:num>
-  <w:num w:numId="99998849">
-    <w:abstractNumId w:val="99998849"/>
+  <w:num w:numId="62298342">
+    <w:abstractNumId w:val="62298342"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20132,51 +20132,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId623541396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId912128807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68276982f4a1324ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId95476982f4a13255a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId63536982f4a132b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId24256982f4a135841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId22576982f4a135b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId98126982f4a135c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId32786982f4a1362b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId79636982f4a1362eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId55896982f4a136407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId52006982f4a13643c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId92896982f4a1364bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId69126982f4a13679b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId54806982f4a13690e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId93486982f4a136995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId76986982f4a136a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId97226982f4a136aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49996982f4a136c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId84456982f4a132a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84456982f4a132a7f.jpg"/><Relationship Id="rId49586982f4a13470c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49586982f4a13470c.jpg"/><Relationship Id="rId45946982f4a136f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45946982f4a136f0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId294881487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204375950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3641699e5f0442c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId9258699e5f0442c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId4321699e5f0443355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId3346699e5f0445beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId4094699e5f0445f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId6386699e5f0446042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId6466699e5f0446707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId1344699e5f044673a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId9473699e5f044683b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId5639699e5f044686e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId8855699e5f04468ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId5422699e5f0446be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId7096699e5f0446d4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId8731699e5f0446dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6080699e5f0446e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId1062699e5f0446f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4905699e5f044704d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId4756699e5f044322b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4756699e5f044322b.jpg"/><Relationship Id="rId3947699e5f0444af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3947699e5f0444af7.jpg"/><Relationship Id="rId1653699e5f04470ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1653699e5f04470ee.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>