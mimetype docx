--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Walsh)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple fruit fly, apple maggot, apple maggot fly, railroad worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3641699e5f0442c19" w:history="1">
+            <w:hyperlink r:id="rId188269b8d7f6a918e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9258699e5f0442c82" w:history="1">
+            <w:hyperlink r:id="rId507169b8d7f6a91fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56437999" name="name8358699e5f044322d" descr="1468.jpg"/>
+                  <wp:docPr id="49566385" name="name311769b8d7f6a99d6" descr="1468.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1468.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4756699e5f044322b" cstate="print"/>
+                          <a:blip r:embed="rId879269b8d7f6a99d4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4321699e5f0443355" w:history="1">
+            <w:hyperlink r:id="rId223369b8d7f6a9b1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2030,63 +2030,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to Eastern North America and Mexico and is present in most of North America, from Mexico to Southern provinces of Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95463420" name="name1938699e5f0444afb" descr="RHAGPO_distribution_map.jpg"/>
+            <wp:docPr id="12748110" name="name512669b8d7f6ab475" descr="RHAGPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3947699e5f0444af7" cstate="print"/>
+                    <a:blip r:embed="rId298769b8d7f6ab471" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4377,51 +4377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apple maggot) - fact sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3346699e5f0445beb" w:history="1">
+      <w:hyperlink r:id="rId893069b8d7f6ac5d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4857,51 +4857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020), Schenk M, Dijkstra E, Delbianco A, Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1908. 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4094699e5f0445f33" w:history="1">
+      <w:hyperlink r:id="rId700269b8d7f6ac8fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1908</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5021,51 +5021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 651–659. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6386699e5f0446042" w:history="1">
+      <w:hyperlink r:id="rId100169b8d7f6aca24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH04141-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,81 +6021,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2599-2608.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019). Phenology model database. Apple maggot. University of California Agriculture &amp; Natural Resources – Statewide Integrated Pest Management Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6466699e5f0446707" w:history="1">
+      <w:hyperlink r:id="rId962369b8d7f6ad090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Treatment manual. USDA/APHIS, Frederick, USA. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1344699e5f044673a" w:history="1">
+      <w:hyperlink r:id="rId575869b8d7f6ad0c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6208,81 +6208,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2019) Apple industry guide to the apple maggot quarantine. 6 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9473699e5f044683b" w:history="1">
+      <w:hyperlink r:id="rId907469b8d7f6ad1e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington State Department of Agriculture (2020) Apple maggot. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5639699e5f044686e" w:history="1">
+      <w:hyperlink r:id="rId123369b8d7f6ad216" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6306,51 +6306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. by Robinson AS, Hooper G), pp. 303-313. Elsevier, Amsterdam, Netherlands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wise J (2019) Insecticide options for apple maggot control. Michigan State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8855699e5f04468ee" w:history="1">
+      <w:hyperlink r:id="rId433269b8d7f6ad297" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6768,51 +6768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 124. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5422699e5f0446be5" w:history="1">
+      <w:hyperlink r:id="rId147469b8d7f6ad57c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1673/031.012.12401</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 189-199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7096699e5f0446d4e" w:history="1">
+      <w:hyperlink r:id="rId891769b8d7f6ad6fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3956/2016-92.4.189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7076,51 +7076,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> USDA Compendium of Fruit Fly Host Information (CoFFHI).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   Edition 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8731699e5f0446dd2" w:history="1">
+      <w:hyperlink r:id="rId394469b8d7f6ad783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40–58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6080699e5f0446e63" w:history="1">
+      <w:hyperlink r:id="rId134369b8d7f6ad815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.entsocbc.ca/index.php/journal/article/view/2469</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis pomonella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1062699e5f0446f1a" w:history="1">
+      <w:hyperlink r:id="rId370069b8d7f6ad8ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7471,90 +7471,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1983) Data sheets on quarantine organisms No. 41, Trypetidae (non-European). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4905699e5f044704d" w:history="1">
+      <w:hyperlink r:id="rId484469b8d7f6ada16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57760267" name="name1213699e5f04470f0" descr="eu_funding_250.png"/>
+            <wp:docPr id="50474673" name="name248469b8d7f6adab4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1653699e5f04470ee" cstate="print"/>
+                    <a:blip r:embed="rId827969b8d7f6adab3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7652,137 +7652,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62298342">
+  <w:abstractNum w:abstractNumId="92942252">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31071741">
+    <w:lvl w:ilvl="0" w:tplc="50659572">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31071741" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50659572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62298341">
+  <w:abstractNum w:abstractNumId="92942251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17877794">
+    <w:lvl w:ilvl="0" w:tplc="31791240">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8534,55 +8534,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62298341">
-    <w:abstractNumId w:val="62298341"/>
+  <w:num w:numId="92942251">
+    <w:abstractNumId w:val="92942251"/>
   </w:num>
-  <w:num w:numId="62298342">
-    <w:abstractNumId w:val="62298342"/>
+  <w:num w:numId="92942252">
+    <w:abstractNumId w:val="92942252"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20132,51 +20132,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId294881487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204375950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3641699e5f0442c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId9258699e5f0442c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId4321699e5f0443355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId3346699e5f0445beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId4094699e5f0445f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId6386699e5f0446042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId6466699e5f0446707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId1344699e5f044673a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId9473699e5f044683b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId5639699e5f044686e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId8855699e5f04468ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId5422699e5f0446be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId7096699e5f0446d4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId8731699e5f0446dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6080699e5f0446e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId1062699e5f0446f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4905699e5f044704d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId4756699e5f044322b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4756699e5f044322b.jpg"/><Relationship Id="rId3947699e5f0444af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3947699e5f0444af7.jpg"/><Relationship Id="rId1653699e5f04470ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1653699e5f04470ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId492715333" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId926670358" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId188269b8d7f6a918e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/" TargetMode="External"/><Relationship Id="rId507169b8d7f6a91fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/categorization" TargetMode="External"/><Relationship Id="rId223369b8d7f6a9b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGPO/photos" TargetMode="External"/><Relationship Id="rId893069b8d7f6ac5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/apple-maggot/fact-sheet/eng/1330366145611/1330366375524" TargetMode="External"/><Relationship Id="rId700269b8d7f6ac8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1908" TargetMode="External"/><Relationship Id="rId100169b8d7f6aca24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH04141-18" TargetMode="External"/><Relationship Id="rId962369b8d7f6ad090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PHENOLOGY/ma-apple_maggot.html" TargetMode="External"/><Relationship Id="rId575869b8d7f6ad0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId907469b8d7f6ad1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/getmedia/3ced49d4-768a-4eab-88f6-faa947566967/final-appleindustryguideapplemaggotquarantine" TargetMode="External"/><Relationship Id="rId123369b8d7f6ad216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agr.wa.gov/departments/insects-pests-and-weeds/insects/apple-maggot" TargetMode="External"/><Relationship Id="rId433269b8d7f6ad297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/managing-apple-maggots-with-insecticides" TargetMode="External"/><Relationship Id="rId147469b8d7f6ad57c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1673/031.012.12401" TargetMode="External"/><Relationship Id="rId891769b8d7f6ad6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3956/2016-92.4.189" TargetMode="External"/><Relationship Id="rId394469b8d7f6ad783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId134369b8d7f6ad815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.entsocbc.ca/index.php/journal/article/view/2469" TargetMode="External"/><Relationship Id="rId370069b8d7f6ad8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484469b8d7f6ada16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId879269b8d7f6a99d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879269b8d7f6a99d4.jpg"/><Relationship Id="rId298769b8d7f6ab471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId298769b8d7f6ab471.jpg"/><Relationship Id="rId827969b8d7f6adab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId827969b8d7f6adab3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>