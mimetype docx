--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Curran</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId711768e642002227b" w:history="1">
+            <w:hyperlink r:id="rId65626901a8f9e4ee3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId539468e64200222f6" w:history="1">
+            <w:hyperlink r:id="rId86666901a8f9e4f4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72220953" name="name158268e64200228ae" descr="13298.jpg"/>
+                  <wp:docPr id="79558599" name="name78986901a8f9e5741" descr="13298.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13298.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId558768e64200228ac" cstate="print"/>
+                          <a:blip r:embed="rId70686901a8f9e5740" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId874468e64200229bb" w:history="1">
+            <w:hyperlink r:id="rId38886901a8f9e589d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1797,63 +1797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71357333" name="name226368e6420023e61" descr="RHAGIN_distribution_map.jpg"/>
+            <wp:docPr id="65088911" name="name55766901a8f9e73f0" descr="RHAGIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId567268e6420023e5e" cstate="print"/>
+                    <a:blip r:embed="rId56726901a8f9e73ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3854, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436068e6420025390" w:history="1">
+      <w:hyperlink r:id="rId69146901a8f9e88b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,90 +5125,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith TJ (2005) Western cherry fruit fly (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Curran}) and its management in the Pacific Northwest United States of America. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835668e64200256e0" w:history="1">
+      <w:hyperlink r:id="rId38796901a8f9e8bf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) Treatment Schedules T101-s-1 Cherry. Treatment Manual. USDA/APHIS, Frederick, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144668e6420025722" w:history="1">
+      <w:hyperlink r:id="rId90756901a8f9e8c38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7161,51 +7161,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curran (Diptera: Tephritidae), Version 1.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CoFFHI), Edition 3.1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610268e64200263dd" w:history="1">
+      <w:hyperlink r:id="rId86816901a8f9e98d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546868e6420026786" w:history="1">
+      <w:hyperlink r:id="rId44356901a8f9e9c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7963,90 +7963,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439568e64200268e5" w:history="1">
+      <w:hyperlink r:id="rId72246901a8f9e9e0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61728496" name="name989168e6420026af8" descr="eu_funding_250.png"/>
+            <wp:docPr id="29370950" name="name27686901a8f9ea23a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId195268e6420026af7" cstate="print"/>
+                    <a:blip r:embed="rId31206901a8f9ea238" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8144,137 +8144,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86990061">
+  <w:abstractNum w:abstractNumId="53884815">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77727722">
+    <w:lvl w:ilvl="0" w:tplc="22660558">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77727722" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22660558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86990060">
+  <w:abstractNum w:abstractNumId="53884814">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93446151">
+    <w:lvl w:ilvl="0" w:tplc="98495730">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9026,55 +9026,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86990060">
-    <w:abstractNumId w:val="86990060"/>
+  <w:num w:numId="53884814">
+    <w:abstractNumId w:val="53884814"/>
   </w:num>
-  <w:num w:numId="86990061">
-    <w:abstractNumId w:val="86990061"/>
+  <w:num w:numId="53884815">
+    <w:abstractNumId w:val="53884815"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20624,51 +20624,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId451761898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248370017" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId711768e642002227b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId539468e64200222f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId874468e64200229bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId436068e6420025390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId835668e64200256e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId144668e6420025722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId610268e64200263dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId546868e6420026786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId439568e64200268e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId558768e64200228ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId558768e64200228ac.jpg"/><Relationship Id="rId567268e6420023e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId567268e6420023e5e.jpg"/><Relationship Id="rId195268e6420026af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId195268e6420026af7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId731626139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423016554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65626901a8f9e4ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId86666901a8f9e4f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId38886901a8f9e589d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId69146901a8f9e88b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId38796901a8f9e8bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId90756901a8f9e8c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId86816901a8f9e98d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId44356901a8f9e9c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72246901a8f9e9e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId70686901a8f9e5740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70686901a8f9e5740.jpg"/><Relationship Id="rId56726901a8f9e73ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56726901a8f9e73ec.jpg"/><Relationship Id="rId31206901a8f9ea238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31206901a8f9ea238.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>