--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Curran</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65626901a8f9e4ee3" w:history="1">
+            <w:hyperlink r:id="rId3731691c7ed2cac80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86666901a8f9e4f4f" w:history="1">
+            <w:hyperlink r:id="rId5626691c7ed2cacf5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79558599" name="name78986901a8f9e5741" descr="13298.jpg"/>
+                  <wp:docPr id="64365245" name="name8874691c7ed2cb55a" descr="13298.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13298.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId70686901a8f9e5740" cstate="print"/>
+                          <a:blip r:embed="rId9205691c7ed2cb558" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId38886901a8f9e589d" w:history="1">
+            <w:hyperlink r:id="rId4394691c7ed2cb695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1797,63 +1797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65088911" name="name55766901a8f9e73f0" descr="RHAGIN_distribution_map.jpg"/>
+            <wp:docPr id="25695458" name="name5958691c7ed2cce74" descr="RHAGIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56726901a8f9e73ec" cstate="print"/>
+                    <a:blip r:embed="rId7715691c7ed2cce70" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3854, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69146901a8f9e88b7" w:history="1">
+      <w:hyperlink r:id="rId5538691c7ed2ce267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,90 +5125,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith TJ (2005) Western cherry fruit fly (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Curran}) and its management in the Pacific Northwest United States of America. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38796901a8f9e8bf6" w:history="1">
+      <w:hyperlink r:id="rId8203691c7ed2ce59b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) Treatment Schedules T101-s-1 Cherry. Treatment Manual. USDA/APHIS, Frederick, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90756901a8f9e8c38" w:history="1">
+      <w:hyperlink r:id="rId8923691c7ed2ce5dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7161,51 +7161,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curran (Diptera: Tephritidae), Version 1.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CoFFHI), Edition 3.1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86816901a8f9e98d2" w:history="1">
+      <w:hyperlink r:id="rId8984691c7ed2cf245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44356901a8f9e9c7b" w:history="1">
+      <w:hyperlink r:id="rId6574691c7ed2cf5eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7963,90 +7963,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72246901a8f9e9e0c" w:history="1">
+      <w:hyperlink r:id="rId9009691c7ed2cf73f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29370950" name="name27686901a8f9ea23a" descr="eu_funding_250.png"/>
+            <wp:docPr id="99767705" name="name4844691c7ed2cfb9a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31206901a8f9ea238" cstate="print"/>
+                    <a:blip r:embed="rId2976691c7ed2cfb98" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8144,137 +8144,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53884815">
+  <w:abstractNum w:abstractNumId="75126523">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22660558">
+    <w:lvl w:ilvl="0" w:tplc="52316192">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22660558" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52316192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53884814">
+  <w:abstractNum w:abstractNumId="75126522">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98495730">
+    <w:lvl w:ilvl="0" w:tplc="74350691">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9026,55 +9026,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53884814">
-    <w:abstractNumId w:val="53884814"/>
+  <w:num w:numId="75126522">
+    <w:abstractNumId w:val="75126522"/>
   </w:num>
-  <w:num w:numId="53884815">
-    <w:abstractNumId w:val="53884815"/>
+  <w:num w:numId="75126523">
+    <w:abstractNumId w:val="75126523"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20624,51 +20624,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId731626139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423016554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65626901a8f9e4ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId86666901a8f9e4f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId38886901a8f9e589d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId69146901a8f9e88b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId38796901a8f9e8bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId90756901a8f9e8c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId86816901a8f9e98d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId44356901a8f9e9c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72246901a8f9e9e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId70686901a8f9e5740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70686901a8f9e5740.jpg"/><Relationship Id="rId56726901a8f9e73ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56726901a8f9e73ec.jpg"/><Relationship Id="rId31206901a8f9ea238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31206901a8f9ea238.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402549403" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345160051" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3731691c7ed2cac80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId5626691c7ed2cacf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId4394691c7ed2cb695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId5538691c7ed2ce267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId8203691c7ed2ce59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId8923691c7ed2ce5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId8984691c7ed2cf245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6574691c7ed2cf5eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9009691c7ed2cf73f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId9205691c7ed2cb558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9205691c7ed2cb558.jpg"/><Relationship Id="rId7715691c7ed2cce70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7715691c7ed2cce70.jpg"/><Relationship Id="rId2976691c7ed2cfb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2976691c7ed2cfb98.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>