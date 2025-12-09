--- v2 (2025-11-18)
+++ v3 (2025-12-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Curran</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3731691c7ed2cac80" w:history="1">
+            <w:hyperlink r:id="rId899569388ddcba38e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5626691c7ed2cacf5" w:history="1">
+            <w:hyperlink r:id="rId811269388ddcba499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64365245" name="name8874691c7ed2cb55a" descr="13298.jpg"/>
+                  <wp:docPr id="34215249" name="name627169388ddcbaf32" descr="13298.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13298.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9205691c7ed2cb558" cstate="print"/>
+                          <a:blip r:embed="rId741069388ddcbaf2e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4394691c7ed2cb695" w:history="1">
+            <w:hyperlink r:id="rId740269388ddcbb109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1797,63 +1797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25695458" name="name5958691c7ed2cce74" descr="RHAGIN_distribution_map.jpg"/>
+            <wp:docPr id="78548696" name="name930169388ddcbd0a5" descr="RHAGIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7715691c7ed2cce70" cstate="print"/>
+                    <a:blip r:embed="rId839269388ddcbd0a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3854, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5538691c7ed2ce267" w:history="1">
+      <w:hyperlink r:id="rId803469388ddcbe43c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,90 +5125,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith TJ (2005) Western cherry fruit fly (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Curran}) and its management in the Pacific Northwest United States of America. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8203691c7ed2ce59b" w:history="1">
+      <w:hyperlink r:id="rId472969388ddcbe7a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) Treatment Schedules T101-s-1 Cherry. Treatment Manual. USDA/APHIS, Frederick, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8923691c7ed2ce5dc" w:history="1">
+      <w:hyperlink r:id="rId584469388ddcbe7e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7161,51 +7161,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curran (Diptera: Tephritidae), Version 1.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CoFFHI), Edition 3.1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8984691c7ed2cf245" w:history="1">
+      <w:hyperlink r:id="rId112269388ddcbf476" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6574691c7ed2cf5eb" w:history="1">
+      <w:hyperlink r:id="rId795769388ddcbf84f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7963,90 +7963,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9009691c7ed2cf73f" w:history="1">
+      <w:hyperlink r:id="rId548569388ddcbf9b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99767705" name="name4844691c7ed2cfb9a" descr="eu_funding_250.png"/>
+            <wp:docPr id="63043681" name="name114469388ddcbfca9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2976691c7ed2cfb98" cstate="print"/>
+                    <a:blip r:embed="rId202969388ddcbfca8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8144,137 +8144,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75126523">
+  <w:abstractNum w:abstractNumId="38971812">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52316192">
+    <w:lvl w:ilvl="0" w:tplc="78237602">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52316192" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78237602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75126522">
+  <w:abstractNum w:abstractNumId="38971811">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74350691">
+    <w:lvl w:ilvl="0" w:tplc="51857412">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9026,55 +9026,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75126522">
-    <w:abstractNumId w:val="75126522"/>
+  <w:num w:numId="38971811">
+    <w:abstractNumId w:val="38971811"/>
   </w:num>
-  <w:num w:numId="75126523">
-    <w:abstractNumId w:val="75126523"/>
+  <w:num w:numId="38971812">
+    <w:abstractNumId w:val="38971812"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20624,51 +20624,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402549403" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345160051" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3731691c7ed2cac80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId5626691c7ed2cacf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId4394691c7ed2cb695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId5538691c7ed2ce267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId8203691c7ed2ce59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId8923691c7ed2ce5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId8984691c7ed2cf245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6574691c7ed2cf5eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9009691c7ed2cf73f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId9205691c7ed2cb558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9205691c7ed2cb558.jpg"/><Relationship Id="rId7715691c7ed2cce70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7715691c7ed2cce70.jpg"/><Relationship Id="rId2976691c7ed2cfb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2976691c7ed2cfb98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId142675206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500203026" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId899569388ddcba38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId811269388ddcba499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId740269388ddcbb109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId803469388ddcbe43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId472969388ddcbe7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId584469388ddcbe7e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId112269388ddcbf476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId795769388ddcbf84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId548569388ddcbf9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId741069388ddcbaf2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741069388ddcbaf2e.jpg"/><Relationship Id="rId839269388ddcbd0a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839269388ddcbd0a2.jpg"/><Relationship Id="rId202969388ddcbfca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202969388ddcbfca8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>