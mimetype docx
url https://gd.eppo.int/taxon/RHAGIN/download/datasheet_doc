--- v3 (2025-12-09)
+++ v4 (2025-12-30)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Curran</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId899569388ddcba38e" w:history="1">
+            <w:hyperlink r:id="rId3649695343c9452c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId811269388ddcba499" w:history="1">
+            <w:hyperlink r:id="rId6319695343c94532f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34215249" name="name627169388ddcbaf32" descr="13298.jpg"/>
+                  <wp:docPr id="67242783" name="name6050695343c94542a" descr="13298.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13298.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId741069388ddcbaf2e" cstate="print"/>
+                          <a:blip r:embed="rId6985695343c945428" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId740269388ddcbb109" w:history="1">
+            <w:hyperlink r:id="rId4013695343c94553b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1797,63 +1797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78548696" name="name930169388ddcbd0a5" descr="RHAGIN_distribution_map.jpg"/>
+            <wp:docPr id="477663" name="name7436695343c946f77" descr="RHAGIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId839269388ddcbd0a2" cstate="print"/>
+                    <a:blip r:embed="rId3882695343c946f74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3854, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803469388ddcbe43c" w:history="1">
+      <w:hyperlink r:id="rId3145695343c948309" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,90 +5125,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith TJ (2005) Western cherry fruit fly (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Curran}) and its management in the Pacific Northwest United States of America. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472969388ddcbe7a4" w:history="1">
+      <w:hyperlink r:id="rId5417695343c948667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) Treatment Schedules T101-s-1 Cherry. Treatment Manual. USDA/APHIS, Frederick, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584469388ddcbe7e6" w:history="1">
+      <w:hyperlink r:id="rId3783695343c9486a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7161,51 +7161,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curran (Diptera: Tephritidae), Version 1.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CoFFHI), Edition 3.1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112269388ddcbf476" w:history="1">
+      <w:hyperlink r:id="rId9623695343c949361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId795769388ddcbf84f" w:history="1">
+      <w:hyperlink r:id="rId7054695343c949743" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7963,90 +7963,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548569388ddcbf9b0" w:history="1">
+      <w:hyperlink r:id="rId6060695343c94989e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63043681" name="name114469388ddcbfca9" descr="eu_funding_250.png"/>
+            <wp:docPr id="30682036" name="name1477695343c94993d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId202969388ddcbfca8" cstate="print"/>
+                    <a:blip r:embed="rId1820695343c94993c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8144,137 +8144,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38971812">
+  <w:abstractNum w:abstractNumId="53521970">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78237602">
+    <w:lvl w:ilvl="0" w:tplc="59088194">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78237602" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59088194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38971811">
+  <w:abstractNum w:abstractNumId="53521969">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51857412">
+    <w:lvl w:ilvl="0" w:tplc="44453096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9026,55 +9026,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38971811">
-    <w:abstractNumId w:val="38971811"/>
+  <w:num w:numId="53521969">
+    <w:abstractNumId w:val="53521969"/>
   </w:num>
-  <w:num w:numId="38971812">
-    <w:abstractNumId w:val="38971812"/>
+  <w:num w:numId="53521970">
+    <w:abstractNumId w:val="53521970"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20624,51 +20624,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId142675206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500203026" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId899569388ddcba38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId811269388ddcba499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId740269388ddcbb109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId803469388ddcbe43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId472969388ddcbe7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId584469388ddcbe7e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId112269388ddcbf476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId795769388ddcbf84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId548569388ddcbf9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId741069388ddcbaf2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741069388ddcbaf2e.jpg"/><Relationship Id="rId839269388ddcbd0a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839269388ddcbd0a2.jpg"/><Relationship Id="rId202969388ddcbfca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202969388ddcbfca8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939329413" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId897626346" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3649695343c9452c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId6319695343c94532f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId4013695343c94553b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId3145695343c948309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId5417695343c948667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId3783695343c9486a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId9623695343c949361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId7054695343c949743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6060695343c94989e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6985695343c945428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6985695343c945428.jpg"/><Relationship Id="rId3882695343c946f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3882695343c946f74.jpg"/><Relationship Id="rId1820695343c94993c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1820695343c94993c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>