--- v4 (2025-12-30)
+++ v5 (2026-01-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Curran</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3649695343c9452c7" w:history="1">
+            <w:hyperlink r:id="rId8075697a3d2fde10a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6319695343c94532f" w:history="1">
+            <w:hyperlink r:id="rId3910697a3d2fde174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67242783" name="name6050695343c94542a" descr="13298.jpg"/>
+                  <wp:docPr id="7633405" name="name9010697a3d2fde754" descr="13298.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13298.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6985695343c945428" cstate="print"/>
+                          <a:blip r:embed="rId7249697a3d2fde752" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4013695343c94553b" w:history="1">
+            <w:hyperlink r:id="rId8933697a3d2fde85f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1797,63 +1797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="477663" name="name7436695343c946f77" descr="RHAGIN_distribution_map.jpg"/>
+            <wp:docPr id="3545055" name="name6169697a3d2fe0165" descr="RHAGIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3882695343c946f74" cstate="print"/>
+                    <a:blip r:embed="rId5592697a3d2fe0161" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3854, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3145695343c948309" w:history="1">
+      <w:hyperlink r:id="rId1931697a3d2fe1503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,90 +5125,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith TJ (2005) Western cherry fruit fly (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Curran}) and its management in the Pacific Northwest United States of America. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5417695343c948667" w:history="1">
+      <w:hyperlink r:id="rId3601697a3d2fe184b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) Treatment Schedules T101-s-1 Cherry. Treatment Manual. USDA/APHIS, Frederick, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3783695343c9486a8" w:history="1">
+      <w:hyperlink r:id="rId6417697a3d2fe188d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7161,51 +7161,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curran (Diptera: Tephritidae), Version 1.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CoFFHI), Edition 3.1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9623695343c949361" w:history="1">
+      <w:hyperlink r:id="rId4051697a3d2fe2510" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7726,73 +7726,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7054695343c949743" w:history="1">
+      <w:hyperlink r:id="rId2095697a3d2fe28b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7963,90 +7963,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6060695343c94989e" w:history="1">
+      <w:hyperlink r:id="rId8484697a3d2fe2a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30682036" name="name1477695343c94993d" descr="eu_funding_250.png"/>
+            <wp:docPr id="21292328" name="name1878697a3d2fe2a8d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1820695343c94993c" cstate="print"/>
+                    <a:blip r:embed="rId3399697a3d2fe2a8c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8144,137 +8144,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53521970">
+  <w:abstractNum w:abstractNumId="33165719">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59088194">
+    <w:lvl w:ilvl="0" w:tplc="22405897">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59088194" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22405897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53521969">
+  <w:abstractNum w:abstractNumId="33165718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44453096">
+    <w:lvl w:ilvl="0" w:tplc="91175650">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9026,55 +9026,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53521969">
-    <w:abstractNumId w:val="53521969"/>
+  <w:num w:numId="33165718">
+    <w:abstractNumId w:val="33165718"/>
   </w:num>
-  <w:num w:numId="53521970">
-    <w:abstractNumId w:val="53521970"/>
+  <w:num w:numId="33165719">
+    <w:abstractNumId w:val="33165719"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20624,51 +20624,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939329413" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId897626346" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3649695343c9452c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId6319695343c94532f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId4013695343c94553b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId3145695343c948309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId5417695343c948667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId3783695343c9486a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId9623695343c949361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId7054695343c949743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6060695343c94989e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6985695343c945428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6985695343c945428.jpg"/><Relationship Id="rId3882695343c946f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3882695343c946f74.jpg"/><Relationship Id="rId1820695343c94993c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1820695343c94993c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349890016" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618989399" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8075697a3d2fde10a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId3910697a3d2fde174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId8933697a3d2fde85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId1931697a3d2fe1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId3601697a3d2fe184b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId6417697a3d2fe188d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId4051697a3d2fe2510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2095697a3d2fe28b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8484697a3d2fe2a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7249697a3d2fde752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7249697a3d2fde752.jpg"/><Relationship Id="rId5592697a3d2fe0161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5592697a3d2fe0161.jpg"/><Relationship Id="rId3399697a3d2fe2a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3399697a3d2fe2a8c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>