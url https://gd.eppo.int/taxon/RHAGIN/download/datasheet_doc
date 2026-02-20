--- v5 (2026-01-28)
+++ v6 (2026-02-20)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Curran</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8075697a3d2fde10a" w:history="1">
+            <w:hyperlink r:id="rId218869984977abe52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3910697a3d2fde174" w:history="1">
+            <w:hyperlink r:id="rId611869984977abebf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7633405" name="name9010697a3d2fde754" descr="13298.jpg"/>
+                  <wp:docPr id="74250385" name="name384669984977ac48a" descr="13298.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13298.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7249697a3d2fde752" cstate="print"/>
+                          <a:blip r:embed="rId773469984977ac488" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8933697a3d2fde85f" w:history="1">
+            <w:hyperlink r:id="rId703569984977ac59a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1797,63 +1797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3545055" name="name6169697a3d2fe0165" descr="RHAGIN_distribution_map.jpg"/>
+            <wp:docPr id="78507902" name="name883469984977adc54" descr="RHAGIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5592697a3d2fe0161" cstate="print"/>
+                    <a:blip r:embed="rId154169984977adc51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3854, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1931697a3d2fe1503" w:history="1">
+      <w:hyperlink r:id="rId993569984977af15a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,90 +5125,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith TJ (2005) Western cherry fruit fly (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Curran}) and its management in the Pacific Northwest United States of America. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3601697a3d2fe184b" w:history="1">
+      <w:hyperlink r:id="rId194269984977af4b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) Treatment Schedules T101-s-1 Cherry. Treatment Manual. USDA/APHIS, Frederick, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6417697a3d2fe188d" w:history="1">
+      <w:hyperlink r:id="rId204269984977af4f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7161,51 +7161,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curran (Diptera: Tephritidae), Version 1.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CoFFHI), Edition 3.1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4051697a3d2fe2510" w:history="1">
+      <w:hyperlink r:id="rId289769984977b019a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2095697a3d2fe28b6" w:history="1">
+      <w:hyperlink r:id="rId821269984977b054b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7963,90 +7963,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8484697a3d2fe2a21" w:history="1">
+      <w:hyperlink r:id="rId918869984977b06a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21292328" name="name1878697a3d2fe2a8d" descr="eu_funding_250.png"/>
+            <wp:docPr id="86344207" name="name165669984977b0738" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3399697a3d2fe2a8c" cstate="print"/>
+                    <a:blip r:embed="rId384169984977b0737" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8144,137 +8144,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33165719">
+  <w:abstractNum w:abstractNumId="83268880">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22405897">
+    <w:lvl w:ilvl="0" w:tplc="96227354">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22405897" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96227354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33165718">
+  <w:abstractNum w:abstractNumId="83268879">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91175650">
+    <w:lvl w:ilvl="0" w:tplc="67093101">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9026,55 +9026,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33165718">
-    <w:abstractNumId w:val="33165718"/>
+  <w:num w:numId="83268879">
+    <w:abstractNumId w:val="83268879"/>
   </w:num>
-  <w:num w:numId="33165719">
-    <w:abstractNumId w:val="33165719"/>
+  <w:num w:numId="83268880">
+    <w:abstractNumId w:val="83268880"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20624,51 +20624,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349890016" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618989399" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8075697a3d2fde10a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId3910697a3d2fde174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId8933697a3d2fde85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId1931697a3d2fe1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId3601697a3d2fe184b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId6417697a3d2fe188d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId4051697a3d2fe2510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2095697a3d2fe28b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8484697a3d2fe2a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7249697a3d2fde752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7249697a3d2fde752.jpg"/><Relationship Id="rId5592697a3d2fe0161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5592697a3d2fe0161.jpg"/><Relationship Id="rId3399697a3d2fe2a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3399697a3d2fe2a8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974243249" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773937192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId218869984977abe52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId611869984977abebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId703569984977ac59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId993569984977af15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId194269984977af4b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId204269984977af4f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId289769984977b019a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId821269984977b054b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId918869984977b06a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId773469984977ac488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773469984977ac488.jpg"/><Relationship Id="rId154169984977adc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154169984977adc51.jpg"/><Relationship Id="rId384169984977b0737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId384169984977b0737.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>