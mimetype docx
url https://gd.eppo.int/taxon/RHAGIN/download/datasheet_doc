--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Curran</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218869984977abe52" w:history="1">
+            <w:hyperlink r:id="rId414869b2d047658d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId611869984977abebf" w:history="1">
+            <w:hyperlink r:id="rId542069b2d0476594b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RHAGIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74250385" name="name384669984977ac48a" descr="13298.jpg"/>
+                  <wp:docPr id="63799326" name="name367269b2d0476600c" descr="13298.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13298.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId773469984977ac488" cstate="print"/>
+                          <a:blip r:embed="rId617069b2d0476600a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId703569984977ac59a" w:history="1">
+            <w:hyperlink r:id="rId799569b2d04766146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1797,63 +1797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78507902" name="name883469984977adc54" descr="RHAGIN_distribution_map.jpg"/>
+            <wp:docPr id="57634631" name="name105769b2d047678bb" descr="RHAGIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHAGIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId154169984977adc51" cstate="print"/>
+                    <a:blip r:embed="rId865469b2d047678b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3854, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993569984977af15a" w:history="1">
+      <w:hyperlink r:id="rId189669b2d04768d04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,90 +5125,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith TJ (2005) Western cherry fruit fly (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Curran}) and its management in the Pacific Northwest United States of America. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194269984977af4b2" w:history="1">
+      <w:hyperlink r:id="rId822769b2d0476904f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) Treatment Schedules T101-s-1 Cherry. Treatment Manual. USDA/APHIS, Frederick, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204269984977af4f4" w:history="1">
+      <w:hyperlink r:id="rId988269b2d04769090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7161,51 +7161,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curran (Diptera: Tephritidae), Version 1.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CoFFHI), Edition 3.1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289769984977b019a" w:history="1">
+      <w:hyperlink r:id="rId323669b2d04769d42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhagoletis indifferens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821269984977b054b" w:history="1">
+      <w:hyperlink r:id="rId380169b2d0476a0eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7963,90 +7963,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918869984977b06a7" w:history="1">
+      <w:hyperlink r:id="rId271469b2d0476a25b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86344207" name="name165669984977b0738" descr="eu_funding_250.png"/>
+            <wp:docPr id="18562446" name="name751769b2d0476a2f3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId384169984977b0737" cstate="print"/>
+                    <a:blip r:embed="rId725869b2d0476a2f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8144,137 +8144,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83268880">
+  <w:abstractNum w:abstractNumId="33803641">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96227354">
+    <w:lvl w:ilvl="0" w:tplc="52654968">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96227354" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52654968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83268879">
+  <w:abstractNum w:abstractNumId="33803640">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67093101">
+    <w:lvl w:ilvl="0" w:tplc="39880914">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9026,55 +9026,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83268879">
-    <w:abstractNumId w:val="83268879"/>
+  <w:num w:numId="33803640">
+    <w:abstractNumId w:val="33803640"/>
   </w:num>
-  <w:num w:numId="83268880">
-    <w:abstractNumId w:val="83268880"/>
+  <w:num w:numId="33803641">
+    <w:abstractNumId w:val="33803641"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20624,51 +20624,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974243249" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773937192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId218869984977abe52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId611869984977abebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId703569984977ac59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId993569984977af15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId194269984977af4b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId204269984977af4f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId289769984977b019a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId821269984977b054b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId918869984977b06a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId773469984977ac488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773469984977ac488.jpg"/><Relationship Id="rId154169984977adc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154169984977adc51.jpg"/><Relationship Id="rId384169984977b0737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId384169984977b0737.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId438388381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId721374887" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId414869b2d047658d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/" TargetMode="External"/><Relationship Id="rId542069b2d0476594b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/categorization" TargetMode="External"/><Relationship Id="rId799569b2d04766146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHAGIN/photos" TargetMode="External"/><Relationship Id="rId189669b2d04768d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3854" TargetMode="External"/><Relationship Id="rId822769b2d0476904f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.wsu.edu/chelan-douglas/agriculture/treefruit/pestmanagement/cherryfruitfly/" TargetMode="External"/><Relationship Id="rId988269b2d04769090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId323669b2d04769d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId380169b2d0476a0eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId271469b2d0476a25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId617069b2d0476600a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617069b2d0476600a.jpg"/><Relationship Id="rId865469b2d047678b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865469b2d047678b7.jpg"/><Relationship Id="rId725869b2d0476a2f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId725869b2d0476a2f2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>