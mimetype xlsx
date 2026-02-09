--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -221,87 +221,87 @@
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Corse</t>
   </si>
   <si>
     <t>cc</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
+    <t>Present, widespread</t>
+  </si>
+  <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
-  </si>
-[...1 lines deleted...]
-    <t>Present, widespread</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
@@ -1208,179 +1208,179 @@
         <v>65</v>
       </c>
       <c r="D29" t="s">
         <v>64</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>52</v>
       </c>
       <c r="B30" t="s">
         <v>67</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>68</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>52</v>
       </c>
       <c r="B31" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>52</v>
       </c>
       <c r="B35" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>52</v>
       </c>
       <c r="B36" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>52</v>
       </c>
       <c r="B37" t="s">
         <v>82</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>83</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>52</v>
       </c>
       <c r="B38" t="s">
         <v>84</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>85</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>52</v>
       </c>
       <c r="B39" t="s">
         <v>86</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>87</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>89</v>
       </c>
       <c r="B40" t="s">
         <v>90</v>
       </c>