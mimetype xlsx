--- v0 (2025-10-09)
+++ v1 (2026-02-27)
@@ -12,93 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RHADA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>APHIGY</t>
   </si>
   <si>
     <t>Aphis glycines (as Rhamnus)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Rhamnaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
   </si>
   <si>
     <t>CNIDFL</t>
   </si>
   <si>
     <t>Monema flavescens</t>
   </si>
   <si>
     <t>* Ju RT, Wang F, Li YZ, Wu SY (2007) Niche and interspecies competition of four Limacodidae species on green belt plants in Shanghai. Chinese Journal of Ecology 26(04), 523–530
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Rhamnus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -402,61 +412,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="293.643" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -468,50 +478,64 @@
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">