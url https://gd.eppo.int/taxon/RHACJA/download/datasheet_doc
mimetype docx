--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Ito</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId771868e795039a12b" w:history="1">
+            <w:hyperlink r:id="rId98296902b900e3e6e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId744468e795039a193" w:history="1">
+            <w:hyperlink r:id="rId78196902b900e3ed5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -568,63 +568,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported only from the Far East.
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18239308" name="name738268e795039b3db" descr="RHACJA_distribution_map.jpg"/>
+            <wp:docPr id="8360518" name="name25886902b900e5377" descr="RHACJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHACJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId520568e795039b3d8" cstate="print"/>
+                    <a:blip r:embed="rId55606902b900e5372" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1540,51 +1540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119568e795039bf7b" w:history="1">
+      <w:hyperlink r:id="rId96116902b900e60ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DROSSU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1610,81 +1610,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492168e795039bff7" w:history="1">
+      <w:hyperlink r:id="rId99656902b900e614a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Europhyt/Traces. Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882468e795039c02d" w:history="1">
+      <w:hyperlink r:id="rId25376902b900e617e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2067,51 +2067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphranta japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747568e795039c2df" w:history="1">
+      <w:hyperlink r:id="rId19246902b900e648d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2282,90 +2282,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365768e795039c50f" w:history="1">
+      <w:hyperlink r:id="rId41086902b900e65ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27014432" name="name207768e795039c59a" descr="eu_funding_250.png"/>
+            <wp:docPr id="69917728" name="name45216902b900e6a5d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId555068e795039c599" cstate="print"/>
+                    <a:blip r:embed="rId94716902b900e6a5c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2463,137 +2463,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28075093">
+  <w:abstractNum w:abstractNumId="72587118">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82562188">
+    <w:lvl w:ilvl="0" w:tplc="63454948">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82562188" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63454948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28075092">
+  <w:abstractNum w:abstractNumId="72587117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87773930">
+    <w:lvl w:ilvl="0" w:tplc="85373336">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3345,55 +3345,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28075092">
-    <w:abstractNumId w:val="28075092"/>
+  <w:num w:numId="72587117">
+    <w:abstractNumId w:val="72587117"/>
   </w:num>
-  <w:num w:numId="28075093">
-    <w:abstractNumId w:val="28075093"/>
+  <w:num w:numId="72587118">
+    <w:abstractNumId w:val="72587118"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -14943,51 +14943,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId370199464" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId392362385" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId771868e795039a12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId744468e795039a193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId119568e795039bf7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId492168e795039bff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId882468e795039c02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId747568e795039c2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId365768e795039c50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId520568e795039b3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520568e795039b3d8.jpg"/><Relationship Id="rId555068e795039c599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555068e795039c599.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806345678" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216635503" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98296902b900e3e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId78196902b900e3ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId96116902b900e60ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId99656902b900e614a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId25376902b900e617e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId19246902b900e648d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId41086902b900e65ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId55606902b900e5372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55606902b900e5372.jpg"/><Relationship Id="rId94716902b900e6a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94716902b900e6a5c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>