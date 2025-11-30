--- v1 (2025-10-30)
+++ v2 (2025-11-30)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Ito</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98296902b900e3e6e" w:history="1">
+            <w:hyperlink r:id="rId7755692c97aa299a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78196902b900e3ed5" w:history="1">
+            <w:hyperlink r:id="rId5035692c97aa29a0b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -568,63 +568,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported only from the Far East.
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8360518" name="name25886902b900e5377" descr="RHACJA_distribution_map.jpg"/>
+            <wp:docPr id="90692731" name="name5146692c97aa2a817" descr="RHACJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHACJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55606902b900e5372" cstate="print"/>
+                    <a:blip r:embed="rId6000692c97aa2a814" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1540,51 +1540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96116902b900e60ce" w:history="1">
+      <w:hyperlink r:id="rId8642692c97aa2b02c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DROSSU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1610,81 +1610,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99656902b900e614a" w:history="1">
+      <w:hyperlink r:id="rId9820692c97aa2b0a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Europhyt/Traces. Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25376902b900e617e" w:history="1">
+      <w:hyperlink r:id="rId8280692c97aa2b0da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2067,51 +2067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphranta japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19246902b900e648d" w:history="1">
+      <w:hyperlink r:id="rId4130692c97aa2b394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2282,90 +2282,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41086902b900e65ee" w:history="1">
+      <w:hyperlink r:id="rId1339692c97aa2b4e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69917728" name="name45216902b900e6a5d" descr="eu_funding_250.png"/>
+            <wp:docPr id="52158192" name="name6358692c97aa2b556" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94716902b900e6a5c" cstate="print"/>
+                    <a:blip r:embed="rId1295692c97aa2b554" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2463,137 +2463,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72587118">
+  <w:abstractNum w:abstractNumId="24858380">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63454948">
+    <w:lvl w:ilvl="0" w:tplc="94572578">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63454948" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94572578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72587117">
+  <w:abstractNum w:abstractNumId="24858379">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85373336">
+    <w:lvl w:ilvl="0" w:tplc="77074389">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3345,55 +3345,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72587117">
-    <w:abstractNumId w:val="72587117"/>
+  <w:num w:numId="24858379">
+    <w:abstractNumId w:val="24858379"/>
   </w:num>
-  <w:num w:numId="72587118">
-    <w:abstractNumId w:val="72587118"/>
+  <w:num w:numId="24858380">
+    <w:abstractNumId w:val="24858380"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -14943,51 +14943,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806345678" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216635503" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98296902b900e3e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId78196902b900e3ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId96116902b900e60ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId99656902b900e614a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId25376902b900e617e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId19246902b900e648d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId41086902b900e65ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId55606902b900e5372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55606902b900e5372.jpg"/><Relationship Id="rId94716902b900e6a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94716902b900e6a5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482053322" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248322582" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7755692c97aa299a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId5035692c97aa29a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId8642692c97aa2b02c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId9820692c97aa2b0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId8280692c97aa2b0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId4130692c97aa2b394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1339692c97aa2b4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6000692c97aa2a814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6000692c97aa2a814.jpg"/><Relationship Id="rId1295692c97aa2b554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1295692c97aa2b554.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>