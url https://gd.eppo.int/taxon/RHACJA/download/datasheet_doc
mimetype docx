--- v2 (2025-11-30)
+++ v3 (2025-12-21)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Ito</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7755692c97aa299a3" w:history="1">
+            <w:hyperlink r:id="rId439469475a8547a61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5035692c97aa29a0b" w:history="1">
+            <w:hyperlink r:id="rId530769475a8547acc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -568,63 +568,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported only from the Far East.
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90692731" name="name5146692c97aa2a817" descr="RHACJA_distribution_map.jpg"/>
+            <wp:docPr id="50860203" name="name407669475a8548c76" descr="RHACJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHACJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6000692c97aa2a814" cstate="print"/>
+                    <a:blip r:embed="rId701669475a8548c72" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1540,51 +1540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8642692c97aa2b02c" w:history="1">
+      <w:hyperlink r:id="rId113669475a8549577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DROSSU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1610,81 +1610,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9820692c97aa2b0a7" w:history="1">
+      <w:hyperlink r:id="rId100769475a85495f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Europhyt/Traces. Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8280692c97aa2b0da" w:history="1">
+      <w:hyperlink r:id="rId956969475a854962f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2067,51 +2067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphranta japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4130692c97aa2b394" w:history="1">
+      <w:hyperlink r:id="rId573169475a8549913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2282,90 +2282,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1339692c97aa2b4e8" w:history="1">
+      <w:hyperlink r:id="rId564769475a8549a87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52158192" name="name6358692c97aa2b556" descr="eu_funding_250.png"/>
+            <wp:docPr id="70641793" name="name459369475a8549d32" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1295692c97aa2b554" cstate="print"/>
+                    <a:blip r:embed="rId785069475a8549d31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2463,137 +2463,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24858380">
+  <w:abstractNum w:abstractNumId="31730567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94572578">
+    <w:lvl w:ilvl="0" w:tplc="76897260">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94572578" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76897260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24858379">
+  <w:abstractNum w:abstractNumId="31730566">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77074389">
+    <w:lvl w:ilvl="0" w:tplc="37182452">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3345,55 +3345,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24858379">
-    <w:abstractNumId w:val="24858379"/>
+  <w:num w:numId="31730566">
+    <w:abstractNumId w:val="31730566"/>
   </w:num>
-  <w:num w:numId="24858380">
-    <w:abstractNumId w:val="24858380"/>
+  <w:num w:numId="31730567">
+    <w:abstractNumId w:val="31730567"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -14943,51 +14943,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482053322" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248322582" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7755692c97aa299a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId5035692c97aa29a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId8642692c97aa2b02c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId9820692c97aa2b0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId8280692c97aa2b0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId4130692c97aa2b394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1339692c97aa2b4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6000692c97aa2a814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6000692c97aa2a814.jpg"/><Relationship Id="rId1295692c97aa2b554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1295692c97aa2b554.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134014292" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId619682292" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId439469475a8547a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId530769475a8547acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId113669475a8549577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId100769475a85495f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId956969475a854962f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId573169475a8549913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId564769475a8549a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId701669475a8548c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701669475a8548c72.jpg"/><Relationship Id="rId785069475a8549d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId785069475a8549d31.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>