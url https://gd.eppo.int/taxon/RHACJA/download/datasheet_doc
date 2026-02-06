--- v3 (2025-12-21)
+++ v4 (2026-02-06)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Ito</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439469475a8547a61" w:history="1">
+            <w:hyperlink r:id="rId81836985b5ad5ef52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530769475a8547acc" w:history="1">
+            <w:hyperlink r:id="rId74106985b5ad5efb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -563,89 +563,50 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported only from the Far East.
 </w:t>
-      </w:r>
-[...37 lines deleted...]
-        </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Hokkaido, Honshu), Korea, Republic of</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1540,51 +1501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113669475a8549577" w:history="1">
+      <w:hyperlink r:id="rId40336985b5ad5fc4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DROSSU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1610,81 +1571,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100769475a85495f9" w:history="1">
+      <w:hyperlink r:id="rId54846985b5ad5fcd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Europhyt/Traces. Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId956969475a854962f" w:history="1">
+      <w:hyperlink r:id="rId28826985b5ad5fd0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2045,73 +2006,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphranta japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573169475a8549913" w:history="1">
+      <w:hyperlink r:id="rId90216985b5ad5ffbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2282,90 +2243,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564769475a8549a87" w:history="1">
+      <w:hyperlink r:id="rId41686985b5ad60121" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70641793" name="name459369475a8549d32" descr="eu_funding_250.png"/>
+            <wp:docPr id="5482492" name="name82796985b5ad60188" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId785069475a8549d31" cstate="print"/>
+                    <a:blip r:embed="rId38786985b5ad60187" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2463,137 +2424,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31730567">
+  <w:abstractNum w:abstractNumId="37064849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76897260">
+    <w:lvl w:ilvl="0" w:tplc="98435214">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76897260" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98435214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31730566">
+  <w:abstractNum w:abstractNumId="37064848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37182452">
+    <w:lvl w:ilvl="0" w:tplc="51188838">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3345,55 +3306,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31730566">
-    <w:abstractNumId w:val="31730566"/>
+  <w:num w:numId="37064848">
+    <w:abstractNumId w:val="37064848"/>
   </w:num>
-  <w:num w:numId="31730567">
-    <w:abstractNumId w:val="31730567"/>
+  <w:num w:numId="37064849">
+    <w:abstractNumId w:val="37064849"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -14943,51 +14904,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134014292" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId619682292" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId439469475a8547a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId530769475a8547acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId113669475a8549577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId100769475a85495f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId956969475a854962f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId573169475a8549913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId564769475a8549a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId701669475a8548c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701669475a8548c72.jpg"/><Relationship Id="rId785069475a8549d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId785069475a8549d31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId650037874" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214500591" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81836985b5ad5ef52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId74106985b5ad5efb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId40336985b5ad5fc4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId54846985b5ad5fcd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId28826985b5ad5fd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId90216985b5ad5ffbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId41686985b5ad60121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId38786985b5ad60187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38786985b5ad60187.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>