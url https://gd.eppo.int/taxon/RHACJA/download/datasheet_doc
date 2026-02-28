--- v4 (2026-02-06)
+++ v5 (2026-02-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Ito</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81836985b5ad5ef52" w:history="1">
+            <w:hyperlink r:id="rId269269a2a7ea070fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74106985b5ad5efb9" w:history="1">
+            <w:hyperlink r:id="rId183069a2a7ea0716b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -563,50 +563,89 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported only from the Far East.
 </w:t>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="91716513" name="name961169a2a7ea08e06" descr="RHACJA_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="RHACJA_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId327869a2a7ea08e02" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Hokkaido, Honshu), Korea, Republic of</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1501,51 +1540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40336985b5ad5fc4c" w:history="1">
+      <w:hyperlink r:id="rId563969a2a7ea09867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DROSSU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1571,81 +1610,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54846985b5ad5fcd5" w:history="1">
+      <w:hyperlink r:id="rId407869a2a7ea098e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Europhyt/Traces. Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28826985b5ad5fd0b" w:history="1">
+      <w:hyperlink r:id="rId598369a2a7ea09918" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2028,51 +2067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphranta japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90216985b5ad5ffbf" w:history="1">
+      <w:hyperlink r:id="rId615269a2a7ea09c6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2243,90 +2282,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41686985b5ad60121" w:history="1">
+      <w:hyperlink r:id="rId646669a2a7ea09df0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5482492" name="name82796985b5ad60188" descr="eu_funding_250.png"/>
+            <wp:docPr id="18586037" name="name920969a2a7ea09f93" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38786985b5ad60187" cstate="print"/>
+                    <a:blip r:embed="rId262569a2a7ea09f92" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2424,137 +2463,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37064849">
+  <w:abstractNum w:abstractNumId="22277555">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98435214">
+    <w:lvl w:ilvl="0" w:tplc="51486136">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98435214" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51486136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37064848">
+  <w:abstractNum w:abstractNumId="22277554">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51188838">
+    <w:lvl w:ilvl="0" w:tplc="93707024">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3306,55 +3345,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37064848">
-    <w:abstractNumId w:val="37064848"/>
+  <w:num w:numId="22277554">
+    <w:abstractNumId w:val="22277554"/>
   </w:num>
-  <w:num w:numId="37064849">
-    <w:abstractNumId w:val="37064849"/>
+  <w:num w:numId="22277555">
+    <w:abstractNumId w:val="22277555"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -14904,51 +14943,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId650037874" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214500591" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81836985b5ad5ef52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId74106985b5ad5efb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId40336985b5ad5fc4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId54846985b5ad5fcd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId28826985b5ad5fd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId90216985b5ad5ffbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId41686985b5ad60121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId38786985b5ad60187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38786985b5ad60187.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId953971355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493055726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId269269a2a7ea070fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId183069a2a7ea0716b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId563969a2a7ea09867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId407869a2a7ea098e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId598369a2a7ea09918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId615269a2a7ea09c6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId646669a2a7ea09df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId327869a2a7ea08e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327869a2a7ea08e02.jpg"/><Relationship Id="rId262569a2a7ea09f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId262569a2a7ea09f92.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>