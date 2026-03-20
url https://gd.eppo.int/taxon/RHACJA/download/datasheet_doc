--- v5 (2026-02-28)
+++ v6 (2026-03-20)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Ito</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese cherry fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269269a2a7ea070fd" w:history="1">
+            <w:hyperlink r:id="rId401669bda75454993" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183069a2a7ea0716b" w:history="1">
+            <w:hyperlink r:id="rId173669bda754549fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -568,63 +568,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported only from the Far East.
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91716513" name="name961169a2a7ea08e06" descr="RHACJA_distribution_map.jpg"/>
+            <wp:docPr id="38288584" name="name244769bda75454c5e" descr="RHACJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RHACJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId327869a2a7ea08e02" cstate="print"/>
+                    <a:blip r:embed="rId462269bda75454c5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1540,51 +1540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563969a2a7ea09867" w:history="1">
+      <w:hyperlink r:id="rId575569bda75455497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DROSSU/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1610,81 +1610,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407869a2a7ea098e3" w:history="1">
+      <w:hyperlink r:id="rId886069bda7545550f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Europhyt/Traces. Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598369a2a7ea09918" w:history="1">
+      <w:hyperlink r:id="rId730669bda75455543" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2067,51 +2067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphranta japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615269a2a7ea09c6b" w:history="1">
+      <w:hyperlink r:id="rId471569bda754557f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2282,90 +2282,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646669a2a7ea09df0" w:history="1">
+      <w:hyperlink r:id="rId540169bda7545594c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18586037" name="name920969a2a7ea09f93" descr="eu_funding_250.png"/>
+            <wp:docPr id="78318327" name="name140269bda754559b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId262569a2a7ea09f92" cstate="print"/>
+                    <a:blip r:embed="rId769769bda754559af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2463,137 +2463,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22277555">
+  <w:abstractNum w:abstractNumId="16701193">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51486136">
+    <w:lvl w:ilvl="0" w:tplc="72631526">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51486136" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72631526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22277554">
+  <w:abstractNum w:abstractNumId="16701192">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93707024">
+    <w:lvl w:ilvl="0" w:tplc="46912445">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3345,55 +3345,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22277554">
-    <w:abstractNumId w:val="22277554"/>
+  <w:num w:numId="16701192">
+    <w:abstractNumId w:val="16701192"/>
   </w:num>
-  <w:num w:numId="22277555">
-    <w:abstractNumId w:val="22277555"/>
+  <w:num w:numId="16701193">
+    <w:abstractNumId w:val="16701193"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -14943,51 +14943,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId953971355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493055726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId269269a2a7ea070fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId183069a2a7ea0716b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId563969a2a7ea09867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId407869a2a7ea098e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId598369a2a7ea09918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId615269a2a7ea09c6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId646669a2a7ea09df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId327869a2a7ea08e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327869a2a7ea08e02.jpg"/><Relationship Id="rId262569a2a7ea09f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId262569a2a7ea09f92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId153089770" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId995398449" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId401669bda75454993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/" TargetMode="External"/><Relationship Id="rId173669bda754549fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHACJA/categorization" TargetMode="External"/><Relationship Id="rId575569bda75455497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/datasheet" TargetMode="External"/><Relationship Id="rId886069bda7545550f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId730669bda75455543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en" TargetMode="External"/><Relationship Id="rId471569bda754557f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540169bda7545594c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId462269bda75454c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId462269bda75454c5d.jpg"/><Relationship Id="rId769769bda754559af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId769769bda754559af.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>