--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RAOIIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>1PALF</t>
   </si>
   <si>
     <t>Arecaceae</t>
   </si>
   <si>
     <t>CCNNU</t>
   </si>
   <si>
@@ -167,50 +167,53 @@
   <si>
     <t>HEBRO</t>
   </si>
   <si>
     <t>Heliconia rostrata</t>
   </si>
   <si>
     <t>LCLGR</t>
   </si>
   <si>
     <t>Licuala grandis</t>
   </si>
   <si>
     <t>LIVCH</t>
   </si>
   <si>
     <t>Livistona chinensis</t>
   </si>
   <si>
     <t>1MUBG</t>
   </si>
   <si>
     <t>Musa</t>
   </si>
   <si>
+    <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
+  </si>
+  <si>
     <t>MUBAC</t>
   </si>
   <si>
     <t>Musa acuminata</t>
   </si>
   <si>
     <t>* Carrillo D, Navia D, Ferragut F, Peña JE (2011) First report of Raoiella indica (Acari: Tenuipalpidae) in Colombia. Florida Entomologist, 94(2):370-371. https://doi.org/10.1653/024.094.0241
 ------- confirmed host</t>
   </si>
   <si>
     <t>MUBBA</t>
   </si>
   <si>
     <t>Musa balbisiana</t>
   </si>
   <si>
     <t>MUBPA</t>
   </si>
   <si>
     <t>Musa x paradisiaca</t>
   </si>
   <si>
     <t>* da Cruz WP, Souza MC, Lacerda JDA, Fonseca e Souza AIA, Silva PA, Cruz dos Santos E (2022) Occurrence of Raoiella indica Hirst (Acari, Tenuipalpidae) in the Southeast region of the state of Pará, Brazil. Journal of Plant Diseases and Protection. https://doi.org/10.1007/s41348-022-00659-8
 ------- Abundant numbers of specimens found on this plant.</t>
   </si>
@@ -297,50 +300,59 @@
     <t>Roystonea regia</t>
   </si>
   <si>
     <t>STZRE</t>
   </si>
   <si>
     <t>Strelitzia reginae</t>
   </si>
   <si>
     <t>AQSRO</t>
   </si>
   <si>
     <t>Syagrus romanzoffiana</t>
   </si>
   <si>
     <t>SYASC</t>
   </si>
   <si>
     <t>Syagrus schizophylla</t>
   </si>
   <si>
     <t>WATRO</t>
   </si>
   <si>
     <t>Washingtonia robusta</t>
+  </si>
+  <si>
+    <t>WOYBI</t>
+  </si>
+  <si>
+    <t>Wodyetia bifurcata</t>
+  </si>
+  <si>
+    <t>* Silva DL, de Oliveira Lopes Gomes MI, Paz Neto AA, Melo JW, Oliveira JE, Júnior MG, Lima DB (2025) The Hidden Influence: Host Plant Suitability as a Key Factor in Acaricide Susceptibility of Raoiella Indica. Journal of Applied Entomology.  https://doi.org/10.1111/jen.70004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -644,51 +656,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="626.276" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -898,301 +910,319 @@
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>44</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>46</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C27" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C29" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>71</v>
+      </c>
+      <c r="D29" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C34" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D34" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D39"/>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>92</v>
+      </c>
+      <c r="C40" t="s">
+        <v>93</v>
+      </c>
+      <c r="D40" t="s">
+        <v>94</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>